--- v0 (2025-11-16)
+++ v1 (2026-03-23)
@@ -54,2673 +54,2673 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOOSP - Comissão de Finanças, Orçamento, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2686/projdeclegislativo_01_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2686/projdeclegislativo_01_2024.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS ANUAL DE PREFEITO, ANO DE 2021.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2690/projdeclegislativo__02_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2690/projdeclegislativo__02_2024.pdf</t>
   </si>
   <si>
     <t>APROVA COM RESSALVA CONTAS ANUAL DE PREFEITO, ANO DE 2020.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2833/projdeclegislativo_03_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2833/projdeclegislativo_03_2024.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS ANUAL DE PREFEITO, ANO DE 2022.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Adimilson de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2850/prodeclegislativo_04_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2850/prodeclegislativo_04_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE DE 2024.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2851/projdeclegislativo__05_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2851/projdeclegislativo__05_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE IUNENSE PRESENTE DE 2024.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2852/projdeclegislativo__06_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2852/projdeclegislativo__06_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE IUNENSE AUSENTE DE 2024.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2853/projdeclegislativo__07_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2853/projdeclegislativo__07_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE COMENDA PARLAMENTAR DO RIO PARDO DE 2024.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2871/projdeclegislativo_08_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2871/projdeclegislativo_08_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA SUBTENENTE PAULO SERGIO TORQUATO LEPRE.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2714/emenda_1_2024_projleiord_04_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2714/emenda_1_2024_projleiord_04_2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 1° DO PROJETO DE LEI ORDINÁRIA 04/2024.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2786/emenda_2_2024_projleiord_17_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2786/emenda_2_2024_projleiord_17_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI ORDINÁRIA N° 17/2024 DENOMINA ESCOLA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2830/emenda_03_2024_projleicomplem_01_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2830/emenda_03_2024_projleicomplem_01_2024.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 2° DO PROJETO DE LEI COMPLEMENTAR 01/2024.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>Emerson da Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2831/emenda_04_2024_projleiord_23_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2831/emenda_04_2024_projleiord_23_2024.pdf</t>
   </si>
   <si>
     <t>MODIFICA O INCISO I, DO ARTIGO 4° DO PROJETO DE LEI ORDINÁRIA Nº 23/2024.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2841/emenda_05_2024_projleiord_30_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2841/emenda_05_2024_projleiord_30_2024.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 2° DO PROJETO DE LEI ORDINÁRIA N° 30/2024.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2854/emenda_06_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2854/emenda_06_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025".</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2855/emenda_07_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2855/emenda_07_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Concede ajuda financeira a entidades sem fins lucrativos.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2856/emenda_08_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2856/emenda_08_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Autoriza o poder executivo a abrir créditos adicionais suplementar até o limite de 10.000.000,00.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Helton Amorim Cunha</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2857/emenda_09_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2857/emenda_09_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do município de Iúna para o exercício financeiro de 2025".</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2858/emenda_10_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2858/emenda_10_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do município de Iúna para o exercício financeiro de 2025". Manutenção das atividades de saúde bucal - atendimento especializados.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2859/emenda_11_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2859/emenda_11_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Custeio com serviço de saúde de fisioterapia.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2860/emenda_12_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2860/emenda_12_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Termo de colaboração com entidade para distribuição de óculos.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2861/emenda_13_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2861/emenda_13_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Semana municipal da enfermagem.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2862/emenda_14_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2862/emenda_14_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Obras e drenagem e pavimentação.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2863/emenda_15_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2863/emenda_15_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Torneio de verão.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2864/emenda_16_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2864/emenda_16_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Conscientização sobre o autismo.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2865/emenda_17_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2865/emenda_17_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Programa de apoio a qualificação de servidores.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2866/emenda_18_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2866/emenda_18_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Manutenção das atividades do fundo municipal de saúde.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2867/emenda_19_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2867/emenda_19_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Copa SESPORT.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2868/emenda_20_2024_projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2868/emenda_20_2024_projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Calçamento em Santa Clara.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/</t>
+    <t>http://sapl.iuna.es.leg.br/media/</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto de lei nº 28/2024, que "estima a receita e fixa a despesa do Município de Iúna para o exercício financeiro de 2025". Contrução de creche e quadra na comunidade Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacaode_aplicacaoemanutencaodistritolaranjadaterra..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacaode_aplicacaoemanutencaodistritolaranjadaterra..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que possa realizar a manutenção da estrada e aplicação de saibro no Distrito laranja da Terra.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacaodeaplicacaodesaibroemterracorrida..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacaodeaplicacaodesaibroemterracorrida..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que possa realizar a aplicação de saibro na comunidade de Terra Corrida sentido São Judas, pois a prefeitura de Muniz Freire já fez a manutenção e só falta saibro.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacaodemanutencaonaruasebastiaodocarmo..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacaodemanutencaonaruasebastiaodocarmo..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, que possa realizar a manutenção na Rua Sebastião do Carmo Amorim, Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacaodesituacaodapontedofelinho..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacaodesituacaodapontedofelinho..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, que possa ver a situação que se encontra a ponte no Córrego Vargem Alegre, perto da propriedade do Felim.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao1reparacaodailuminacaoruaastrogildosilveira_-_copia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao1reparacaodailuminacaoruaastrogildosilveira_-_copia.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho a providenciar a manuntenção da iluminação no entroncamento da Rua Astrogildo Silveira com a Rua Pedro Justo, no Bairro do Quilombo.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao2reparacaodeumburacoruamilitinojosedelima.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao2reparacaodeumburacoruamilitinojosedelima.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho a providenciar a manuntenção de um buraco, localizado na rua Milintino José de Lima, no Bairro Nossa Senhora da Penha, em cima da Igreja Tabernáculo.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao3reparacaodeumburacoruaauroraamaralfigueiredo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao3reparacaodeumburacoruaauroraamaralfigueiredo.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho a providenciar a manuntenção de um buraco, localizado na Rua Aurora Amaral Figueiredo, no Bairro Guanabara, em frente ao Centro do Miguel.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao4construcaobueirorodoviacoronelleoncioemfrenteaoedgaraltopecas..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao4construcaobueirorodoviacoronelleoncioemfrenteaoedgaraltopecas..docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho a providenciar a construção de um bueiro na Rodovia Coronel Leôncio de Resende, em frente ao Edgar Auto Peças.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2644/indicacao1calcamentonaruadopitordaeni..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2644/indicacao1calcamentonaruadopitordaeni..doc</t>
   </si>
   <si>
     <t>Adimilson deSousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho, calçamento na Rua do Bar da Eni, localizado no Bairro do Pito dando sentido a Rua da Creche (perto da Unidade de Saúde José Lopes Justo).</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_do_carro_fumace_praca_vila_nova.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_do_carro_fumace_praca_vila_nova.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência que remete ao Excelentíssimo Senhor Romário Batista vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao secretário de saúde, Senhor Durval Dias Santiago da Silva Junior, em caráter de urgência reforço do carro do fumacê da praça da Vila Nova Municipal de Iúna</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2646/indicacao2carrodofumacesedeedistritos..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2646/indicacao2carrodofumacesedeedistritos..docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência que remete ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Saúde, Senhor Durval Dias Santiago da Silva Junior, em caráter de urgência reforço do carro do fumacê no Município de Iúna/ES (Sede e Distritos).</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2647/indicacao3limpezaemanuntencaodacicloviaiunaenossasenhoradasgraca..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2647/indicacao3limpezaemanuntencaodacicloviaiunaenossasenhoradasgraca..docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência que remete ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 •	Que seja determinado ao Secretário Municipal de Meio Ambiente, Limpeza Pública e Turismo, Senhor Manoel Arcangelo Rafael Gomes para providenciar juntamente com sua equipe de trabalho, a limpeza e manutenção da ciclovia Iúna e Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2648/01indicacao02crieumaleiestacionamentorotativo..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2648/01indicacao02crieumaleiestacionamentorotativo..docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Gestão e Planejamento da Municipalidade, Senhor Vinício Rodrigues Lobato Raider, juntamente com sua equipe de trabalho, para que crie uma Lei sobre Estacionamento Rotativo da Guarda Municipal artigo 84 a 1 e 2.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2649/02indicacao03limpezadebueiro..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2649/02indicacao03limpezadebueiro..docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, para que seja feito uma limpeza de bueiro onde as ruas estão ficando muito alagado.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2650/03indicacao4_carro_do_fumace_bairro_quilomboe_na_sede_do_municipio..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2650/03indicacao4_carro_do_fumace_bairro_quilomboe_na_sede_do_municipio..docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que remete ao Excelentíssimo senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Secretário de Saúde, Senhor Durval Dias Santiago da Silva Junior, em caráter de urgência reforço do carro do fumacê no Bairro Quilombo e na sede do Município.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2651/04indicacao1manuntencaoelimpezanocemiteriodepequia..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2651/04indicacao1manuntencaoelimpezanocemiteriodepequia..doc</t>
   </si>
   <si>
     <t>Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho, emprate um bebedouro ali no ICC que do sentido ao trevo de Irupi, que possa atender as pessoas que faz caminhada, e as pessoas que utiliza nossas vias.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2652/05indicacao6visitadomiliaragentedesaude.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2652/05indicacao6visitadomiliaragentedesaude.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que remete ao Excelentíssimo senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que a Secretaria de Saúde, que peça a Agente de Saúde da nossa sede, especial bairro Quilombo, que a Agente de Saúde começa a visita domiciliar, principalmente as pessoas idosas, que estão tendo dificuldade de locomover até o posto de saúde ás 3 horas da manha para marcar consulta.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2653/06indicao5dobebedoronoicc2024.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2653/06indicao5dobebedoronoicc2024.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, que emprate um bebedouro ali no ICC sentindo ao trevo de Irupi, que possa atender as pessoas que faz caminhada, e as pessoas que utiliza nossas vias.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2654/07indicacaodamanutencaopatrolamentodomorroredondo2024.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2654/07indicacaodamanutencaopatrolamentodomorroredondo2024.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço; _x000D_
 Que seja determinado ao Secretário de Interior e Transporte da Municipalidade Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o patrolamento e manutenção na estrada, do Morro Redondo, que está numa situação precária devido às fortes chuvas. Os moradores estão tendo dificuldade para se locomover principalmente os idosos, que precisa usar a estrada com emergência.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2655/08faixadepedestrenovamente.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2655/08faixadepedestrenovamente.doc</t>
   </si>
   <si>
     <t>– Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa estar realizando a faixa de pedestre novamente pois estão colocando a vida das pessoas e dos motorista em risco.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2656/09indicacao01limpezadebueiro..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2656/09indicacao01limpezadebueiro..docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, para criar um projeto para levantaras tampas dos bueiros, devido os problemas criados em carro.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2657/10indicacaocorrimaosaovicentedepaula.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2657/10indicacaocorrimaosaovicentedepaula.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho um corrimão na escadaria do murão na Rua São Vicente de Paula, no Bairro Quilombo.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2658/11indicacaodecorrimaosaovicentedepaulo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2658/11indicacaodecorrimaosaovicentedepaulo.docx</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2659/12reparodamanuntecaodagramasinteticacampobomdebola.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2659/12reparodamanuntecaodagramasinteticacampobomdebola.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que remete ao Excelentíssimo senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Atribuições Legais e Regimentais indica a Vossa Excelência, ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva para que providencia o reparo na grama sintética do Campo Bom de Bola, e providenciar a rede para colocar por cima do Campo, localizado no Bairro do Pito.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2660/13limpezapublicadosentulhodasede.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2660/13limpezapublicadosentulhodasede.doc</t>
   </si>
   <si>
     <t>– Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes. Que possa estar realizando as limpeza dos entulho do Bairro Quilombo, Pito, Ferreira Vale, e de toda a Sede do Munícipio, porque o Munícipio se encontra muito cheio de entulho, recomento pela rua Hermes Antônio.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2661/indicacao01sinalizacaopararetiraraplacaproibidoestacionar..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2661/indicacao01sinalizacaopararetiraraplacaproibidoestacionar..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereadore do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de realizar pedido de sinalização da cidade para retirar a placa proibido estacionar em frente à escola Nagem Abikair, pois a mesma se encontra desativada até a conclusão da obra, após a conclusão retornar a placa de proibido estacionar nesse período de obra, facilitando os motorista estacionar ao seus carros e motos.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2662/indicacao02patrolamentoeaplicacaoderevisolpontequeligalaranjadaterraeminasgerais..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2662/indicacao02patrolamentoeaplicacaoderevisolpontequeligalaranjadaterraeminasgerais..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o patrolamento e aplicação de revisou nas estradas que liga a ponte de Laranja da Terra até a divisa de Minas Gerais, devido aos grandes fluxos de carros nas estradas.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2663/indicacao03ensaibramentonacomunidadecantinhodamissalaranjadaterra..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2663/indicacao03ensaibramentonacomunidadecantinhodamissalaranjadaterra..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o ensaibramento na comunidade Cantinho da Missa na comunidade Laranja da Terra.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao4colocarcorrimaoepostenaruasaovicentedepaula..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao4colocarcorrimaoepostenaruasaovicentedepaula..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho, que possa providenciar na Rua São Vicente de Paula (perto do bar do quibe) um corrimão e um poste com uma lâmpada para a esquerda e direita, pois a rua se encontra escura.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao1manuntencaoelimpezanocemiteriodepequia..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao1manuntencaoelimpezanocemiteriodepequia..doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, manutenção e Limpeza no Cemitério de Pequiá, pois o mesmo se encontra com aspecto de abandono devido a quantidade de mato existente._x000D_
 _x000D_
 _x000D_
 Há muitas pessoas que visitam frequentemente os Túmulos dos seus entes queridos, assim garantindo o respeito com os seus familiares e amigos das pessoas ali sepultadas.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao2reparosnailuminacaopublicaruaraulcaetanodasilvaquilombo.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao2reparosnailuminacaopublicaruaraulcaetanodasilvaquilombo.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago, que possa realizar a manutenção na Unidade de Saúde do bairro do Quilombo. Pois, o telhado encontra-se com defeito, ocasionando grande transtorno entre os profissionais que trabalham na unidade, pois as paredes estão mofadas devido a infiltração e tem um intenso gotejamento em todas as salas, dificultando o acesso dos cidadãos. Assim, é necessário em caráter de urgência os devidos reparos.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao3mamutencaonaunidade_de_saudedobairroquilombo..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao3mamutencaonaunidade_de_saudedobairroquilombo..doc</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2668/indicacao04manutencaodecalcamentona_rua_yolandabatista_pimentel.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2668/indicacao04manutencaodecalcamentona_rua_yolandabatista_pimentel.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Lino da Silva, que possa realizar a manutenção no Calçamento na Rua Yolanda Batista Pimentel no bairro Guanabara, próximo a ASSIUDES, Pois, o calçamento encontra-se com os bloquetes soltos, afundamento da rua, além de enorme buraco no meio da pista, ocasionando perigo aos nossos motoristas, pedestres e a todos que utilizam essa rua. Para, que possamos evitar qualquer tipo de acidente, dano material, entre outros é que se faz necessário os devidos reparos em caráter de urgência.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao05manutencaono_calcamento_na_rua_presbitero_davi_jose_dos_santos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao05manutencaono_calcamento_na_rua_presbitero_davi_jose_dos_santos.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Lino da Silva, que possa realizar a manutenção no Calçamento na Rua Presbítero Davi José dos Santos no bairro Guanabara. Pois, o calçamento encontra-se com os bloquetes soltos, afundamento da rua, ocasionando buraco no meio da pista, assim trazendo perigo aos nossos motoristas, pedestres e a todos que utilizam dessa rua, Para, que possamos evitar qualquer tipo de acidente, dano material, entre outros é que se faz necessário os devidos reparos em caráter de urgência.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao06limpezapublicanarodoviamikeylchequer..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao06limpezapublicanarodoviamikeylchequer..doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes, solicito a limpeza na Rodovia Mikeyl Chequer, no trecho entre o Atacarejo e o ICC no qual as pessoas utilizam para realizar caminhadas.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2671/indicacao7reparoemanutencaonarodoviamikeylchequer..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2671/indicacao7reparoemanutencaonarodoviamikeylchequer..doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao secretário de Infraestrutura e Serviços urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, reparo e manutenção na iluminação pública na Rodovia Mikeyl Chequer, próximo ao ICC. Sabendo que a iluminação publica e um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação publica possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao8_asfalto_vila_nova.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao8_asfalto_vila_nova.docx</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de obras, infraestrutura e serviços urbanos Senhor Leandro Lino da Silva juntamente com a sua equipe de trabalho a providenciar a manutenção do asfalto, na Av. José Luís  de Castro, no bairro Vila Nova, em frente a oficina  de motos, pois o mesmo abriu um buraco com grande profundidade, cedendo também grande parte do asfalto, no qual se transformou em uma piscina com água parada, trazendo risco a saúde pública, como proliferação do mosquito da dengue. Bem como, ocasionando um enorme transtorno aos moradores local, motoristas e motocicletas que utilizam a via, pois o mesmo esta ocupando todo o centro da pista. Assim, para evitarmos acidentes e futuro transtornos, é que se faz necessário em caráter de urgência os devidos reparos.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emmanuel Garcia de Amorim, Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2674/01mocaodeaplausosmissiuna.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2674/01mocaodeaplausosmissiuna.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Ana Esther Oliveira Guilherme pela conquista do Título de Miss Iúna 2024,(1º lugar) Categoria Municipal,onde posteriormente irá disputar o Miss Universo Espírito Santo.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2715/01indicacaorevsol.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2715/01indicacaorevsol.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o revsol nas localidades do Corrégo Bom Sucesso, morro do David do Aceno Gomes, morro do Cemir Gomes, morro do Antônio Miguel, morro do Jacaré, morro do Rubinho Florindo e outros.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2716/02indicacaopranchoes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2716/02indicacaopranchoes.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a troca dos pranchões da ponte que dá acesso a propriedade do senhor Ezequiel na Serrinha do Baroa.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2717/03indicacaobomsucesso.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2717/03indicacaobomsucesso.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho a providenciar o ensaibramento nas estradas do Corrégo Bom Sucesso.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2718/04indicacaoreformaponte.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2718/04indicacaoreformaponte.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a reforma da ponte que dá acesso à propriedade do Senhor José da Ogenia na localidade do Corrégo Rio Pardinho.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2719/05indicacaorevsolriopardinho.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2719/05indicacaorevsolriopardinho.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o revsol no morro que dá acesso ao centro do saudoso José Leonardo e a fazenda do saudoso João Leal de Amorim nas localidades do Corrégo Rio Pardinho.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2720/06indicacaobomsucessocerta.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2720/06indicacaobomsucessocerta.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário de Interior da municipalidade Sr. Adriano Salviete da Silva juntamente com a sua equipe de trabalho a providenciar o ensaibramento nas estradas do Corrégo Bom Sucesso.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2721/07indicacaorevsolcerta.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2721/07indicacaorevsolcerta.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revsol nas localidades do Corrégo Bom Sucesso, morro do David Gomes, morro do Cenir Gomes, morro do Antônio Miguel, morro do Jacaré, morro do Rubinho Florindo e outros.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2722/08indicacaopontecorregomorroredondo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2722/08indicacaopontecorregomorroredondo.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o reparo e manutenção da ponte na propriedade do Sr Miguel Teba no Córrego Morro Redondo.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2723/10indicacaoquebramolaviladosguedes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2723/10indicacaoquebramolaviladosguedes.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho o conserto dos quebra molas que estão muito grandes,fora do padrão,na Vila dos Guedes._x000D_
 Contando com atenção de Vossa Excelência, aos pedidos enviados pelo Legislativo Municipal, desde já agradeço.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2724/12indicacaobueiroviladosguedes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2724/12indicacaobueiroviladosguedes.docx</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite ao Secretário Municipal de Obras e Serviços Urbanos Sr. Leandro Lino da Silva juntamente com a sua equipe de trabalho o conserto das tampas dos bueiros na Vila dos Guedes._x000D_
 Contando com atenção de Vossa Excelência, aos pedidos enviados pelo Legislativo Municipal, desde já agradeço.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2730/01reparoruahermanantoniodasilveira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2730/01reparoruahermanantoniodasilveira.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho uma reparo, e manutenção com urgência na rua Herman Antônio da Silveira no bairro do Quilombo.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2731/02ruaastrogildosiveira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2731/02ruaastrogildosiveira.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho para construir um muro entre a rua Astrogildo Silveira X Bento de Almeida Moço na residência da Senhora Nelzir.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2732/03casadovaldomiro.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2732/03casadovaldomiro.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho que seja feito um muro na rua Astrogildo Silveira próximo a casa do Senhor Valdomiro, aonde a rua está caindo e corre um risco de ser interditada.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2733/04ednasecretariadaeducacao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2733/04ednasecretariadaeducacao.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado a Secretária de Educação e Esporte da Municipalidade, Senhora Edna Viana Fonseca, que possa realizar juntamente com sua equipe de trabalho, sobre a situação da bolsa dos estudantes, porque a população está querendo saber como anda ajuda de custo para os alunos.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2734/04ednasecretariadaeducacao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2734/04ednasecretariadaeducacao.docx</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2735/05entulhosdobairroquilombo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2735/05entulhosdobairroquilombo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa tirar as terras e os entulhos do Bairro Quilombo.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2736/06limpezaspelasruasdocentrodacidade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2736/06limpezaspelasruasdocentrodacidade.doc</t>
   </si>
   <si>
     <t>Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 _x000D_
 Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes. Que possa estar realizando juntamente com sua equipe de trabalho, uma limpeza as ruas do Centro da Cidade que se encontra com muitas sujeiras, e poeiras.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2737/07reformadomurosaopaulo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2737/07reformadomurosaopaulo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho a reforma do  muro da avenida São Vicente de Paulo.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2738/08lavarasruasdacidade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2738/08lavarasruasdacidade.doc</t>
   </si>
   <si>
     <t>Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes. Que possa estar realizando juntamente com sua equipe de trabalho, uma limpeza as ruas do Centro da Cidade, principalmente o Bairro do Quilombo.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2739/09reparodocalcamentoemeiofio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2739/09reparodocalcamentoemeiofio.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho um reparo no calçamento, e fazer a pintura do meio fio da rua Hermes Antônio da Silveira.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2740/10lixeiraruapedrogoncalves.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2740/10lixeiraruapedrogoncalves.doc</t>
   </si>
   <si>
     <t>Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes. Que possa providenciar uma lixeira perto da Mercearia do Russo na rua José Pedro Gonçalves na esquina do antigo Postinho de Saúde.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2741/11lixeirasaovicentedepaula.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2741/11lixeirasaovicentedepaula.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes, que possa providenciar uma lixeira na praça do São Vicente de Paula.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2742/12ruaipirangalixeira.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2742/12ruaipirangalixeira.doc</t>
   </si>
   <si>
     <t>Geovan Furtado Dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes. Que possa providenciar uma lixeira na Rua Ipiranga perto do Galpão da Educação.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao05viassejapatroladasiguais..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao05viassejapatroladasiguais..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho, que as vias que for patrolada com a patrola do Município, seja ensaibrada igual está sendo feito com a máquina terceirizada.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacaoaplicacaodesaibroemterracorrida..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacaoaplicacaodesaibroemterracorrida..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que _x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacaode_aplicacaomanuntecaoaltotrindade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacaode_aplicacaomanuntecaoaltotrindade.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Adriano Solviete da Silva, que possa realizar a manunteção e ensaibramento da estrada de Uberaba que liga a Alto Trindade.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacaode_aplicacaomanuntecaobeirario.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacaode_aplicacaomanuntecaobeirario.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que possa realizar a manutenção, ensaibramento,patrolamento e limpeza nas estradas da Beira Rio, o mato estar envadindo a estrada e causando acidentes..</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacaode_aplicacaomanuntecaouberaba.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacaode_aplicacaomanuntecaouberaba.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que possa realizar a manutenção, ensaibramento da estrada de Uberaba que liga Alto Trindade_x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacaodetrocarlampadascorregodosossego.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacaodetrocarlampadascorregodosossego.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Adriano Solviete da Silva, que possa realizar  a troca das lampadas perto do Gildo Madeira, Córrego do Sossego, Zona Rural._x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacaosituacaodapontedofelinho..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacaosituacaodapontedofelinho..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que possa realizar _x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacaosituacaoquintinobocaiuva.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacaosituacaoquintinobocaiuva.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, que possa realizar um calçamento nas proximidades do Gildo Madeira na rua Quintino Bocaiuva, por conta da demanda de muito trânsito.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que providencie juntamente com sua equipe de trabalho, o reparo das calçadas danificadas pelo caminhão da empresa que está prestando serviço para a realização da obra localizada na Rua Raul Caetano da Silva, perto da construção do novo muro da igreja. Segue foto abaixo.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_-_conserto_rua_praca_nego_tiao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_-_conserto_rua_praca_nego_tiao.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que providencie juntamente com sua equipe de trabalho, o reparo da Rua Maria Rosa de Jesus, localizada no bairro Quilomno, próximo a pracinha do Nego Tião. Segue foto abaixo.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_-_conserto_rua_quintino_bocaiuva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_-_conserto_rua_quintino_bocaiuva.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que providencie juntamente com sua equipe de trabalho, o reparo da Rua Quintino Bocaiuva, localizada no bairro do Pito, uma vez que dois bueiros da rua supracitada se encontram sem tampa, e tem prejudicado o trânsito de moradores e visitantes no local.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2772/indicacao_-_lavagem_ruas_do_municipio_festa.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2772/indicacao_-_lavagem_ruas_do_municipio_festa.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcângelo Rafael Gomes, que providencie juntamente com sua equipe de trabalho, a lavagem das ruas Município, uma vez que tem festa na Cidade nesse fim de semana, atraindo diversos turistas para a comarca. Assim, a lavagem de via pública possui um papel fundamental na qualidade de vida para toda comunidade.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_limpeza_e_avenida_niteroi.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_limpeza_e_avenida_niteroi.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes que providencie junto a sua equipe de trabalho a limpeza da Avenida Niterói, em frente ao posto ventura, ao lado da vap, ao lado do Anderson mecânico e próximo ao hospital, uma vez que desde as ultimas chuvas fortes, desceu muita terra para a avenida e a falta de limpeza tem prejudicado os comerciantes, moradores e ate mesmo os pacientes do hospital por conta da poeira excessiva como mostra as fotos abaixo.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_-_limpeza_e_dedetizacao_rua_igreja_catolica.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_-_limpeza_e_dedetizacao_rua_igreja_catolica.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes que providencie junto a sua equipe de trabalho a limpeza e dedetização da Rua Jose Pedro Gonçalves, pois tem ocorrido com incidência o aparecimento de escorpiões nas proximidades da igreja Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_-_limpeza_rua_ataufo_de_souza.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_-_limpeza_rua_ataufo_de_souza.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie a limpeza da Rua Ataufo de Souza, próximo ao prédio do Aguinaldo do Ki delicia, subindo para o Vila Nova. E providencie ainda, o calçamento da Rua supracitada que foi prometido há mais de 3 anos em campanha.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_-_limpeza_trindade.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_-_limpeza_trindade.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes que providencie a limpeza de todas as ruas do distrito de Santíssima Trindade, tendo em vista que as ruas da localidade supracitada estão muito sujas e vem causando transtornos aos moradores e comerciantes locais.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_-_poda_de_arvore_beira_rio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_-_poda_de_arvore_beira_rio.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes que providencie a poda das arvores localizadas na beira rio, nas proximidades da Clinica Gastren até o Armazém de Café Turino. Imagem abaixo.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_-_retirada_de_entulho_ao_lado_do_cemiterio_municipal.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_-_retirada_de_entulho_ao_lado_do_cemiterio_municipal.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie a retirada dos entulhos localizados na Rua Deputado Alfredo Antônio, ao lado do cemitério municipal. Imagem abaixo.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie a retirada dos entulhos localizados em frente a Escola Deolinda, próximo ao supermercado nascimento.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2780/indicacao_-_retirada_de_entulho_rua_claudionor.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2780/indicacao_-_retirada_de_entulho_rua_claudionor.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie a retirada dos entulhos localizados na Rua Claudionor Mariano da Silva, próximo ao Gilmar do frete e Mauricio da loja Show Bike.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2781/indicacao_-_retirada_de_entulho_virada_agua_santa.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2781/indicacao_-_retirada_de_entulho_virada_agua_santa.docx</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie a retirada dos entulhos localizado na virada da Agua Santa subindo pelo bairro Quilombo, próximo ao bar da Iracema e postinho de saúde.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacaoreparo_iluminacao_avenida_niteroi.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacaoreparo_iluminacao_avenida_niteroi.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública na Avenida Niteroi, próximo ao Edgar autopeças.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacaoreparo_iluminacao_proximo_as_casas_populares.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacaoreparo_iluminacao_proximo_as_casas_populares.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa providenciar os postes e iluminação pública junto a edp na Rua Darci Batista Gonçalves, bairro do Pito, próximo as casinhas populares.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacaoreparo_iluminacao_rua_assembleia_de_deus.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacaoreparo_iluminacao_rua_assembleia_de_deus.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública na Rua José Pedro Gonçalves, próximo a igreja Assembleia de Deus e Rua Pedro Justo (rua lateral).</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacaoreparo_terra_corrida.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacaoreparo_terra_corrida.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação na Vila de Terra Corrida nas proximidades da escola, igreja, bar do Carlinho e mercearia do Athos.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2794/ind_02-2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2794/ind_02-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a Vossa Excelência o reparo dos semáforos no Município de Iúna, que está muito ruim ao trafegar, principalmente em horário de pico, não estão respeitando a faixa de pedestre, e está causando muito problemas.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2795/ind_03-2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2795/ind_03-2024.pdf</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho. Que possa fazer uma extensão de rede elétrica em Perdição na saída para o córrego dos veados, que se encontra sem iluminação.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_-_conserto_postinho_rio_claro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_-_conserto_postinho_rio_claro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie o conserto da Unidade Básica de Saúde localizada no Distrito de Rio Claro, tendo em vista que a população tem sido atendida no posto em péssimas condições.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_conserto_rua_pito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_conserto_rua_pito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que providencie juntamente com sua equipe de trabalho, o reparo da Rua Alcino Gonçalves Bastos, localizada no bairro do, uma vez que o calçamento da rua soltou todo e tem prejudicado o trânsito de moradores e visitantes no local.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_lavagem_avenida_sao_vicente_de_paula.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_lavagem_avenida_sao_vicente_de_paula.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcângelo Rafael Gomes, que providencie juntamente com sua equipe de trabalho, a lavagem da Avenida São Vicente de Paula, localizada no bairro Quilombo. tendo em vista que a lavagem de via pública possui um papel fundamental na qualidade de vida para toda comunidade.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_manutencao_ginasio_principe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_manutencao_ginasio_principe.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva que providencie a pintura, iluminação e limpeza da Quadra Poliesportiva do Distrito do Príncipe. E desde já, agradeço aos voluntários que estão providenciando a limpeza do local supracitado.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_poda_de_arvore_beira_rio_..pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_poda_de_arvore_beira_rio_..pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes que providencie a poda das arvores localizadas na beira rio, nas proximidades da Clinica Gastren até o Armazém de Café Turino, tendo em vista que foram podadas apenas as plantas do canteiro central.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_poda_de_arvore_beira_rio_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_poda_de_arvore_beira_rio_2.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes que providencie a poda de todas as arvores localizadas ao redor da Gastren, Floricultura, Laboratório Rio Pardo, etc, e promova o reparo na iluminação juntamente com a equipe de Infraestrutura e Serviços Urbanos da Municipalidade, coordenada pelo Secretário Senhor Leandro Lino de Silva.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_poda_de_arvore_guanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_poda_de_arvore_guanabara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes que providencie a poda das arvores localizadas na Rua Projetada, sem número, localizada no bairro Guanabara.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reparo_colocar_lixeira_rua_raul_caetado_da_silva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reparo_colocar_lixeira_rua_raul_caetado_da_silva.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes, que possa providenciar juntamente com sua equipe de trabalho, a inserção de uma lixeira na Rua Raul Caetano da Silva, para que sirva como ponto de coleta de lixo, tendo em vista que os moradores do local não tem um lugar adequado para depositar o lixo enquanto o caminhão não passa.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_reparo_iluminacao_rua_euclides_jose_martins.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_reparo_iluminacao_rua_euclides_jose_martins.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa providenciar o reparo da iluminação pública e a colocação de mais um poste junto a EDP na Rua Euclides José Martins, tendo em vista que os moradores estão tendo a necessidade de colocar refletor para iluminar a rua supracitada.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_reparo_iluminacao_rua_pedro_justo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_reparo_iluminacao_rua_pedro_justo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa manter juntamente com sua equipe de trabalho, as luzes externas do Ginásio Poliesportivo Romeu Rios apagadas durante o dia e as luzes internas apagadas continuamente quando não utilizado, tendo em vista que tem gerado um gasto de energia significativo sem ao menos estar sendo usado o ginásio e a população tem me enviado muitas reclamações a respeito de tal conduta.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_reparo_ponte_barra_da_perdicao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_reparo_ponte_barra_da_perdicao.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, que possa juntamente com sua equipe, realizar reparo na ponte localizada na Barra de Perdição, próximo a fábrica de alianças e deposito do Valdeci material de construção.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_reparo_ponte_bom_sucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_reparo_ponte_bom_sucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa juntamente com sua equipe, realizar reparo na ponte localizada na Comunidade Bom Sucesso, tendo em vista que o fato de a ponte supracitada estar com muitos buracos, além de atrapalhar a passagem de moradores e visitantes, se torna um risco ainda maior uma vez que se localiza próximo a escola.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_reparos_iluminacao_santa_clara_do_urbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_reparos_iluminacao_santa_clara_do_urbano.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública em todo o Distrito de Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao10revisounocorregodospiloes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao10revisounocorregodospiloes.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisol no morro próximo a estrada principal que dá acesso a comunidade dos Pilões passando pela propriedade  do produtor Edimilson Silva Matos em Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao11trocadelampadassantaclara.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao11trocadelampadassantaclara.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de infraestrutura e Serviços Urbanos, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho que providencie a troca de várias lâmpadas queimadas na comunidade de Santa Clara no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao12trocademanilhas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao12trocademanilhas.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a troca de manilhas 030 por 060 (08 manilhas) na estrada principal da Serrinha 02, propriedade dos herdeiros do falecido Rubens Garcia, antes do Baroa.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao13visitaacumunidadeparavertrechosdaestrada.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao13visitaacumunidadeparavertrechosdaestrada.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie uma visita a comunidade dos Pilões para ver a necessidade dos trechos de estrada para fazer a aplicação do revisou.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao109reformacampobomdebola.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao109reformacampobomdebola.docx</t>
   </si>
   <si>
     <t>Que determine a Secretária de Educação e Esportes da Municipalidade, Senhora Edna Viana Fonseca, providenciar a reforma geral do Campo Bom de Bola fazendo a troca total da grama sintética, no Bairro Nossa Senhora da Penha (Pito).</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao110_aplicacaoderevisoumorodozezinho.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao110_aplicacaoderevisoumorodozezinho.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou no moro do Zezinho, próximo a propriedade do falecido delegado indo para a comunidade dos Pilões em Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao111_aplicacaoderevisoumorodozeluizitaliano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao111_aplicacaoderevisoumorodozeluizitaliano.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou no moro próximo a propriedade do Zé Luiz italiano na comunidade dos Pilões em Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao112_aplicacaoderevisoumorodozerosa.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao112_aplicacaoderevisoumorodozerosa.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou no moro do Zé Rosa subindo para o Denílson serrador na comunidade dos Pilões e Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao113_aplicacaoderevisounomrodovaltertratador.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao113_aplicacaoderevisounomrodovaltertratador.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou no moro que da acesso a propriedade do Valter Nato (tratador), na comunidade dos Pilões em Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao114_aplicacaoderevisousaindodaigrejacatolica.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao114_aplicacaoderevisousaindodaigrejacatolica.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou saindo da igreja católica dos Pilões, subindo para a propriedade do Elon Cardoso na comunidade dos Pilões em Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao115_aplicacaoderevisoupropriedadederlidaspanelas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao115_aplicacaoderevisoupropriedadederlidaspanelas.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou começando na propriedade do senhor João até a propriedade do falecido Derli das panelas em Pequiá.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao116_aplicacaoderevisoucorregobomdestino.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao116_aplicacaoderevisoucorregobomdestino.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou próximo a propriedade da Branca, córrego Bom Destino em Pequiá.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao117_aplicacaoderevisoudivisacomosenhoroton.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao117_aplicacaoderevisoudivisacomosenhoroton.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a aplicação de revisou na beira rio próximo a propriedade da Miria, divisa com o senhor Oton em Pequiá.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao118_construcaocalcamentosaojoaodoprincipe.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao118_construcaocalcamentosaojoaodoprincipe.docx</t>
   </si>
   <si>
     <t>Que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a construção do calçamento com pavieste na estrada que dá acesso ao terreno que foi desapropriada para construção do acesso ao Pico da Bandeira passando pela propriedade do Zé Braga, distrito de São João do Principe.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2876/23102024_indicacao_reforma_mata-burro_pequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2876/23102024_indicacao_reforma_mata-burro_pequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transporte da Municipalidade, Senhor Adriano Salviete da Silva, que providencie a reforma do mata-burro na sede de Pequiá, próximo ao cemitério. Tendo em vista que este se encontra em péssimo estado de conservação, colocando em risco a população que transita por ali.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2877/23102024_indicacao_retorno_escolinha_futebol_pequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2877/23102024_indicacao_retorno_escolinha_futebol_pequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Sub Secretária de Educação e Esporte da Municipalidade, Senhora Tatiane da Silva Santos, que providencie o retorno das atividades da Escolinha de Futebol em Pequiá, tendo em vista que as crianças da localidade estão utilizando a praça pública para realizar suas práticas esportivas, carecendo de um espaço adequado e seguro.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2878/29102024_indicacao_patrolamento_estrada_bonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2878/29102024_indicacao_patrolamento_estrada_bonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transporte da Municipalidade, Senhor Adriano Salviete da Silva, que após o período de chuvas, seja realizada a patrolagem e ensaibramento das estradas da comunidade Bom Sucesso. A medida se faz necessária devido à deterioração das vias, que apresentam buracos e acúmulo de barro, dificultando o tráfego e comprometendo o acesso dos moradores e visitantes da região.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2879/29102024_indicacao_patrolamento_estrada_boa_sorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2879/29102024_indicacao_patrolamento_estrada_boa_sorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transporte da Municipalidade, Senhor Adriano Salviete da Silva, que após o período de chuvas, seja realizada a patrolagem e ensaibramento das estradas das comunidades Boa Sorte e Morro Redondo. A medida se faz necessária devido à deterioração das vias, que apresentam buracos e acúmulo de barro, dificultando o tráfego e comprometendo o acesso dos moradores e visitantes da região.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2880/29102024_indicacao_patrolamento_estrada_barro_branco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2880/29102024_indicacao_patrolamento_estrada_barro_branco.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transporte da Municipalidade, Senhor Adriano Salviete da Silva, que após o período de chuvas, seja realizada a patrolagem e ensaibramento das estradas da comunidade Barro Branco. A medida se faz necessária devido à deterioração das vias, que apresentam buracos e acúmulo de barro, dificultando o tráfego e comprometendo o acesso dos moradores e visitantes da região.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Romário Batista Vieira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2788/projleicomplem_01_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2788/projleicomplem_01_2024.pdf</t>
   </si>
   <si>
     <t>CONFERE INTERPRETAÇÃO AUTÊNTICA AO ART. 53 DA LC 28/2022.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2631/projleiord_01_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2631/projleiord_01_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2632/projleiord_02_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2632/projleiord_02_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2633/projleiord_03_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2633/projleiord_03_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VEREADORES.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2635/projleiord_04_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2635/projleiord_04_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.182/2008.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2682/projleiord_05_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2682/projleiord_05_2024.pdf</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2683/projleiord_06_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2683/projleiord_06_2024.pdf</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2684/projleiord_07_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2684/projleiord_07_2024.pdf</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2685/projleiord_08_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2685/projleiord_08_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 3.075/2023.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2689/projleiord_09_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2689/projleiord_09_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA CRECHE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2691/projleiord_10_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2691/projleiord_10_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE SAÚDE NO MUNICÍPIO DE IÚNA, NO BAIRRO VILA NOVA.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2692/projleiord_11_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2692/projleiord_11_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE SAÚDE.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2693/projleiord_12_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2693/projleiord_12_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIA DA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2707/projleiord_13_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2707/projleiord_13_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGAS PARA NEGROS E INDÍGENAS NOS CONCURSOS PÚBLICOS E NOS PROCESSOS SELETIVOS PROMOVIDOS PELA PREFEITURA MUNICIPAL DE IÚNA/ES.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2708/projleiord_14_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2708/projleiord_14_2024.pdf</t>
   </si>
   <si>
     <t>UNCORPORA ÁREA AO PARQUE INDUSTRIAL RONALDO AMBRÓSIO RODRIGUES.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2709/projleiord_15_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2709/projleiord_15_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAQÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2712/projleiord_16_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2712/projleiord_16_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL (COMSEA).</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2713/projleiord_17_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2713/projleiord_17_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESCOLA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2789/projleiord_18_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2789/projleiord_18_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2790/projleiord_19_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2790/projleiord_19_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA CENTRO DE REFERÊNCIA ESPECIALIZADA DE ASSISTÊNCIA SOCIAL (CREAS).</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2791/projleiord_20_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2791/projleiord_20_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESCOLA MUNICIPAL.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2792/projleiord_21_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2792/projleiord_21_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIA PÚBLICA NO DISTRITO DE SANTÍSSIMA TRINDADE.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2793/projleiord_22_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2793/projleiord_22_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRAÇA NA CIDADE DE IÚNA.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2811/projleiord_23_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2811/projleiord_23_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°1.645/1998.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2812/projleiord_24_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2812/projleiord_24_2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A GUARDA RESPONSÁVEL DE ANIMAIS E DISCIPLINA A COMERCIALIZAÇÃO DE ANIMAIS DOMÉSTICOS POR ESTABELECIMENTOS COMERCIAIS, CRIADOUROS, VAREJISTAS (LOJA DE PET SHOPS) E CRIADORES AMADORES NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2832/projleiord_25_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2832/projleiord_25_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSTIVOS DA LEI MUNICIPAL Nº 2.182/2008.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2834/projleiord_26_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2834/projleiord_26_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA 2022-2025, LEI Nº 2.961/2021.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2835/projleiord_27_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2835/projleiord_27_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI DIRETRIZES ORÇAMENTÁRIAS - LDO PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2836/projleiord_28_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2836/projleiord_28_2024.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IÚNA PARA O EXERCÍCIO FINANCEIRO DE 2025.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2837/projleiord_29_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2837/projleiord_29_2024.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS Nº 377/1963, 3.055/2023 E RESOLUÇÃO Nº 04/2023.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2838/projleiord_30_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2838/projleiord_30_2024.pdf</t>
   </si>
   <si>
     <t>DOSPÕE SOBRE ABONO SALARIAL PARA OS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2839/projleiord_31_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2839/projleiord_31_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 3.068/2023.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2843/projleiord_32_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2843/projleiord_32_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA 2022/2025, LEI 2.961/2021.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2844/projleiord_33_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2844/projleiord_33_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2845/projleiord_34_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2845/projleiord_34_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2846/projeto_de_lei_35-2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2846/projeto_de_lei_35-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO ABONO-FUNDEB AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2847/projleiord_36_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2847/projleiord_36_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2848/projleiord_37_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2848/projleiord_37_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 3.083/2023.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2849/projleiord_38_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2849/projleiord_38_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ALIENAÇÃO DE BEM IMÓVEL PERTENCENTE AO PATRIMÔNIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2870/projleiord_39_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2870/projleiord_39_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.321/2010.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2634/projresolucao_01_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2634/projresolucao_01_2024.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SISTEMA DO PONTO ELETRÔNICO, BEM COMO A FUNCIONALIDADE NO ÂMBITO DA CÃMARA MUNCIIPAL DE IÚNA.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2688/projresolucao_02_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2688/projresolucao_02_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO REGIMENTO INTERNO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2710/projresolucao_03_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2710/projresolucao_03_2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA INCISO NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2711/projresolucao_04_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2711/projresolucao_04_2024.pdf</t>
   </si>
   <si>
     <t>INSERE ARTIGO NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2680/comoseencontraasituacaodapontedevargemalegre2024..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2680/comoseencontraasituacaodapontedevargemalegre2024..docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que, informe a esta Casa de Leis, que possa ver a situação que se encontra a ponte no Córrego Vargem Alegre, perto da propriedade do Felim._x000D_
 _x000D_
 Contamos com a atenção de Vossa Excelência, aos pedidos enviados pelo Legislativo Municipal, desde já agradeço.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2681/reuniaocomosfiscaisresponsavelpelaobradacesan..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2681/reuniaocomosfiscaisresponsavelpelaobradacesan..doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, solicito para uma reunião com os fiscais responsáveis pelas obras realizadas pela empresa que presta serviço para a Cesan, juntamente com a comissão de obras e serviços públicos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2705/requerimentobarragempequia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2705/requerimentobarragempequia.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, solicita a data de atendimento da demanda da Barragem, foi feito um mata burro na estrada principal, colocando em risco á vida dos alunos no Distrito de Pequía.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2706/requerimentoinformacaoesapae.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2706/requerimentoinformacaoesapae.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, solicita informações ( relação) ,sobre repasse a APAE que o mesmo foi procurado por pais de aulos, segundo informações da instituição, aproximadamente 100 alunos, das turmas Estimulação Precoce II,Projeto AJA ( Alfabetização de jovens e adultos) Alunos com transtorno, que estudam no ensino regular  e vem para o contraturno na instituição, estão sem atividades na APAE por falta de repasse da Prefeitura Municipal de Iúna.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2704/14mocaodeaplausosdaniel.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2704/14mocaodeaplausosdaniel.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Operador de Maquina Pesada, o Sr. Daniel de Oliveira Silva, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2703/13mocaodeaplausosluciano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2703/13mocaodeaplausosluciano.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Motorista, Sr. Luciano Alves de Aguiar, conhecido como Cowboy, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2702/12mocaodeaplausosleonardo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2702/12mocaodeaplausosleonardo.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Chefe de Frotas, o Sr. Leonardo Aguiar de Lima, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2701/11mocaodeaplausosjonathan.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2701/11mocaodeaplausosjonathan.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao empresário no ramo de terraplanagem, o Sr. Jonathan Bonfante Junior, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao empresário no ramo de terraplanagem, o Sr. Higor de Almeida Amorim, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2699/10mocaodeaplausoshigor.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2699/10mocaodeaplausoshigor.docx</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2698/09mocaodeaplausosgerson.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2698/09mocaodeaplausosgerson.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Operador de Máquina Pesada, o Sr. Gerson Sudre de Assis Freitas, conhecido como Canjiquinha, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2697/08mocaodeaplausossergio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2697/08mocaodeaplausossergio.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Operador de Máquina Pesada, o Sr. Sergio dos Reis Costa, conhecido como Serjão, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2696/07mocaodeaplausosadriano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2696/07mocaodeaplausosadriano.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Secretário Municipal de Interior, o Sr. Adriano Salviete da Silva, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2695/06mocaodeaplausoslulinha.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2695/06mocaodeaplausoslulinha.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Secretário Municipal de Infraestrutura e Serviços Urbanos, o Sr. Leandro Lino da Silva, conhecido como Lulinha, que colaborou trabalhando com Equipe, dando apoio as pessoas atingidas no município de Mimoso do Sul, pelas fortes chuvas ocorrida nos últimos dias.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2725/02rainha_do_cafe.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2725/02rainha_do_cafe.docx</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, que seja concedida Moção de Aplausos a CIBELLY LIMA, pela conquista do título de Rainha do Café de Santíssima Trindade._x000D_
   Na oportunidade desejamos sucesso em sua trajetória.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2726/03requerimento_lu.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2726/03requerimento_lu.docx</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, que seja concedida Moção de Aplausos à PROFESSORA LUANY FINOTTI, pelo trabalho escolar desenvolvido, junto a turma do 3º ano do colégio Porto Seguro, estimulando a cidadania entre as crianças, contribuindo ativamente na vida dos alunos, que serão o nosso futuro. Fomentando a participação e promovendo a construção de uma sociedade democrática</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2727/01mocaodeaplausosdiasdasmaes.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2727/01mocaodeaplausosdiasdasmaes.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, no uso de suas atribuições legais e regimentais a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Senhora Franciele Gomes da Costa, ganhadora do sorteio que realizei nos Dias das Mães, como uma simples homenagem para este dia tão especial.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2728/03mocaoaplausoskellysouzarodrigues.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2728/03mocaoaplausoskellysouzarodrigues.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, no uso de suas atribuições legais e regimentais a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor Jonas Ribeiro Florindo, pelo serviço prestado ao Município de Iúna.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2729/01indicacao05viassejapatroladasiguais..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2729/01indicacao05viassejapatroladasiguais..docx</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2743/01mocaodepesarclotildesfranciscadefreitas..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2743/01mocaodepesarclotildesfranciscadefreitas..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, voto de profundo pesar pelo falecimento da dona Clotildes Francisca de Freitas, ocorrido no dia 19/05 do corrente ano, proprietária rural em Tinguaciba Pequiá, deixou filhos e netos.</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2744/mocaoaplausojoseolimpio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2744/mocaoaplausojoseolimpio.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, por seus membros, depois de ouvido o plenário, requer que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr. José olímpio pelo investimento do loteamento (Olímpio), onde vai ser vendido vários lotes contribuindo para o crescimento da nossa cidade.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2745/mocaoaplausosluistome..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2745/mocaoaplausosluistome..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao vice Presidente da ASSCAB Associação Amigo do Carro de Boi Luís Tome Silveira.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2746/mocaode_aplausossilvioalexandre..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2746/mocaode_aplausossilvioalexandre..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Presidente da ASSCAB Associação Amigo do Carro de Boi Silvio Alexandre Rodrigues dos Reis Vogas.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2747/mocaodeaplausolocutordaviamorim..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2747/mocaodeaplausolocutordaviamorim..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Locutor Davi Amorim, pela grande ajuda na realização da 12ª Festa do Carro de Boi.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2748/mocaodeaplausos_a_doroteia_cunha..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2748/mocaodeaplausos_a_doroteia_cunha..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Dorotéia Cunha Figueiredo Gomes Diretora da creche, pelo excelente trabalho prestado na frente da creche Lúcio do Sinteko, localizado no Bairro Nossa Senhora da Penha(pito).</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2749/mocaodeaplausosadeildoguedes..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2749/mocaodeaplausosadeildoguedes..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Adeildo Guedes, pela grande ajuda na realização da 12ª Festa do Carro de Boi.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2750/mocaodeaplausosdemetriusnascimento..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2750/mocaodeaplausosdemetriusnascimento..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Demétrius Nascimento, pela grande ajuda na realização da 12ª Festa do Carro de Boi.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2751/mocaodeaplausoseliasmigueldepaula..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2751/mocaodeaplausoseliasmigueldepaula..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao senhor Elias Miguel de Paula. Funcionário do Sindicato há 27 anos, sempre trabalhou indo até as Comunidades as casas dos associados.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2752/mocaodeaplausosjoaobatista..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2752/mocaodeaplausosjoaobatista..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao João Batista Fonseca, pela grande ajuda na realização da 12ª Festa do Carro de Boi.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2753/mocaodeaplausosmanoelarcangelo..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2753/mocaodeaplausosmanoelarcangelo..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Secretário do Meio Ambiente Manoel Arcangelo Rafael Gomes, pelo excelente serviço prestado ao Município, pela grande ajuda na realização da 12ª Festa do Carro de Boi.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2754/mocaodeaplausosrodolfopimentel..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2754/mocaodeaplausosrodolfopimentel..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Rodolfo Pimentel, pela grande ajuda na realização da 12ª Festa do Carro de Boi.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2755/mocaodeaplausoszelandia_roberta..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2755/mocaodeaplausoszelandia_roberta..docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a organização do desfile da 12a festa do carro de Boi Zelandia Roberta Silveira.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2757/mocaodepesarmarlenemiranda..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2757/mocaodepesarmarlenemiranda..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, voto de profundo pesar pelo falecimento da Dona Marlene Miranda da Silva, esposa do Milton Italiano, deixa filhas, filho e netas, ocorrido no dia 10 de Junho do ano corrente. _x000D_
 Deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2758/mocaodepesarcosmenunesde_assis..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2758/mocaodepesarcosmenunesde_assis..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, voto de profundo pesar pelo falecimento de Cosme Nunes de Assis, ocorrido no dia 09 de Junho do ano corrente.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2767/01reuniaocomosfiscaisresponsavelpelaobradacesan..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2767/01reuniaocomosfiscaisresponsavelpelaobradacesan..doc</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_-_sessao_28-05-24.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_-_sessao_28-05-24.docx</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado à esta Casa de Leis, a prestação de contas referentes aos gastos das festas passadas da Festa do Carro de Boi, bem como a listagem dos membros e suas respectivas ocupações na ASSCAB (Associação Amigos do Carro de Boi), e os participantes do evento, inclusive contendo a ATA de reunião.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Geovan Furtado dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2796/requerimento_geovan_e_adimilson.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2796/requerimento_geovan_e_adimilson.pdf</t>
   </si>
   <si>
     <t>Atendendo ao requerimento verbal de autoria do vereador Geovan Furtado dos Reis feito na sessão da Casa do dia 08 de julho do ano em curso e aprovado pelo plenário, solicito a Vossa Excelência a necessidade deste órgão estudar a possibilidade de ser instalado, com certa urgência, semáforos ou aparelho de fiscalização eletrônica, nos dois sentidos da BR-262 na chegada do "trevo de Iúna, visando evitar que aconteça mais acidentes graves, como tem ocorrido ultimamente, com vítimas fatais._x000D_
 Conto com a compreensão de vossa Excelência para realização do procedimento solicitado, haja vista que o local se tomou complexo pelo fato do trevo ser acesso e saída para um posto de abastecimento de veículos.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2810/oficio_04-2024__-_dnit.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2810/oficio_04-2024__-_dnit.pdf</t>
   </si>
   <si>
     <t>Atendendo a pedidos dos moradores das proximidades e do proprietário do posto ABS, estabelecimento que está localizado em frente ao Trevo de Iúna, na BR 262, KM 169, solicito a Vossa Excelência que efetue melhorias no trevo e estude a possibilidade de instalar aparelho de fiscalização eletrônica na localidade supracitada, tendo em vista a grande quantidade de acidentes graves com vitimas fatais que tem ocorrido de forma rotineira.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2827/02mocaoaplausostime.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2827/02mocaoaplausostime.doc</t>
   </si>
   <si>
     <t>Requer que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Time de Futebol de Iúna, que estará competindo a Copa SESPORT 2024._x000D_
 _x000D_
 Jogadores: Arthur Florindo Rodrigues, Arthur Rios de Amorim, Bruno Ladeira dos Reis, Douglas Vieira Furtado, Durval Silva Soares Louzada, Eder Salvador Miranda, Felipe Osorio Simões, Fernando Augusto Gomes Pinheiro, Fagner Silva Batista, Gabriel Rafael de Amorim, Gean Lourenço Vauna, Gustavo Borel Monteiro de Castro, Guilherme Fernandes de Abreu, Igor Lucas de Almeida, Ivan Stuquim Rodrigues, José Augusto de Oliveira Silva, Jonatan da Fonseca Silva, João Vitor Rodrigues Serrano, José Paulo da Silva Junior, José Marcos Lima de Oliveira, Lucas Simões Cardoso, Lincolh Lucas Silvério, Marcello Coelho Costa, Matheus Silveira Gomes Sonsim de Oliveira, Raphael Henrique Gomes Barros, Ryã Lucindo Oliveira, Renan Silva Machado, Tainan Ribeiro Faria, Valdeci Almeida de Abreu Júnior.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2828/05mocaodepesar_samuel_gomes_rodrigues.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2828/05mocaodepesar_samuel_gomes_rodrigues.docx</t>
   </si>
   <si>
     <t>Requer que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento do Senhor SAMUEL GOMES RODRIGUES deixa saudades aos familiares e amigos.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2694/01mocaodeaplausosmissiuna.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2694/01mocaodeaplausosmissiuna.docx</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2679/01mocaoaplausoskellysouzarodrigues.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2679/01mocaoaplausoskellysouzarodrigues.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, no uso de suas atribuições legais e regimentais a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor Leonardo Moreira Brito, mas conhecido como (Léo do grau).</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2678/01requerimentomocaodepesarlucyemerick.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2678/01requerimentomocaodepesarlucyemerick.docx</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento da Sr.ª Lucy Emerick Padilha, aos seus 91 anos. Deixando saudades aos familiares e amigos.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2677/04mocaodeaplausos3lugarmissiuna.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2677/04mocaodeaplausos3lugarmissiuna.docx</t>
   </si>
   <si>
     <t>A Mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requere a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Thiffany Catrinck pelo título de 3º lugar/Evento Título de Miss Iúna (Categoria Municipal).</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2676/03mocaodeaplausos2lugarmissiuna.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2676/03mocaodeaplausos2lugarmissiuna.docx</t>
   </si>
   <si>
     <t>A mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos Dhébora Mirthis Guilherme Oliveira pelo título de 2º lugar/Evento Título de Miss Iúna (Categoria Municipal).</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2675/02mocaodeaplausoscordenadora_do_eventosmissiuna.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2675/02mocaodeaplausoscordenadora_do_eventosmissiuna.docx</t>
   </si>
   <si>
     <t>A mesa diretora da Câmara Municipal de Iúna, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Tawana Costa Lanes pela Cordenação do Evento Título de Miss Iúna (Categoria Municipal),onde vai levar a vencedora a disputar o Miss Universo Espírito Santo.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2673/moccaodepesarpelofalecimentodojandairdasilva..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2673/moccaodepesarpelofalecimentodojandairdasilva..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, voto de profundo pesar pelo falecimento do Jandair da Silva ocorrido no dia 24 de janeiro de 2024._x000D_
 Deixa saudades entre familiares e amigos._x000D_
 Que a decisão do plenário seja comunicada à esposa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3029,67 +3029,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2686/projdeclegislativo_01_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2690/projdeclegislativo__02_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2833/projdeclegislativo_03_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2850/prodeclegislativo_04_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2851/projdeclegislativo__05_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2852/projdeclegislativo__06_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2853/projdeclegislativo__07_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2871/projdeclegislativo_08_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2714/emenda_1_2024_projleiord_04_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2786/emenda_2_2024_projleiord_17_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2830/emenda_03_2024_projleicomplem_01_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2831/emenda_04_2024_projleiord_23_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2841/emenda_05_2024_projleiord_30_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2854/emenda_06_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2855/emenda_07_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2856/emenda_08_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2857/emenda_09_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2858/emenda_10_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2859/emenda_11_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2860/emenda_12_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2861/emenda_13_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2862/emenda_14_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2863/emenda_15_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2864/emenda_16_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2865/emenda_17_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2866/emenda_18_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2867/emenda_19_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2868/emenda_20_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacaode_aplicacaoemanutencaodistritolaranjadaterra..doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacaodeaplicacaodesaibroemterracorrida..doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacaodemanutencaonaruasebastiaodocarmo..doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacaodesituacaodapontedofelinho..doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao1reparacaodailuminacaoruaastrogildosilveira_-_copia.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao2reparacaodeumburacoruamilitinojosedelima.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao3reparacaodeumburacoruaauroraamaralfigueiredo.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao4construcaobueirorodoviacoronelleoncioemfrenteaoedgaraltopecas..docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2644/indicacao1calcamentonaruadopitordaeni..doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_do_carro_fumace_praca_vila_nova.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2646/indicacao2carrodofumacesedeedistritos..docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2647/indicacao3limpezaemanuntencaodacicloviaiunaenossasenhoradasgraca..docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2648/01indicacao02crieumaleiestacionamentorotativo..docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2649/02indicacao03limpezadebueiro..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2650/03indicacao4_carro_do_fumace_bairro_quilomboe_na_sede_do_municipio..docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2651/04indicacao1manuntencaoelimpezanocemiteriodepequia..doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2652/05indicacao6visitadomiliaragentedesaude.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2653/06indicao5dobebedoronoicc2024.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2654/07indicacaodamanutencaopatrolamentodomorroredondo2024.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2655/08faixadepedestrenovamente.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2656/09indicacao01limpezadebueiro..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2657/10indicacaocorrimaosaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2658/11indicacaodecorrimaosaovicentedepaulo.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2659/12reparodamanuntecaodagramasinteticacampobomdebola.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2660/13limpezapublicadosentulhodasede.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2661/indicacao01sinalizacaopararetiraraplacaproibidoestacionar..docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2662/indicacao02patrolamentoeaplicacaoderevisolpontequeligalaranjadaterraeminasgerais..docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2663/indicacao03ensaibramentonacomunidadecantinhodamissalaranjadaterra..docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao4colocarcorrimaoepostenaruasaovicentedepaula..docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao1manuntencaoelimpezanocemiteriodepequia..doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao2reparosnailuminacaopublicaruaraulcaetanodasilvaquilombo.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao3mamutencaonaunidade_de_saudedobairroquilombo..doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2668/indicacao04manutencaodecalcamentona_rua_yolandabatista_pimentel.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao05manutencaono_calcamento_na_rua_presbitero_davi_jose_dos_santos.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao06limpezapublicanarodoviamikeylchequer..doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2671/indicacao7reparoemanutencaonarodoviamikeylchequer..doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao8_asfalto_vila_nova.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2674/01mocaodeaplausosmissiuna.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2715/01indicacaorevsol.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2716/02indicacaopranchoes.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2717/03indicacaobomsucesso.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2718/04indicacaoreformaponte.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2719/05indicacaorevsolriopardinho.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2720/06indicacaobomsucessocerta.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2721/07indicacaorevsolcerta.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2722/08indicacaopontecorregomorroredondo.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2723/10indicacaoquebramolaviladosguedes.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2724/12indicacaobueiroviladosguedes.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2730/01reparoruahermanantoniodasilveira.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2731/02ruaastrogildosiveira.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2732/03casadovaldomiro.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2733/04ednasecretariadaeducacao.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2734/04ednasecretariadaeducacao.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2735/05entulhosdobairroquilombo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2736/06limpezaspelasruasdocentrodacidade.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2737/07reformadomurosaopaulo.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2738/08lavarasruasdacidade.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2739/09reparodocalcamentoemeiofio.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2740/10lixeiraruapedrogoncalves.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2741/11lixeirasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2742/12ruaipirangalixeira.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao05viassejapatroladasiguais..docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacaoaplicacaodesaibroemterracorrida..doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacaode_aplicacaomanuntecaoaltotrindade.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacaode_aplicacaomanuntecaobeirario.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacaode_aplicacaomanuntecaouberaba.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacaodetrocarlampadascorregodosossego.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacaosituacaodapontedofelinho..doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacaosituacaoquintinobocaiuva.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_-_conserto_rua_praca_nego_tiao.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_-_conserto_rua_quintino_bocaiuva.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2772/indicacao_-_lavagem_ruas_do_municipio_festa.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_limpeza_e_avenida_niteroi.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_-_limpeza_e_dedetizacao_rua_igreja_catolica.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_-_limpeza_rua_ataufo_de_souza.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_-_limpeza_trindade.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_-_poda_de_arvore_beira_rio.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_-_retirada_de_entulho_ao_lado_do_cemiterio_municipal.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2780/indicacao_-_retirada_de_entulho_rua_claudionor.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2781/indicacao_-_retirada_de_entulho_virada_agua_santa.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacaoreparo_iluminacao_avenida_niteroi.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacaoreparo_iluminacao_proximo_as_casas_populares.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacaoreparo_iluminacao_rua_assembleia_de_deus.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacaoreparo_terra_corrida.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2794/ind_02-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2795/ind_03-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_-_conserto_postinho_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_conserto_rua_pito.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_lavagem_avenida_sao_vicente_de_paula.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_manutencao_ginasio_principe.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_poda_de_arvore_beira_rio_..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_poda_de_arvore_beira_rio_2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_poda_de_arvore_guanabara.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reparo_colocar_lixeira_rua_raul_caetado_da_silva.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_reparo_iluminacao_rua_euclides_jose_martins.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_reparo_iluminacao_rua_pedro_justo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_reparo_ponte_barra_da_perdicao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_reparo_ponte_bom_sucesso.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_reparos_iluminacao_santa_clara_do_urbano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao10revisounocorregodospiloes.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao11trocadelampadassantaclara.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao12trocademanilhas.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao13visitaacumunidadeparavertrechosdaestrada.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao109reformacampobomdebola.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao110_aplicacaoderevisoumorodozezinho.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao111_aplicacaoderevisoumorodozeluizitaliano.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao112_aplicacaoderevisoumorodozerosa.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao113_aplicacaoderevisounomrodovaltertratador.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao114_aplicacaoderevisousaindodaigrejacatolica.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao115_aplicacaoderevisoupropriedadederlidaspanelas.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao116_aplicacaoderevisoucorregobomdestino.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao117_aplicacaoderevisoudivisacomosenhoroton.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao118_construcaocalcamentosaojoaodoprincipe.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2876/23102024_indicacao_reforma_mata-burro_pequia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2877/23102024_indicacao_retorno_escolinha_futebol_pequia.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2878/29102024_indicacao_patrolamento_estrada_bonsucesso.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2879/29102024_indicacao_patrolamento_estrada_boa_sorte.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2880/29102024_indicacao_patrolamento_estrada_barro_branco.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2788/projleicomplem_01_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2631/projleiord_01_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2632/projleiord_02_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2633/projleiord_03_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2635/projleiord_04_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2682/projleiord_05_2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2683/projleiord_06_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2684/projleiord_07_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2685/projleiord_08_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2689/projleiord_09_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2691/projleiord_10_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2692/projleiord_11_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2693/projleiord_12_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2707/projleiord_13_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2708/projleiord_14_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2709/projleiord_15_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2712/projleiord_16_2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2713/projleiord_17_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2789/projleiord_18_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2790/projleiord_19_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2791/projleiord_20_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2792/projleiord_21_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2793/projleiord_22_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2811/projleiord_23_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2812/projleiord_24_2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2832/projleiord_25_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2834/projleiord_26_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2835/projleiord_27_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2836/projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2837/projleiord_29_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2838/projleiord_30_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2839/projleiord_31_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2843/projleiord_32_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2844/projleiord_33_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2845/projleiord_34_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2846/projeto_de_lei_35-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2847/projleiord_36_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2848/projleiord_37_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2849/projleiord_38_2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2870/projleiord_39_2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2634/projresolucao_01_2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2688/projresolucao_02_2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2710/projresolucao_03_2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2711/projresolucao_04_2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2680/comoseencontraasituacaodapontedevargemalegre2024..docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2681/reuniaocomosfiscaisresponsavelpelaobradacesan..doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2705/requerimentobarragempequia.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2706/requerimentoinformacaoesapae.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2704/14mocaodeaplausosdaniel.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2703/13mocaodeaplausosluciano.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2702/12mocaodeaplausosleonardo.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2701/11mocaodeaplausosjonathan.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2699/10mocaodeaplausoshigor.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2698/09mocaodeaplausosgerson.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2697/08mocaodeaplausossergio.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2696/07mocaodeaplausosadriano.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2695/06mocaodeaplausoslulinha.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2725/02rainha_do_cafe.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2726/03requerimento_lu.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2727/01mocaodeaplausosdiasdasmaes.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2728/03mocaoaplausoskellysouzarodrigues.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2729/01indicacao05viassejapatroladasiguais..docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2743/01mocaodepesarclotildesfranciscadefreitas..docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2744/mocaoaplausojoseolimpio.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2745/mocaoaplausosluistome..docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2746/mocaode_aplausossilvioalexandre..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2747/mocaodeaplausolocutordaviamorim..docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2748/mocaodeaplausos_a_doroteia_cunha..docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2749/mocaodeaplausosadeildoguedes..docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2750/mocaodeaplausosdemetriusnascimento..docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2751/mocaodeaplausoseliasmigueldepaula..docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2752/mocaodeaplausosjoaobatista..docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2753/mocaodeaplausosmanoelarcangelo..docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2754/mocaodeaplausosrodolfopimentel..docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2755/mocaodeaplausoszelandia_roberta..docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2757/mocaodepesarmarlenemiranda..docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2758/mocaodepesarcosmenunesde_assis..docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2767/01reuniaocomosfiscaisresponsavelpelaobradacesan..doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_-_sessao_28-05-24.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2796/requerimento_geovan_e_adimilson.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2810/oficio_04-2024__-_dnit.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2827/02mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2828/05mocaodepesar_samuel_gomes_rodrigues.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2694/01mocaodeaplausosmissiuna.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2679/01mocaoaplausoskellysouzarodrigues.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2678/01requerimentomocaodepesarlucyemerick.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2677/04mocaodeaplausos3lugarmissiuna.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2676/03mocaodeaplausos2lugarmissiuna.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2675/02mocaodeaplausoscordenadora_do_eventosmissiuna.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2673/moccaodepesarpelofalecimentodojandairdasilva..docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2686/projdeclegislativo_01_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2690/projdeclegislativo__02_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2833/projdeclegislativo_03_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2850/prodeclegislativo_04_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2851/projdeclegislativo__05_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2852/projdeclegislativo__06_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2853/projdeclegislativo__07_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2871/projdeclegislativo_08_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2714/emenda_1_2024_projleiord_04_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2786/emenda_2_2024_projleiord_17_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2830/emenda_03_2024_projleicomplem_01_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2831/emenda_04_2024_projleiord_23_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2841/emenda_05_2024_projleiord_30_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2854/emenda_06_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2855/emenda_07_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2856/emenda_08_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2857/emenda_09_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2858/emenda_10_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2859/emenda_11_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2860/emenda_12_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2861/emenda_13_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2862/emenda_14_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2863/emenda_15_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2864/emenda_16_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2865/emenda_17_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2866/emenda_18_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2867/emenda_19_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2868/emenda_20_2024_projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2636/indicacaode_aplicacaoemanutencaodistritolaranjadaterra..doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2637/indicacaodeaplicacaodesaibroemterracorrida..doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2638/indicacaodemanutencaonaruasebastiaodocarmo..doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2639/indicacaodesituacaodapontedofelinho..doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2640/indicacao1reparacaodailuminacaoruaastrogildosilveira_-_copia.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2641/indicacao2reparacaodeumburacoruamilitinojosedelima.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2642/indicacao3reparacaodeumburacoruaauroraamaralfigueiredo.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2643/indicacao4construcaobueirorodoviacoronelleoncioemfrenteaoedgaraltopecas..docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2644/indicacao1calcamentonaruadopitordaeni..doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2645/indicacao_do_carro_fumace_praca_vila_nova.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2646/indicacao2carrodofumacesedeedistritos..docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2647/indicacao3limpezaemanuntencaodacicloviaiunaenossasenhoradasgraca..docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2648/01indicacao02crieumaleiestacionamentorotativo..docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2649/02indicacao03limpezadebueiro..docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2650/03indicacao4_carro_do_fumace_bairro_quilomboe_na_sede_do_municipio..docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2651/04indicacao1manuntencaoelimpezanocemiteriodepequia..doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2652/05indicacao6visitadomiliaragentedesaude.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2653/06indicao5dobebedoronoicc2024.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2654/07indicacaodamanutencaopatrolamentodomorroredondo2024.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2655/08faixadepedestrenovamente.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2656/09indicacao01limpezadebueiro..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2657/10indicacaocorrimaosaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2658/11indicacaodecorrimaosaovicentedepaulo.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2659/12reparodamanuntecaodagramasinteticacampobomdebola.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2660/13limpezapublicadosentulhodasede.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2661/indicacao01sinalizacaopararetiraraplacaproibidoestacionar..docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2662/indicacao02patrolamentoeaplicacaoderevisolpontequeligalaranjadaterraeminasgerais..docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2663/indicacao03ensaibramentonacomunidadecantinhodamissalaranjadaterra..docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2664/indicacao4colocarcorrimaoepostenaruasaovicentedepaula..docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2665/indicacao1manuntencaoelimpezanocemiteriodepequia..doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2666/indicacao2reparosnailuminacaopublicaruaraulcaetanodasilvaquilombo.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2667/indicacao3mamutencaonaunidade_de_saudedobairroquilombo..doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2668/indicacao04manutencaodecalcamentona_rua_yolandabatista_pimentel.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2669/indicacao05manutencaono_calcamento_na_rua_presbitero_davi_jose_dos_santos.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2670/indicacao06limpezapublicanarodoviamikeylchequer..doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2671/indicacao7reparoemanutencaonarodoviamikeylchequer..doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2672/indicacao8_asfalto_vila_nova.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2674/01mocaodeaplausosmissiuna.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2715/01indicacaorevsol.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2716/02indicacaopranchoes.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2717/03indicacaobomsucesso.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2718/04indicacaoreformaponte.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2719/05indicacaorevsolriopardinho.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2720/06indicacaobomsucessocerta.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2721/07indicacaorevsolcerta.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2722/08indicacaopontecorregomorroredondo.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2723/10indicacaoquebramolaviladosguedes.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2724/12indicacaobueiroviladosguedes.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2730/01reparoruahermanantoniodasilveira.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2731/02ruaastrogildosiveira.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2732/03casadovaldomiro.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2733/04ednasecretariadaeducacao.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2734/04ednasecretariadaeducacao.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2735/05entulhosdobairroquilombo.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2736/06limpezaspelasruasdocentrodacidade.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2737/07reformadomurosaopaulo.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2738/08lavarasruasdacidade.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2739/09reparodocalcamentoemeiofio.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2740/10lixeiraruapedrogoncalves.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2741/11lixeirasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2742/12ruaipirangalixeira.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2759/indicacao05viassejapatroladasiguais..docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2760/indicacaoaplicacaodesaibroemterracorrida..doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2761/indicacaode_aplicacaomanuntecaoaltotrindade.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2762/indicacaode_aplicacaomanuntecaobeirario.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2763/indicacaode_aplicacaomanuntecaouberaba.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2764/indicacaodetrocarlampadascorregodosossego.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2765/indicacaosituacaodapontedofelinho..doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2766/indicacaosituacaoquintinobocaiuva.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2770/indicacao_-_conserto_rua_praca_nego_tiao.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2771/indicacao_-_conserto_rua_quintino_bocaiuva.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2772/indicacao_-_lavagem_ruas_do_municipio_festa.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2773/indicacao_-_limpeza_e_avenida_niteroi.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2774/indicacao_-_limpeza_e_dedetizacao_rua_igreja_catolica.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2775/indicacao_-_limpeza_rua_ataufo_de_souza.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2776/indicacao_-_limpeza_trindade.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2777/indicacao_-_poda_de_arvore_beira_rio.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2778/indicacao_-_retirada_de_entulho_ao_lado_do_cemiterio_municipal.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2780/indicacao_-_retirada_de_entulho_rua_claudionor.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2781/indicacao_-_retirada_de_entulho_virada_agua_santa.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2782/indicacaoreparo_iluminacao_avenida_niteroi.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2783/indicacaoreparo_iluminacao_proximo_as_casas_populares.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2784/indicacaoreparo_iluminacao_rua_assembleia_de_deus.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2785/indicacaoreparo_terra_corrida.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2794/ind_02-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2795/ind_03-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2797/indicacao_-_conserto_postinho_rio_claro.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2798/indicacao_-_conserto_rua_pito.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2799/indicacao_-_lavagem_avenida_sao_vicente_de_paula.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2800/indicacao_-_manutencao_ginasio_principe.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2801/indicacao_-_poda_de_arvore_beira_rio_..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2802/indicacao_-_poda_de_arvore_beira_rio_2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2803/indicacao_-_poda_de_arvore_guanabara.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2804/indicacao_-_reparo_colocar_lixeira_rua_raul_caetado_da_silva.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2805/indicacao_-_reparo_iluminacao_rua_euclides_jose_martins.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2806/indicacao_-_reparo_iluminacao_rua_pedro_justo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2807/indicacao_-_reparo_ponte_barra_da_perdicao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2808/indicacao_-_reparo_ponte_bom_sucesso.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2809/indicacao_-_reparos_iluminacao_santa_clara_do_urbano.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2813/indicacao10revisounocorregodospiloes.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2814/indicacao11trocadelampadassantaclara.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2815/indicacao12trocademanilhas.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2816/indicacao13visitaacumunidadeparavertrechosdaestrada.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2817/indicacao109reformacampobomdebola.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2818/indicacao110_aplicacaoderevisoumorodozezinho.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2819/indicacao111_aplicacaoderevisoumorodozeluizitaliano.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2820/indicacao112_aplicacaoderevisoumorodozerosa.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2821/indicacao113_aplicacaoderevisounomrodovaltertratador.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2822/indicacao114_aplicacaoderevisousaindodaigrejacatolica.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2823/indicacao115_aplicacaoderevisoupropriedadederlidaspanelas.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2824/indicacao116_aplicacaoderevisoucorregobomdestino.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2825/indicacao117_aplicacaoderevisoudivisacomosenhoroton.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2826/indicacao118_construcaocalcamentosaojoaodoprincipe.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2876/23102024_indicacao_reforma_mata-burro_pequia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2877/23102024_indicacao_retorno_escolinha_futebol_pequia.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2878/29102024_indicacao_patrolamento_estrada_bonsucesso.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2879/29102024_indicacao_patrolamento_estrada_boa_sorte.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2880/29102024_indicacao_patrolamento_estrada_barro_branco.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2788/projleicomplem_01_2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2631/projleiord_01_2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2632/projleiord_02_2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2633/projleiord_03_2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2635/projleiord_04_2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2682/projleiord_05_2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2683/projleiord_06_2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2684/projleiord_07_2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2685/projleiord_08_2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2689/projleiord_09_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2691/projleiord_10_2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2692/projleiord_11_2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2693/projleiord_12_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2707/projleiord_13_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2708/projleiord_14_2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2709/projleiord_15_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2712/projleiord_16_2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2713/projleiord_17_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2789/projleiord_18_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2790/projleiord_19_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2791/projleiord_20_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2792/projleiord_21_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2793/projleiord_22_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2811/projleiord_23_2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2812/projleiord_24_2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2832/projleiord_25_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2834/projleiord_26_2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2835/projleiord_27_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2836/projleiord_28_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2837/projleiord_29_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2838/projleiord_30_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2839/projleiord_31_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2843/projleiord_32_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2844/projleiord_33_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2845/projleiord_34_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2846/projeto_de_lei_35-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2847/projleiord_36_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2848/projleiord_37_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2849/projleiord_38_2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2870/projleiord_39_2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2634/projresolucao_01_2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2688/projresolucao_02_2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2710/projresolucao_03_2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2711/projresolucao_04_2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2680/comoseencontraasituacaodapontedevargemalegre2024..docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2681/reuniaocomosfiscaisresponsavelpelaobradacesan..doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2705/requerimentobarragempequia.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2706/requerimentoinformacaoesapae.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2704/14mocaodeaplausosdaniel.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2703/13mocaodeaplausosluciano.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2702/12mocaodeaplausosleonardo.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2701/11mocaodeaplausosjonathan.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2699/10mocaodeaplausoshigor.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2698/09mocaodeaplausosgerson.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2697/08mocaodeaplausossergio.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2696/07mocaodeaplausosadriano.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2695/06mocaodeaplausoslulinha.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2725/02rainha_do_cafe.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2726/03requerimento_lu.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2727/01mocaodeaplausosdiasdasmaes.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2728/03mocaoaplausoskellysouzarodrigues.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2729/01indicacao05viassejapatroladasiguais..docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2743/01mocaodepesarclotildesfranciscadefreitas..docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2744/mocaoaplausojoseolimpio.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2745/mocaoaplausosluistome..docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2746/mocaode_aplausossilvioalexandre..docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2747/mocaodeaplausolocutordaviamorim..docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2748/mocaodeaplausos_a_doroteia_cunha..docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2749/mocaodeaplausosadeildoguedes..docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2750/mocaodeaplausosdemetriusnascimento..docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2751/mocaodeaplausoseliasmigueldepaula..docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2752/mocaodeaplausosjoaobatista..docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2753/mocaodeaplausosmanoelarcangelo..docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2754/mocaodeaplausosrodolfopimentel..docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2755/mocaodeaplausoszelandia_roberta..docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2757/mocaodepesarmarlenemiranda..docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2758/mocaodepesarcosmenunesde_assis..docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2767/01reuniaocomosfiscaisresponsavelpelaobradacesan..doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2768/requerimento_-_sessao_28-05-24.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2796/requerimento_geovan_e_adimilson.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2810/oficio_04-2024__-_dnit.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2827/02mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2828/05mocaodepesar_samuel_gomes_rodrigues.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2694/01mocaodeaplausosmissiuna.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2679/01mocaoaplausoskellysouzarodrigues.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2678/01requerimentomocaodepesarlucyemerick.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2677/04mocaodeaplausos3lugarmissiuna.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2676/03mocaodeaplausos2lugarmissiuna.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2675/02mocaodeaplausoscordenadora_do_eventosmissiuna.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2024/2673/moccaodepesarpelofalecimentodojandairdasilva..docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>