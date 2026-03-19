--- v0 (2025-11-17)
+++ v1 (2026-03-19)
@@ -54,3888 +54,3888 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOOSP - Comissão de Finanças, Orçamento, Obras e Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2263/projdeclegisl_01_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2263/projdeclegisl_01_2023.pdf</t>
   </si>
   <si>
     <t>APROVA COM RESSALVA A CONTA ANUAL DE PREFEITO, ESTADO DO ESPÍRITO SANTO, ANO DE 2019.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emmanuel Garcia de Amorim, Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2519/declegislativo_02_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2519/declegislativo_02_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA SUBTENENTE PAULO SÉRGIO TORQUATO LEPRE.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adimilson de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2593/declegislativo_03_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2593/declegislativo_03_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO IUNENSE DE 2023.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2594/declegislativo_04_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2594/declegislativo_04_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE PRESENTE.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2595/declegislativo_05_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2595/declegislativo_05_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ IUNENSE AUSENTE.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2596/declegislativo_06_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2596/declegislativo_06_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE COMENDA PARLAMENTAR DO RIO PARDO.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Adimilson de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2597/emenda_01_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2597/emenda_01_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 01 AO PROJETO DE LEI ORDINÁRIA 57/2023, RECURSO PARA EVENTO CULTURAL DA ACADEMIA IUNENSE DE LETRAS</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Adimilson de Sousa, Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2598/emenda_02_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2598/emenda_02_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 02 AO PROJETO DE LEI ORDINÁRIA 57/2023 RECURSO PARA MANUTENÇÃO DAS SESSÕES SOLENES DA CÂMARA.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2599/emenda_03_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2599/emenda_03_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 03 AO PROJETO DE LEI ORDINÁRIA 57/2023 AJUDA AOS DESPORTISTA.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2600/emenda_04_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2600/emenda_04_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI ORDINÁRIA 57/2023 FESTA DAS MULHERES SERTANEJAS.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>Emerson da Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2601/emenda_05_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2601/emenda_05_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI ORDINÁRIA 57/2023 MODIFICA O ARTIGO 9°.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2602/emenda_06_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2602/emenda_06_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 06 AO PROJETO DE LEI ORDINÁRIA 57/2023 MODIFICA O ARTIGO 11.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2603/emenda_07_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2603/emenda_07_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI ORDINÁRIA 57/2023 CONSTRUÇAO DE PONTE COMUNIDADE DE SANTA CLARA.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2604/emenda_08_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2604/emenda_08_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI ORDINÁRIA 57/2023 CONSTRUÇÃO DE PONTE NA COMUNIDADE DE SANTA CLARA.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2605/emenda_09_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2605/emenda_09_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2606/emenda_10_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2606/emenda_10_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI ORDINÁRIA 57/2023 CONSTRUÇÃO DE 02 VESTIÁRIOS COMUNIDADE DE SANTA CLARA.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2607/emenda_11_proj_57_2023_orcamento_2024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2607/emenda_11_proj_57_2023_orcamento_2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PROJETO DE LEI ORDINÁRIA 57/2023 CONSTRUÇÃO DE ALAMBRADO COMUNIDADE DE SANTA CLARA.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emerson da Silva Santos, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/</t>
+    <t>http://sapl.iuna.es.leg.br/media/</t>
   </si>
   <si>
     <t>SUPRIME ARTIGO DO PROJETO DE LEI COMPLEMENTAR Nº 14/2023</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>ACRESCENTAR ARTIGO AO PROJETO DE LEI Nº 61/2023</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Altera a redação do artigo terceiro do Projeto de Lei Ordinária nº 71/2023</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacaocalcamentodepequia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacaocalcamentodepequia.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar o calçamento na rua projetada, próximo ao cemitério, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacaocalcamentodepequiaproximoacesan.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacaocalcamentodepequiaproximoacesan.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar o calçamento na rua projetada, próximo a cesan, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2266/indicacaosubstituicaodelampadasqueimadas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2266/indicacaosubstituicaodelampadasqueimadas.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar a manutenção e substituição das lâmpadas queimadas, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2267/indicacao01reparosnailuminacaopublicanaicc.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2267/indicacao01reparosnailuminacaopublicanaicc.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, reparo e manutenção na iluminação pública na Rodovia Estadual Mikael Chequer, trecho no qual várias pessoas utilizam para realizar caminhadas até o ICC, pois a passarela de caminhada encontra-se totalmente escura em alguns pontos, e sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao02podadearvoresicc.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao02podadearvoresicc.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes, a efetuar a poda dos galhos de árvores na Rodovia Estadual Mikael Chequer, trecho que compreende a passarela de pedestres entre o atacarejo e o “ICC”, no qual diversas pessoas utilizam para realizar caminhadas, sendo em que alguns pontos os galhos estão escondendo os postes, prejudicando a iluminação pública.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao03refletoresbasebombeiros.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao03refletoresbasebombeiros.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a efetuar a troca de refletores na base do corpo de Bombeiros e SAMU, pois, não estão funcionando e assim ocasionando transtorno aos militares do Bombeiro e aos Profissionais do SAMU no período noturno, dificultando a saída dos mesmos à noite, sendo assim, a importância de realizar o serviço, para melhor atender a nossa Comunidade.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao04manutencaobanheirobasebombeiro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao04manutencaobanheirobasebombeiro.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a efetuar a manutenção no banheiro do corpo de Bombeiro, pois o mesmo vem ocasionando grande infiltração no teto da Base do SAMU, causando transtorno aos profissionais e ainda risco na estrutura física.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao05retiradatroncodeaarvore.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao05retiradatroncodeaarvore.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo, Senhor, Manoel Arcangelo Rafael Gomes a providenciar juntamente com sua equipe de trabalho a retirada de tronco de árvore que se encontra no calçadão na Rua Prefeito Antônio Lacerda, próximo a Secretaria de Saúde. Pois, devido às fortes chuvas, pode acontecer de cair novamente no rio, além de ocasionar riscos aos pedestres que utilizam o calçadão para caminharem.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao06pisosalarialenfermagem.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao06pisosalarialenfermagem.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja implantado a partir do mês de vigente do corrente ano o Piso Salarial dos Profissionais de Enfermagem do Município de Iúna (efetivos e os da Santa Casa de Iúna), conforme a Lei 14.434 de Agosto de 2022, bem como a Emenda Constitucional Nº124 de Julho de 2022. Mesmo diante dos entraves do STF, diversos municípios já regulamentaram e implementaram a lei, valorizando os profissionais de enfermagem, através do pagamento do piso no contracheque.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao07brinquedospcakideliciavilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao07brinquedospcakideliciavilanova.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a realizar, a providenciar e instalar novos brinquedos na Praça em frente ao Ki Delicia, no Bairro Vila Nova, para maior conforto e segurança das crianças que utilizam o espaço público, pois, os brinquedos se encontram todos danificados, ocasionando acidentes entre as crianças. Assim se faz necessário a troca geral dos brinquedos, com urgência.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao08brinquedospcaguanabara.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao08brinquedospcaguanabara.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a providenciar a instalação de novos brinquedos, que atendam as expectativas de segurança, na PRAÇA DO BAIRRO GUANABARA próximo a Doctum, para maior conforto das crianças que utilizam o espaço público. Pois, quando se tem um espaço público bom, as crianças fazem amigos, convivem com diferenças, exercitam a tolerância, a solidariedade e a empatia, além de aprenderem a lidar com suas, assim o lazer agrega conhecimento e alegria.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao09trocabrinquedospcaquilombo.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao09trocabrinquedospcaquilombo.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a providenciar a instalação de novos brinquedos na Praça do Bairro Quilombo ao lado da Associação São Vicente de Paula, para maior conforto e segurança das crianças que utilizam o espaço público. _x000D_
 A hora do parquinho é o momento mais querido e esperado por todas as crianças. Brincar capacita a criança a resolver problemas, tomar decisões, explorar, negociar e expressar-se em situações que são relevantes e significativas para elas. Por isso, a importância de ser um bom parquinho em todas as praças do nosso município.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao10brinquedospcaferreiravale.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao10brinquedospcaferreiravale.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a realizar, a providenciar e instalar novos brinquedos na Praça no Bairro Ferreira Vale._x000D_
 Os parquinhos infantis são muito importantes para o desenvolvimento das crianças. Mais do que um passatempo divertido, o parquinho nas praças também ajuda na coordenação motora, na socialização da criança e na percepção do mundo que tem à sua volta. _x000D_
 Assim se faz necessário a troca geral dos brinquedos, com urgência.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2277/indicacao11brinquedospcavilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2277/indicacao11brinquedospcavilanova.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a realizar, a providenciar e instalar novos brinquedos na Praça em frente à Igreja Católica Sagrado Coração de Jesus, no Bairro Vila Nova, para maior conforto e segurança das crianças que utilizam o espaço público, pois, os brinquedos se encontram todos danificados, ocasionando acidentes entre as crianças. Os parquinhos infantis são muito importantes para o desenvolvimento das crianças. Mais do que um passatempo divertido, o parquinho nas praças também ajuda na coordenação motora, na socialização da criança e na percepção do mundo que tem à sua volta. Assim se faz necessário a troca geral dos brinquedos, com urgência.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao12reparosnasestradasdoaltotrindade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao12reparosnasestradasdoaltotrindade.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transportes, Senhor Adriano Salviete da Silva, que possa realizar juntamente com sua equipe de trabalho, reparo e manutenção nas estradas da Comunidade do Alto Trindade devido as péssimas condições das mesmas e principalmente ao relato de vários moradores que o transporte escolar não está conseguindo chegar, ocasionando um grande transtorno, pois muitas crianças estão ficando sem ir as aulas, devido à dificuldade de trânsito nas estradas.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao13secretariadesaude.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao13secretariadesaude.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Saúde, Senhor Durval Dias Santiago da Silva Junior, em caráter de urgência, reinaugurar a Unidade de Apoio a Saúde do Bairro Ferreira Vale, para melhor atender a comunidade de Iúna.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2280/indicacao14miutiraodengue.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2280/indicacao14miutiraodengue.doc</t>
   </si>
   <si>
     <t>Estamos passando por situações delicadas no município, principalmente no Distrito de Pequiá com relação ao número de casos de dengue. Precisamos fortalecer a luta e o combate ao Mosquito Aedes Aegypti. Pois, um mosquito não é mais forte que um município inteiro. Assim, solicito em caráter de urgência, que possa realizar um Mutirão em conjunto com a Secretaria de Infraestrutura e Serviços Urbanos e em parceria com toda a Comunidade de Pequiá a Campanha Todos Contra a Dengue. Não vamos deixar a Dengue crescer, a luta é todos nós! Sugiro um trabalho com todos os agentes comunitários de saúde para educação em saúde nas casas, palestras educativas na escola, mutirão de limpeza e reforço do Fumacê._x000D_
 DENGUE-O problema é de todos e a solução também!</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao15patrolamento_e_ensaibramentocantinho_da_saudadepequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao15patrolamento_e_ensaibramentocantinho_da_saudadepequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal,_x000D_
 _x000D_
 Que devido ao péssimo estado das estradas do Córrego Cantinho da Saudade em Pequiá, ocasionando grande transtorno aos moradores da localidade devido aos diversos buracos, ficando quase que intransitável a estrada, dificultando o acesso e o direito de ir e vir das pessoas, no qual temos muitos moradores idosos, que em momento de saúde precisam de um trânsito mais rápido pelas estradas, acabam sendo prejudicadas, pelas condições das estradas, assim, sendo que se realize em caráter de urgência patrolamento e ensaibramento.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao16patrolamento_e_ensaibramentopequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao16patrolamento_e_ensaibramentopequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal,_x000D_
 _x000D_
 Que devido ao péssimo estado das estradas do Córrego do Vila em Pequiá, ocasionando grande transtorno aos moradores da localidade devido aos diversos buracos, ficando quase que intransitável a estrada, dificultando o acesso e o direito de ir e vir das pessoas, no qual temos muitos moradores idosos, que em momento de saúde precisam de um trânsito mais rápido pelas estradas, acabam sendo prejudicadas, pelas condições das estradas, assim, sendo que se realize em caráter de urgência patrolamento e ensaibramento.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2283/indicacao17patrolamento_e_ensaibramentoaltotrindade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2283/indicacao17patrolamento_e_ensaibramentoaltotrindade.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal._x000D_
 _x000D_
 Que devido ao péssimo estado das estradas do Córrego Alto Trindade, ocasionando grande transtorno aos moradores da localidade devido aos diversos buracos, ficando quase que intransitável a estrada, dificultando o acesso e o direito de ir e vir das pessoas, no qual temos muitos moradores idosos, que em momento de saúde precisam de um trânsito mais rápido pelas estradas, acabam sendo prejudicadas, pelas condições das estradas, assim, sendo que se realize em caráter de urgência patrolamento e ensaibramento.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2284/indicacao01manutencaoruasaovicentedepaula.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2284/indicacao01manutencaoruasaovicentedepaula.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar a manutenção do calçamento da Rua São Vicente de Paula, Bairro do Quilombo, próximo ao murão.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2285/indicacao02estacionamentorotativo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2285/indicacao02estacionamentorotativo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Gestão e Planejamento da Municipalidade, Senhor Waldren Marcelo Oliveira, providenciar juntamente com o órgão responsável do nosso Estado, estudos no sentido de viabilizar a implantação de Estacionamento Rotativo em Iúna, tendo em vista que com o crescente número de veículos as vagas se tornaram insuficiente para a população, principalmente no centro, onde proprietários de veículos ocupam vagas o dia todo,  fato que prejudica os proprietários de veículos que necessitam para uso por período reduzido.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Helton Amorim Cunha</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao01manilhamentonobairroniteroi.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao01manilhamentonobairroniteroi.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino da Silva para providenciar juntamente com sua equipe de trabalho, manilhamento para escoar as águas pluviais e lamas que descem no Bairro Niterói, próximo ao Edgar Auto Peças. Que a Prefeitura tome providências o mais rápido possível, pois está trazendo transtornos e preocupações aos comerciantes, moradores e quem por lá trafega.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao02manilhamentocorregodosveados.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao02manilhamentocorregodosveados.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Interior e Transportes, Senhor Adriano Salviete da Silva para providenciar juntamente com sua equipe de trabalho, patrolhamento, manilhamento e ensaibramento das estradas rurais do Córrego dos Veados próximo a residência do Sr Nilson Rosa. Que a Prefeitura tome providências o mais rápido possível, pois está trazendo transtornos e preocupações aos moradores e quem por lá trafegam.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao03limpezadaruaantoniobelodossantos.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao03limpezadaruaantoniobelodossantos.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Meio Ambiente, Limpeza Pública e Turismo, Senhor Manoel Arcangelo Rafael Gomes para providenciar juntamente com sua equipe de trabalho, a limpeza da Rua Antônio Belo dos Santos, próximo a casa do servidor público Darlan da Silva Barglini._x000D_
 Que a Prefeitura tome providências o mais rápido possível, pois está trazendo transtornos e preocupações aos +-moradores e quem por lá trafega.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao04manilhamentocorregosantoantonio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao04manilhamentocorregosantoantonio.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Interior e Transportes, Senhor Adriano Salviete da Silva para providenciar juntamente com sua equipe de trabalho, patrolhamento, manilhamento e ensaibramento das estradas rurais do Córrego Santo Antônio, próximo ao Sr Atim Florindo à esquerda, em frente ao Galaor Rios, próximo a residência da Sra. Nauzina._x000D_
 Que a Prefeitura tome providências o mais rápido possível, pois está trazendo transtornos e preocupações aos moradores e quem por lá trafegam.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao05patrolamentovilasaocristovao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao05patrolamentovilasaocristovao.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Interior e Transportes, Senhor Adriano Salviete da Silva para providenciar juntamente com sua equipe de trabalho, patrolamento e calçamento na Vila São Cristóvão.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a providenciar poda de árvores em frente a Prefeitura Municipal, as mesmas estão dificultando a visão das placas de sinalização de vagas para idosos e pessoas com deficiência, causando transtorno aos transeuntes.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacaomudancaderedeeletrica.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacaomudancaderedeeletrica.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de realizar pedido de mudança de rede elétrica, na Rua Quintino Bocaiúva, ao lado do Supermercado Central, obra do Gilmar da mercearia.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o patrolamento na estrada que dá acesso ao banco da terra, passando em frente ao alambique do falecido Loterin.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2294/indicacaopatrolamentoeensaibramentodasviasrurais.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2294/indicacaopatrolamentoeensaibramentodasviasrurais.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o ensaibramento e patrolamento na Comunidades Rurais do município, em especial as que possuem linhas de aluno, facilitando o acesso do transporte escolar.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacaoreformadebueirobarrobranco.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacaoreformadebueirobarrobranco.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a reforma do bueiro, com substituição de manilhas 080, que atravessa a propriedade do Sr Aladin  na comunidade do Barro Branco.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacaoreformadebueirosantacalaradourbano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacaoreformadebueirosantacalaradourbano.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a reforma de bueiro, com substituição de manilhas 060 na Comunidade de Santa Clara do Urbano, propriedade do Sr Sebastião dos Santos, divisa com Valdécio.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacaoreformadebueirosantacalaradourbanoaparecidaventura.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacaoreformadebueirosantacalaradourbanoaparecidaventura.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a reforma de bueiro, com substituição de manilhas 060 na Comunidade de Santa Clara do Urbano, Córrego Pedregulho, na estrada que corta a propriedade da Sra Aparecida Ventura.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacaotrocadepranchaoereformadaponte.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacaotrocadepranchaoereformadaponte.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a troca de pranchão e reforma da ponte, próximo a propriedade do Sr José Braga, Comunidade São João do Príncipe.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao01calcamentomorroterracorrida.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao01calcamentomorroterracorrida.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que o Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, informe quando será o início das obras de calçamento do morro da comunidade Terra Corrida, sentido Alto Terra Corrida.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao01limpezadasruasdomunicipio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao01limpezadasruasdomunicipio.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue: _x000D_
 _x000D_
 Que seja determinado ao Secretário Municipal de Meio Ambiente, Limpeza Pública e Turismo, Senhor Manoel Arcangelo Rafael Gomes, a limpeza das ruas do município, pois as mesmas se encontram com muito mato e lixo.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao02calcamentodaruaquintinobocaiuva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao02calcamentodaruaquintinobocaiuva.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que o Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, informe quando será o início das obras de pavimentação da Rua Quintino Bocaiúva sentido Gildo Madeiras.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2302/indicacao03calcamentovilasaocristovao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2302/indicacao03calcamentovilasaocristovao.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que o Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, informe quando será o início das obras de calçamento da Vila São Cristóvão.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2303/indicacao04iluminacaobairronossasradapenha.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2303/indicacao04iluminacaobairronossasradapenha.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue: _x000D_
 _x000D_
 Que seja determinado ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino da Silva a manutenção da rede de iluminação do Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2304/indicacao05manutencaodaruaatalibajosedebarros.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2304/indicacao05manutencaodaruaatalibajosedebarros.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue: _x000D_
 _x000D_
 Que seja determinado ao Secretário Municipal de Infraestrutura e Serviços Urbanos, o Senhor Leandro Lino da Silva, a manutenção na Rua Ataliba José de Barros.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao06manutencaodaestradabeirariopequia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao06manutencaodaestradabeirariopequia.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue: _x000D_
 _x000D_
 Que seja determinado ao Secretário Municipal de Infraestrutura e Serviços Urbanos, o Senhor Leandro Lino da Silva, a manutenção da estrada Beira Rio, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao07manutencaodaestradeuberaba.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao07manutencaodaestradeuberaba.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue: _x000D_
 _x000D_
 Que seja determinado ao Secretário Municipal de Infraestrutura e Serviços Urbanos, o Senhor Leandro Lino da Silva, a manutenção da estrada em Uberaba, sentido Alto Trindade, entrando depois de Uberaba na oficina do Vandeco, perto do Carlinhos que trabalha com verduras.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacaomanutencaodeestradastrindadealtotrindade.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacaomanutencaodeestradastrindadealtotrindade.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue: _x000D_
 _x000D_
 Que seja determinado ao Secretário Municipal de Interior e transportes o Senhor Adriano Salviete da Silva, a manutenção das estradas da Comunidade de Trindade, em direção a Alto Trindade.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2308/indicacaopatrolamentocorregodareserva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2308/indicacaopatrolamentocorregodareserva.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o patrolamento, das estradas municipais do Córrego da Reserva, Distrito de Santíssima Trindade.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2309/indicacaoreparosnailuminacaonorrodaviladosguedes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2309/indicacaoreparosnailuminacaonorrodaviladosguedes.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de providenciar a manutenção da iluminação no Morro da Vila dos Gudes.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacaoreparosnailuminacaonossasenhoradasgracas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacaoreparosnailuminacaonossasenhoradasgracas.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de providenciar a manutenção da iluminação na rua da Igreja Maranata no Distrito Nossa Senhora das graças.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacaoreparosnailuminacaopracanamirangelo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacaoreparosnailuminacaopracanamirangelo.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de providenciar a manutenção da iluminação da Praça Prefeito Namir Ângelo Gonçalves.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2312/indicacaomudancaderedeeletrica.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2312/indicacaomudancaderedeeletrica.docx</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacaopito.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacaopito.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar reparo no calçamento na Rua Quintino Bocaiúva, no Bairro do Pito, próximo ao bar do Eni até a casa do Senhor João Evaristo.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2331/indicacao18calcamentopracadoctum.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2331/indicacao18calcamentopracadoctum.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que possa realizar o calçamento na Rua que fica ao entorno da Praça Slayme Chequer Bou-Habib (próximo a Doctum), ligando toda a avenida. Pois, devido ao funcionamento de 4 escolas próximas, mais posto de saúde e praça de lazer, sendo assim, o número de veículos aumentou consideravelmente nesse trecho, e atendendo as diversas solicitações de pais e moradores da comunidade, estão trazendo diversos transtornos, além da poeira. Que se faça em caráter de urgência, para melhorar o fluxo dos veículos, assim dando maior segurança aos motoristas, motociclistas e transporte universitário que utilizam essas vias para transitarem. Melhorando ainda para os moradores próximo a praça, que sofrem com a poeira em suas residências.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao19segurancaescola.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao19segurancaescola.doc</t>
   </si>
   <si>
     <t>Vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite a Secretária Municipal de Educação e Esportes Senhora Edna Fonseca, para viabilizar em caráter de urgência a possibilidade de colocar vigilantes em todas as escolas do município, bem como a instalação de catracas para identificação, câmeras de circuito interno, detector de metais, para que assim possamos adotar todas as medidas de segurança, para tranquilizarmos todas as famílias Iunenses. Pois, devido ao acontecimento em Blumenau, se instaurou um pânico total entre os pais. Assim, que se faça um trabalho junto aos diretores, coordenadores, professores e servidores das escolas, quanto a orientação para que os pais possam vistoriar as mochilas de seus filhos e proibir a entrada de qualquer objeto perfurocortante que possa se tornar uma arma, exemplo o estilete para realizar pontas em lápis. Pois nesse momento de incerteza e insegurança</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao20calcamentoruraleaplicacaorevsol.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao20calcamentoruraleaplicacaorevsol.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que possa realizar na comunidade do Fama, Cantinho da Saudade e Tinguaçiba o calçamento rural ou aplicação do revsol, pois os moradores dessas localidades têm sofrido nos períodos chuvosos e também após as chuvas, pois as estradas ficam totalmente danificadas, quase  que intransitáveis, ocasionando dificuldade de acesso aos moradores e nesse momento próximo a colheita de café, é de suma importância que as estradas estejam em boas condições para que nossos produtores tenha acesso digno, sem  esquecer de mencionar o transporte escolar, que as vezes não chegar em seu destino, fazendo com que as crianças tenha que andar uma longa distância, seja na chuva, no barro, trazendo preocupação aos pais. Por fim, que seja atendido em caráter de urgência esse pedido, que foi feito pela comunidade.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transportes, Senhor Adriano Salviete da Silva, que seja realizado o patrolamento e ensaibramento nas estradas rurais Morro Redondo, devido as péssimas condições de passagem, ocasionando dificuldades de acesso à comunidade e do transporte escolar. Vale ressaltar que chegamos a época da colheita e necessário se faz ter estradas em boas condições de transitar.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2335/indicacao22limpezadistritopequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2335/indicacao22limpezadistritopequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes, que seja realizado mutirão de limpeza  dentro do Distrito de Pequiá, com caminhão pipa, lavando as ruas, retirada de entulhos, pintura de meios-fios, ofertando assim melhorias e dignidade para todos os moradores do Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao23manuntencaoetrocasdetodasaslampadasdistritopequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao23manuntencaoetrocasdetodasaslampadasdistritopequia.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, que seja realizado a manutenção e trocas de todas as lâmpadas queimadas dentro do distrito de Pequiá, pois a comunidade, passa por momento de insegurança devido as ruas escuras.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao24aquisicaoambulancia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao24aquisicaoambulancia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a necessidade de adquirir uma ambulância nova, pois em visita e fiscalização feita as ambulâncias do município, ficou evidenciado que as mesmas estão em condições precárias de uso, oferecendo insegurança aos nossos motoristas, além de oferecer risco de acidentes nos trajetos, bem como, colocando em risco os pacientes que necessitam do transporte. Pois, temos exemplos verídicos de transferência realizada e a ambulância apresentar defeitos no percurso, não conseguindo concluir o seu trajeto, tendo de pegar ambulância emprestada com outro município para conseguir efetuar a transferência do paciente. Em defesa de nossos servidores públicos “motoristas” e dos usuários do “SUS” que necessitam de transferência, é que solicito em caráter de urgência a compra do referido veículo.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao25calcamentopequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao25calcamentopequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência Prefeito Municipal, atendendo ao pedido da Comunidade, solicito que possa realizar o calçamento no Distrito de Pequiá, na estrada que dá acesso as casas próximas ao campo de futebol, sentido a Cesan. Melhorando as condições das pessoas que necessitam passar por essa via, pois em período chuvoso, devido ao barro na estrada, fica intransitável, ocasionando transtorno e dificuldade de acesso aos moradores. Para garantir em direito constitucional de ir e vir é que se faz necessário realizar o calçamento o mais rápido possível.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2339/indicacao26limpezaruacemiterio.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2339/indicacao26limpezaruacemiterio.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes, atendendo o pedido de diversos moradores, solicito a limpeza na Rua do Cemitério, no qual possui muito lixo e entulho, o que tem ocasionando odor, causando transtorno aos moradores locais, além do risco de proliferação do mosquito causador da DENGUE, que tem levado medo e insegurança as pessoas. Assim, justifica o atendimento, por se tornar um problema de saúde pública.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao27manuntencaoestradas.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao27manuntencaoestradas.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, solicito a manutenção das estradas que dão acesso a comunidade de Tinguaciba, pois iniciou o serviço aproximadamente  vinte (20) dias atrás , porém não retornaram para concluir, resultando ainda mais na piora das estradas , dificultando o transporte escolar de ter acesso as nossas crianças, bem com ocasionando um enorme transtorno aos moradores da localidade. Ressalto, que chegamos o período da colheita, no qual precisamos beneficiar nossos produtores, através de uma boa condição das estradas.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao03costrucaocanaletasdascasinhaspopulares.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao03costrucaocanaletasdascasinhaspopulares.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar a construção de canaletas próximo, das casinhas populares do bairro Guanabara.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao04documentacaodascasinhaspopulares.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao04documentacaodascasinhaspopulares.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine a Secretária de Assistência e Desenvolvimento Social ,Sr.ª Lusmar Souza da Cunha Vieira, a informar como está a situação da emissão da documentação das casinhas populares do Bairro Guanabara.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao07segurancaparaescola.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao07segurancaparaescola.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Educação e Esporte da Municipalidade Senhora Edna Viana da Fonseca a providenciar a contratação de seguranças para todas as Escolas e Creches do município</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao08consertoalambrado.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao08consertoalambrado.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Educação e Esporte da Municipalidade Senhora Edna Viana da Fonseca a providenciar a manutenção do alambrado da CEMEI Professora Maria da Penha Amorim, que está caindo podendo causar acidentes com as crianças.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao09manuntencaodeponte.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao09manuntencaodeponte.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transportes, Sr Adriano Salviete da Silva a providenciar a manutenção da ponte, no Córrego Bom Sucesso (Ponte dos Analectos), que devido a tromba d’agua foi totalmente destruída._x000D_
 _x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao10limpezaderua.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao10limpezaderua.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Meio Ambiente e Limpeza Pública, Senhor Manoel Arcangelo Rafael Gomes para providenciar juntamente com sua equipe de trabalho, a limpeza da rua em cima da fabrica de móveis do Acrisio, no Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao11patrolamentoeensaibramento.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao11patrolamentoeensaibramento.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Interior e Transportes, Senhor Adriano Salviete da Silva, patrolamento e ensaibramento no córrego Boa Esperança, da fazenda do Jonathan até o Wilson.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao12manuntencaodeponteromildogodinho.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao12manuntencaodeponteromildogodinho.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue:_x000D_
 Que seja determinado ao Secretário de Interior e Transportes, Sr Adriano Salviete da Silva a providenciar a manutenção da ponte localizada no sitio do Romildo Godinho.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacaoareaparaprovadodetran.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacaoareaparaprovadodetran.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, juntamente com a Secretaria de Gestão e Finanças Sr Waldrem Marcelo de Oliveira, que providencie uma área aprovada pelo DETRAN para que possa ser realizado, os treinamentos e as provas de motos, carros e ônibus de todos os Centros de Treinamentos de Condutores do município.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacaoensaibramentotristesorte.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacaoensaibramentotristesorte.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o encaibramento nas estradas principais na Triste Sorte, na Comunidade do Morro Redondo.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2351/indicacaogestaowaldrem.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2351/indicacaogestaowaldrem.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário Gestão, Planejamento e Finanças da Municipalidade, Senhor Waldrem Marcelo Oliveira, juntamente com sua equipe de trabalho que providencie uma área coberta, que seja autorizado pelo órgão competente, Corpo de Bombeiros, para possa realizar Torneio de Canto de Pássaros, movimento o comercio local.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2352/indicacaolaranjaterrapatrolamento.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2352/indicacaolaranjaterrapatrolamento.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o patrolamento e ensaibramento em Laranja da Terra, passando pela Padaria e terminando na Beira Rio em Pequiá, devido as chuvas a estrada existe pontos críticos e dificultando a passagem do transporte escolar.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2353/indicacaoreparobueirotinguaciba.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2353/indicacaoreparobueirotinguaciba.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o reparo de bueiro na localidade de Tinguaciba, próximo a propriedade de Walace Hering, divisa o Senhor Juquinha.</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao28libras.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao28libras.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite a Secretária Municipal de Educação e Esportes Senhora Edna Viana Fonseca, para viabilizar a obrigatoriedade de Tradutor e Intérprete de Língua Brasileira de Sinais-LIBRAS em todas as transmissões públicas e mídias eletrônicas audiovisuais da Câmara Municipal de Iúna (Resolução em anexo).</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2375/indicacao05manutencaoreformaecalcamentodocampobomdebolaguanabarra.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2375/indicacao05manutencaoreformaecalcamentodocampobomdebolaguanabarra.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar a manutenção do calçamento e reforma em volta do Campo Bom de Bola no Bairro Guanabara.</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao12podadearvores.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao12podadearvores.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a providenciar poda de árvores na creche Vovó Orcília, no Bairro Ferreira Vale, as mesmas estão dificultando a visão e causando transtorno aos usuários.</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao13podadearvores.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao13podadearvores.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a indicação de serviço que segue:_x000D_
 Que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a providenciar poda de árvores na creche Vovó Orcília, no Bairro Ferreira Vale, as mesmas estão com risco de os galhos quebrarem e caírem em cima de uma criança ou professora.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2378/indicacao14manutencaodecalcamentodopostodoquilomboproximoasaidadaaguasanta.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2378/indicacao14manutencaodecalcamentodopostodoquilomboproximoasaidadaaguasanta.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino da Silva para providenciar juntamente com sua equipe de trabalho, manutenção no calçamento da entrada da UNIDADE DE SAÚDE EDELICIA DE OLIVEIRA, localizada na rua Artelino Campagnaro, próximo a saída da Água Santa, se chover não tem como chegar para atendimento.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao09manutencaocalcamento.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao09manutencaocalcamento.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, manutenção do calçamento da Rua Ataliba José de Barros, no bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2381/indicacao10manutencaoestradasterracorrida.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2381/indicacao10manutencaoestradasterracorrida.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, que possa realizar manutenção das estradas de Terra Corrida.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2382/indicacao11manutencaoestradaspiloessantaclara.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2382/indicacao11manutencaoestradaspiloessantaclara.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, que possa realizar manutenção das estradas dos Pilões e Santa Clara.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2407/indicacao29unidadesaudesantissimatrindade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2407/indicacao29unidadesaudesantissimatrindade.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior, que seja instalado uma Cadeira Odontológica nova no consultório da Unidade de Saúde de Santíssima Trindade, armário, mocho e outros materiais necessários para o bom atendimento a toda comunidade, bem como melhorando as condições de trabalho profissional pelo aspecto de ergonomia.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2408/indicacao30unidadesaudepequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2408/indicacao30unidadesaudepequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior, que seja providenciado compras de materiais médico-hospitalar e medicamentos injetáveis, para ser disponibilizado a Unidade de Saúde de Pequiá, para melhor atender a comunidade</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2409/indicacao31unidadesaudepequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2409/indicacao31unidadesaudepequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior, que possa viabilizar a manutenção de uma sala de observação na Unidade de Saúde de Pequiá, para melhorar as condições de atendimento à comunidade, disponibilizando maca e cadeira de repouso para os pacientes que tiverem a necessidade de realizar algum tipo de medicação.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao32manutencaoredeesgosto.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao32manutencaoredeesgosto.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que possa realizar a manutenção da rede de esgoto da Rua Vereador Braz Lofêgo, no bairro do Quilombo, pois tem ocasionando um mal estar geral entre os moradores da rua e das pessoas que transitam por esta rua, devido ao mal cheiro e exposição a céu aberto. Assim, possuindo várias reclamações e pedidos da comunidade para os devidos reparos, devido ao grande número de crianças que frequentam a Academia MINASWUSHU, podendo até mesmo causar problemas de saúde, além do perigo de roedores, insetos e outros animais que são atraídos.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao33manuntencaoestradasrurais.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao33manuntencaoestradasrurais.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, que possa fazer reparos e manutenção nas estradas rurais com patrolamento e ensaibramento na Comunidade de Laranja da Terra, pois em alguns trechos a estrada está intransitável, ocasionando perigo de acidentes aos moradores local em caráter de urgência._x000D_
 Como estamos em período de colheita, precisamos melhorar as estradas para das condições dignas dos agricultores e produtores conseguirem escoar seu café.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao34manuntencaoestradasruraiscorregos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao34manuntencaoestradasruraiscorregos.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, que possa fazer reparos e manutenção nas estradas rurais com patrolamento e ensaibramento na Córrego Fama e Faminha, Córrego do Tinguaçiba e Córrego da Vila, pois em alguns trechos a estrada está intransitável, ocasionando perigo de acidentes aos moradores local em caráter de urgência._x000D_
 Como estamos em período de colheita, precisamos melhorar as estradas para das condições dignas dos agricultores e produtores conseguirem escoar seu café.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2413/indicacao35manuntencaoestradasruraiscorregos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2413/indicacao35manuntencaoestradasruraiscorregos.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Interior, Senhor Adriano Salviete da Silva, que possa fazer reparos e manutenção nas estradas rurais com patrolamento e ensaibramento no Córrego das Araras e Distrito de Santíssima Trindade, pois em alguns trechos a estrada está intransitável, ocasionando perigo de acidentes aos moradores local em caráter de urgência._x000D_
 Como estamos em período de colheita, precisamos melhorar as estradas para das condições dignas dos agricultores e produtores conseguirem escoar seu café.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2414/indicacao36reparosnailuminacaopublicananaavenidaademarvieiradacunhabairrvilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2414/indicacao36reparosnailuminacaopublicananaavenidaademarvieiradacunhabairrvilanova.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, reparo e manutenção na iluminação pública na Avenida Ademar Vieira da Cunha Bairro Vila Nova, no qual justamente nesse período de escuridão uma cidadã foi assaltada, sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao06reparocalcamentoruanovopostodesaudequilombo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao06reparocalcamentoruanovopostodesaudequilombo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, reiterando o pedido, indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, construção de calçamento na rua que dá acesso ao Posto de Saúde, no Bairro Quilombo.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao07limpezalavagemquilombo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao07limpezalavagemquilombo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes a providenciar limpeza e lavagem da Rua Hermes Antônio da Silveira, do inicio ao fim da mesma</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao08manutencaodoereparonaruasaovicentedepaula.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao08manutencaodoereparonaruasaovicentedepaula.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Adriano Salviete  a providenciar reparos e manutenção do asfalto na rua São Vicente de Paula próximo ao muro na descida pro Ananias ferro velho.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao09reparonacalcadadomuraonaruasaovicentedepaula.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao09reparonacalcadadomuraonaruasaovicentedepaula.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar reparos na calçada do murão da Rua São Vicente de Paula._x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao10manutencaodasestradasprincipaisdacomunidadedaterracorrida.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao10manutencaodasestradasprincipaisdacomunidadedaterracorrida.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Adriano Salviete da Silva possa fazer reparos e manutenção das estradas principais da comunidade da Terra Corrida._x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao15aplicacaoderevisolnaserrinhaiiiiiienobarrobranco.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao15aplicacaoderevisolnaserrinhaiiiiiienobarrobranco.docx</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Interior, Senhor Adriano Salviete da Silva, para providenciar juntamente com sua equipe de trabalho, aplicação de Revsol na Serrinha I, II e III e na Comunidade do Barro Branco.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao37reformadapracaenovaacademiaempequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao37reformadapracaenovaacademiaempequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar juntamente com sua equipe de trabalho, reforma da praça de Pequiá, para melhor atender à comunidade, pois as praças são importantes espaços de socialização e lazer dos moradores.</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao38iluminacaopublicanossasenhoragracas.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao38iluminacaopublicanossasenhoragracas.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública no Distrito de Nossa Senhora das Graças, em frente a casa da Dona Luiza, próximo a Igreja Maranata.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao38instalacaodeumaacademianodistritodetrindade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao38instalacaodeumaacademianodistritodetrindade.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado a Secretária de Educação e Esporte da Municipalidade, Senhora Edna Viana Fonseca, que possa realizar juntamente com sua equipe de trabalho, instalação de uma academia no Distrito de Trindade. Como podemos perceber, a academia ao ar livre só traz benefícios, a comunidade poderá usufruir desse importante equipamento para qualidade de vida, melhorando o condicionamento físico, integração social e ajudando a ter hábitos saudáveis.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao39trocabrinquedospequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao39trocabrinquedospequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a providenciar a instalação de novos brinquedos na Praça de Pequiá, para maior conforto e segurança das crianças que utilizam o espaço público. _x000D_
 A hora do parquinho é o momento mais querido e esperado por todas as crianças. Brincar capacita a criança a resolver problemas, tomar decisões, explorar, negociar e expressar-se em situações que são relevantes e significativas para elas. Por isso, a importância de ser um bom parquinho em todas as praças do nosso município.</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado a Secretária de Educação e Esporte da Municipalidade, Senhora Edna Viana Fonseca, que possa realizar juntamente com sua equipe de trabalho, instalação de uma academia em Pequiá. Como podemos perceber, a academia ao ar livre só traz benefícios, a comunidade poderá usufruir desse importante equipamento para qualidade de vida, melhorando o condicionamento físico, integração social e ajudando a ter hábitos saudáveis.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao41aoprefeitomunicipal.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao41aoprefeitomunicipal.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM e ADIMILSON DE SOUSA, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja implantado no município de Iúna o Programa Farmácia Itinerante, para atender toda população dos distritos e comunidades rurais, atendendo assim Santíssima Trindade, Nossa Senhora das Graças, Santa Clara do Urbano, Rio Claro, São João do Príncipe e Laranja da Terra. Pois, entendemos que as pessoas possuem grande dificuldade de acesso a farmácia básica municipal, devido à distância que chega a ser mais de 120 Km, ficando inviável que o cidadão venha a Iúna buscar o medicamento, ficando mais caro a viagem, do que comprar a medicação. Assim, como forma de garantir aos nossos munícipes o acesso de forma equânime é que se faz necessário a implantação da Farmácia Itinerante em nossa comunidade. Saúde para todos.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao42retiradaarvorevilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao42retiradaarvorevilanova.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo, Senhor, Manoel Arcangelo Rafael Gomes a providenciar juntamente com sua equipe de trabalho a retirada de árvore na Avenida José Luiz de Castro, no bairro da Vila Nova, pois essa árvore esta caída e comprometendo a passagem.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao43contratacaoagentessaude.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao43contratacaoagentessaude.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Saúde, Senhor Durval Dias Santiago Júnior, considerando as inúmeras descobertas de atendimento pelos agentes de saúde no município de Iúna, seja na área urbana, bem como na Zona Rural, solicito que seja realizado a contratação de Agentes Comunitários de Saúde para melhor atender a população de Iúna, que tanto necessita da prestação do serviço de saúde. Atendendo assim, uma reivindicação de moradores de distritos da localidade da cidade.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao11solicitandoinformacoesporqualmotivoaruahermesantoniosilveiranaofoiasfaltadabairroquilombo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao11solicitandoinformacoesporqualmotivoaruahermesantoniosilveiranaofoiasfaltadabairroquilombo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Gestão, planejamento e finanças da Municipalidade, Senhor Vinicio Rodrigues Raider, solicitando informações por qual motivo a Rua Hermes Antônio Silveira no Bairro Quilombo, pelo qual essa não foi asfaltada, sendo que outras ruas desse bairro foram asfaltadas.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao12aplicacaoderevissolbarrobrancoesocorro.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao12aplicacaoderevissolbarrobrancoesocorro.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, aplicação de revisol no morro da entrada da comunidade de Barro Branco e Socorro.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao13aplicacaorevisolbomsucesso.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao13aplicacaorevisolbomsucesso.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, aplicação de revisol no morro depois da Serralheria do Gildinho Madeiras em direção ao Bom Sucesso.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao01manutencaoredeesgosto.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao01manutencaoredeesgosto.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que possa realizar a manutenção do esgoto à céu aberto na Rua Ângelo Zap, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao02manutencaobueiropequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao02manutencaobueiropequia.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que possa realizar a manutenção do bueiro em frente a casa do Luiz Antônio no Distrito de Pequiá, pois está atrapalhando o mesmo para guardar seu carro na garagem.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao03manutencaobueiropequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao03manutencaobueiropequia.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que possa realizar a manutenção do bueiro em frente ao galpão do Senhor Alfredo, na principal do Distrito de Pequiá, pois as manilhas estão entupidas.</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao04construcaodagua.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao04construcaodagua.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, para que possa fazer uma saída d’água ou um meio fio na entrada que foi aplicado o revsol no Distrito de Pequiá, pois quando chove está entrando água dentro das casas.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao05limpezaigrejapequia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao05limpezaigrejapequia.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, para que possa realizar limpeza em volta da Igreja Metodista, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao06ensaibramentodasestradasruraimorroredondoeboasorte.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao06ensaibramentodasestradasruraimorroredondoeboasorte.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o ensaibramento das estradas rurais do Morro Redondo e Boa sorte.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao05aplicacaoderevsol.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao05aplicacaoderevsol.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar a aplicação de Revsol na saída do Bairro Nossa Senhora da Penha ,sentido ao Gildinho Madeiras até a Comunidade de Bom Sucesso.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao44pisosalarialenfermagem.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao44pisosalarialenfermagem.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja encaminhado a Casa Legislativa, Projeto de Lei regulamentando o Piso Salarial dos Profissionais Técnicos de Enfermagem do município, conforme repasse financeiro do Ministério da Saúde, no qual já se encontra nos cofres públicos o referido valor complementar do Piso Salarial.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao45pisoenfermagem70.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao45pisoenfermagem70.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja viabilizado estudo de impacto financeiro para a possibilidade de se efetuar o pagamento do Piso Salarial da Enfermagem, em particular os dos técnicos de enfermagem referente aos 70% do valor base dos enfermeiros do município. Pois, sabemos da importância que esses profissionais possuem para a saúde pública, assim reconhecendo e valorizando esses aguerridos profissionais que dedicam suas vidas, para salvar, cuidar e promover bem estar das pessoas de nosso município.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao46niveltecnicopisosalarial.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao46niveltecnicopisosalarial.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja encaminhado a Casa Legislativa, Projeto de Lei regulamentando o nível técnico da municipalidade, seja 1 técnico em laboratório, 3 técnicos agrícolas, para que os mesmos possam receber o mesmo valor salarial dos técnicos de enfermagem, em conformidade com estatuto dos servidores municipal. Dessa forma, valorizando nossos demais técnicos que também fazem um brilhante trabalho em prol de nossa gente, seja saúde ou na agricultura.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao47manutencaobanheirobasebombeiro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao47manutencaobanheirobasebombeiro.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a efetuar a manutenção no banheiro do corpo de Bombeiro, pois o mesmo vem ocasionando grande infiltração no teto da Base do SAMU, causando transtorno aos profissionais e ainda risco na estrutura física. Pois, foi realizado em janeiro indicação Nº04/2023 com o mesmo teor, e até a presente data não foi solucionado o problema, o que tem causado desconforto entre os profissionais que trabalham na base, através do odor e risco a saúde.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao48construcaobanheirosamu.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao48construcaobanheirosamu.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva em conjunto com o Secretário de Saúde Senhor Durval Dias Santiago, a efetuar a adequação do banheiro da Base do SAMU para que seja instalado um chuveiro para banho dos profissionais, pois devido ao grande número de servidores (bombeiros, samu e motoristas do município) tem ocasionado um congestionamento no momento do banho, dificultando os profissionais na hora do banho.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao49pisosalarialicepi.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao49pisosalarialicepi.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Senhor Secretário de Saúde, que seja encaminhado ao Ministério da Saúde informações dos profissionais Enfermeiros do ICEPI, conforme consta cadastrado no CNES, para que o município de Iúna possa receber o valor complementar referente ao Piso Nacional da Enfermagem e esse repassado aos Enfermeiros que atuam na rede municipal.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao50instalacaolixeirapito.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao50instalacaolixeirapito.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo, Senhor, Manoel Arcangelo Rafael Gomes a providenciar juntamente com sua equipe de trabalho a instalação de uma lixeira na Rua Quintino Bocaiúva, no Bairro do Pito, próximo a esquina da Lanchonete Papa-Léguas.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao12providenciarquebramolasruamiguellousadadealmeidabairroguanabara.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao12providenciarquebramolasruamiguellousadadealmeidabairroguanabara.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar 3 quebra-molas na rua Miguel Lousada de Almeida, Bairro Guanabara.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacaoreparoestradapiloes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacaoreparoestradapiloes.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário de Interior e Transportes da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o reparo na estrada que dá acesso a Comunidade dos Pilões, pois devido as chuvas a estrada ficou cheio de buracos e realizar também a limpeza das caixas secas no morro que da acesso a Comunidade Pedregulho.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao07calcamentoquedaacessonasescolasdoctumsantissimaeportosgurabairroguanabara..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao07calcamentoquedaacessonasescolasdoctumsantissimaeportosgurabairroguanabara..docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, que possa realizar o calçamento na Rua que fica ao entorno da Praça Slayme Chequer Bou-Habib, Bairro Guanabara, próximo as escolas Doctum, Santíssima e Porto Seguro.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao08pintarasfaixasdepedestreequebranoladetodasasruasdacidade.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao08pintarasfaixasdepedestreequebranoladetodasasruasdacidade.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, que possa pintar as faixas de pedestre e os quebra-molas de todas as ruas da cidade de Iúna.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao09providenciarinstalacaodeplacanarua_antonioosoriopereira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao09providenciarinstalacaodeplacanarua_antonioosoriopereira.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que solicite a secretária Municipal de Educação e Esportes a Senhora Edna Fonseca, para providenciar a instalação de placa do Campo na Rua Antônio Osório Pereira.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao51rocagemubsguanabara.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao51rocagemubsguanabara.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes,  que seja efetuada o Serviço de roçagem ao redor da Unidade de Saúde do bairro Guanabara, pois o mato se encontra grande, passando para a passarela no qual as pessoas utilizam, bem como no local onde os carros ficam estacionados, pois tem ocasionado transtorno entre os profissionais e usuários da UBS Guanabara.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao52rocagemescoladeolindaalmoxarifado.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao52rocagemescoladeolindaalmoxarifado.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes, que seja efetuada o Serviço de roçagem nas laterais da Escola Deolinda, no qual também fica localizado o almoxarifado central da prefeitura, no bairro Guanabara, pois o mato se encontra grande, chegando próximo as janelas da escola, e por ter um grande número de crianças que utilizam o local durante toda semana, tem ocasionado transtorno entre os alunos, professores e servidores da municipalidade.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao53limpezacorpodebombeiros.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao53limpezacorpodebombeiros.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente e Limpeza Pública da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes,  que seja efetuada o Serviço de roçagem ao redor da base do corpo de bombeiros e samu, bem como na parte interna da base, pois com essa crescente onda de calor, torna-se perigoso para esconderijo de cobras, causando assim insegurança entre os profissionais!</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao54instalacaodebebedouros.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao54instalacaodebebedouros.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que, encaminhe ao Secretário de Saúde, Durval Dias Santiago Junior a seguinte indicação : _x000D_
  _x000D_
 Devido ao grande número de atendimentos diários na unidade de saúde de Santíssima Trindade, que seja instalado um bebedouro em caráter de urgência na unidade para melhor atender a comunidade, pois com o aumento da temperatura é necessário que as pessoas que estejam na unidade para atendimento possam ter condições de beber água e se hidratar com essa onde calor que tem feito. Uma vez que a unidade não possui local para os pacientes poderem beber água, é que se faz em caráter de urgência a instalação desse bebedouro</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao55reparoiluminacaopublicaruaantoniomomteiroalves..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao55reparoiluminacaopublicaruaantoniomomteiroalves..doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública, nos postes da Rua Antônio Monteiro Alves, 119, Bairro do Pito, bem como no morro em frente a casa da subsecretária de cultura.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao56reparoiluminacaopublicara_av.ademar_vieiradacunha2postescomlampadasapagadas..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao56reparoiluminacaopublicara_av.ademar_vieiradacunha2postescomlampadasapagadas..doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública, na Av. Ademar Vieira da Cunha, Bairro Vila Nova, no qual possui 2 postes com lâmpadas apagadas, em frente a academia Studio Corpore, ocasionando insegurança e medo entre as pessoas que passa pela rua devido a escuridão.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao57reparoiluminacaopublicara_av.ademar_vieiradacunha..doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao57reparoiluminacaopublicara_av.ademar_vieiradacunha..doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública, na Av. Ademar Vieira da Cunha, Bairro Vila Nova, próximo a igreja Assembleia de Deus.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao58brinquedosnovospcadoctumguanabara.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao58brinquedosnovospcadoctumguanabara.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a providenciar a instalação de novos brinquedos, que atendam as expectativas de segurança, na PRAÇA DO BAIRRO GUANABARA próximo a Doctum, para maior conforto das crianças que utilizam o espaço público. Pois, quando se tem um espaço público bom, as crianças fazem amigos, convivem com diferenças, exercitam a tolerância, a solidariedade e a empatia, assim o lazer agrega conhecimento e alegria. Assim, se faz necessário urgentemente a troca dos brinquedos, uma vez que os mesmos que se encontram instalados na praça estão sem condições de segurança para atender as nossas crianças. Nesse mesmo intuito, que se faça a retirada do piso da área dos brinquedos, no qual se encontra todo danificado, ocasionando risco de acidentes as nossas crianças, devendo assim realizar a instalação de piso novo.</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao59manutencaopracavilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao59manutencaopracavilanova.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a realizar, a manutenção da Praça da Vila Nova, no qual se encontra com alguns danos ocasionados por terceiros, no qual vem trazendo riscos de acidentes para as pessoas que utilizam da praça para seu lazer.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao60manutencaopinturaquadravilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao60manutencaopinturaquadravilanova.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a realizar, a manutenção da Quadra localizada no bairro da Vila Nova, no qual se encontra com alguns danos. Que possa em caráter de urgência providenciar a pintura para demarcações da quadra, para melhor uso de nossa comunidade, ou até mesmo parceria para doação das tintas para que a comunidade realize a pintura.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao13retiradalixo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao13retiradalixo.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar a retirada de entulho e lixo no bairro do Quilombo, bairro do Pito e bairro do Guanabara com mais urgência.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao14reparosiluminacao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao14reparosiluminacao.docx</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Silva, que possa realizar reparo na iluminação pública, principalmente nos bairros da sede quanto nos distritos.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacaoensaibramentoestradasrurais.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacaoensaibramentoestradasrurais.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o ensaibramento de todas as estradas vicinais que foram patroladas recentemente, principalmente as estradas que passam o transporte escolar.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacaoensaibramentoestradasrurais2.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacaoensaibramentoestradasrurais2.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais reitero o pedido a Vossa Excelência, que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie o ensaibramento de todas as estradas vicinais que contemplam todas as linhas de transporte escolar, incluindo Comunidade do Alto do Beraba a Cruz Coberta.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacaogestaoacademia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacaogestaoacademia.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais que solicite a secretária Municipal de Educação e Esportes a Senhora Edna Fonseca, juntamente com sua equipe de trabalho que providencie a instalação de uma academia na Comunidade da Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacaogestaocoberturametalica.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacaogestaocoberturametalica.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário Gestão, Planejamento e Finanças da Municipalidade, Senhor Vinício Rodrigues Lobato Raider, juntamente com sua equipe de trabalho que providencie uma cobertura metálica na quadra de esportes no Bairro da Vila Nova, atendendo o pedido dos moradores.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacaogestaovinicio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacaogestaovinicio.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário Gestão, Planejamento e Finanças da Municipalidade, Senhor Vinício Rodrigues Lobato Raider, juntamente com sua equipe de trabalho que envie Engenheiros para elaboração de Projeto para construção de uma praça, localizada na Rua José Antônio Lofêgo, em frente à Casa da Lavoura.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário Gestão, Planejamento e Finanças da Municipalidade, Senhor Vinício Rodrigues Lobato Raider, juntamente com sua equipe de trabalho que envie Engenheiros para elaboração de Projeto para construção de uma passarela, ligando a Rua José Antônio Lofêgo a Avenida Niterói, passando por cima do Rio Pardo.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacaolimpezariosantaclara.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacaolimpezariosantaclara.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário de Interior da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie a limpeza do rio de Santa Clara, devido ao assoreamento do mesmo, vem causando enchente dentro da comunidade e trazendo prejuízos aos mesmos.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacaomuroecoberturaaoladodapracanacomunidadedoprincipe.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacaomuroecoberturaaoladodapracanacomunidadedoprincipe.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho, muro e cobertura dessa área, ao lado da praça que está funcionando a academia na Comunidade do Príncipe, o local está causando perigo aos usuários.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacaoprovidenciar_bancos_decimentoparasubstiturbancodemadeironoprincipe..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacaoprovidenciar_bancos_decimentoparasubstiturbancodemadeironoprincipe..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho, providenciar bancos de cimento para substituir os bancos de madeiro, devido às chuvas os bancos de madeiras estão em estado precário, e também realizar a substituição da lâmpada de iluminação no Posto de Saúde no Príncipe.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacaoreformaconstrucaosantaclaraurbano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacaoreformaconstrucaosantaclaraurbano.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicitam a Vossa Excelência, que determine ao Secretário de Interior da Municipalidade, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que providencie reforma do alambrado do campo, com construção de 2 (dois) vestiários em Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacaoreformadebueirobarrobranco.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacaoreformadebueirobarrobranco.docx</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacaoreformaemurodearrimacomunidadesaojoaodoprincipe..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacaoreformaemurodearrimacomunidadesaojoaodoprincipe..docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, que possa realizar juntamente com sua equipe de trabalho, reforma e muro de arrima no posto de saúde na Comunidade de São João do Principe.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacaoreformasantaclaraurbano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacaoreformasantaclaraurbano.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais que solicite a secretária Municipal de Educação e Esportes a Senhora Edna Fonseca, juntamente com sua equipe de trabalho que providencie uma construção de quadra de esportes e reforma da escola de Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao14manuntencaonaestradadobarrobranco..docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao14manuntencaonaestradadobarrobranco..docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Interior da Municipalidade Senhor Adriano Salviete da Silva, manutenção na estrada da comunidade do Barro Branco.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao15manuntencaonaruasebastiaodocarmoamorim.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao15manuntencaonaruasebastiaodocarmoamorim.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e serviços urbanos, o Senhor Leandro Lino da Silva, manutenção na Rua Sebastião do Carmo Amorim.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao16manuntencaodaslampadasruamonteiroalves.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao16manuntencaodaslampadasruamonteiroalves.docx</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e serviços urbanos, o Senhor Leandro Lino da Silva, manutenção das lâmpadas na Rua Antônio Monteiro Alves e na Rua Pastor Tancredo.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacaoreformadapracanercicesar.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacaoreformadapracanercicesar.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar a manutenção e reforma da Praça Nerci Cesár, no Bairro Ferreira Vale.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2580/01indicacaorecapeamentoruapresbitero.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2580/01indicacaorecapeamentoruapresbitero.docx</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino de Silva, juntamente com sua equipe de trabalho que possa realizar recapeamento da via Presbítero José dos Santos.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao61limpezadosbueirosnaruatacla_abdo_scardini.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao61limpezadosbueirosnaruatacla_abdo_scardini.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, que realize a limpeza do Bueiro localizado na Rua Tacla Abdo Chequer, divisa com a Rua Philomena Amigo Scardini, ou seja, de frente a subida da Rua, próximo a casa da médica Karulina Garcia, no Bairro Vale Verde Pois, o bueiro se encontra entupido, ocasionando transtorno aos moradores locais.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacaolimpezariosantaclara.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacaolimpezariosantaclara.docx</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacao62reparosnailuminacaopublicapequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacao62reparosnailuminacaopublicapequia.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, que possa realizar a manutenção da iluminação pública no distrito de Pequiá, pois diversas ruas se encontram com lâmpadas apagadas ocasionando transtorno entre a comunidade. Atendo assim, o pedido do cidadão Lucival Raposo defensor da comunidade de Pequiá. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2787/indicacaocorregosossego.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2787/indicacaocorregosossego.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, para que determine ao Secretário de Interior, Senhor Adriano Salviete da Silva, juntamente com sua equipe de trabalho que possa realizar o calçamento do Córrego do Sossego, para que os moradores tem uma melhor mobilidade para as produções agrícolas e até mesmo o deslocamento.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>MÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2313/01mocaodepesarsenhorlourivalchagas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2313/01mocaodepesarsenhorlourivalchagas.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o Plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento do Senhor Lorival Chagas, falecido no dia 05 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Edson Marcio de Almeida, Emerson da Silva Santos, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2314/02mocaodepesarlinogarcia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2314/02mocaodepesarlinogarcia.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Lino Garcia, ocorrido no dia 08 de fevereiro do corrente ano. Natural da cidade de Castelo. Foi prefeito nas gestões de 1983 a 1988 e 2001 a 2004. _x000D_
 Deixa saudades aos familiares e amigos.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2315/03mocaodepesarzenibatista.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2315/03mocaodepesarzenibatista.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Zeni Almeida de Souza, ocorrido no dia 12 de fevereiro do corrente ano. _x000D_
 Deixa saudades aos familiares e amigos.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2316/mocaocongratulacoassembleia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2316/mocaocongratulacoassembleia.doc</t>
   </si>
   <si>
     <t>EDSON MÁRCIO DE ALMEIDA vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência após ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, que seja concedido Voto de Louvor em Comemoração dos 74º anos de Fundação da Igreja Evangélica Assembléia de Deus nesta cidade,23º Aniversário de Construção do Novo Templo e 44º Aniversário do Conjunto de Círculo de Oração Brilho Celeste.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2319/01requerimentomocaodepesarcarlitomarquesguimaraes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2319/01requerimentomocaodepesarcarlitomarquesguimaraes.docx</t>
   </si>
   <si>
     <t>Geovan Furtado do Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento do Senhor Carlito Marques Guimarães, falecido no dia 25 de março do corrente ano.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2325/05requerimentomocaodepesarjosemartins.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2325/05requerimentomocaodepesarjosemartins.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento do Senhor José Martins, falecido no dia 19 de fevereiro do corrente ano.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2355/02mocaodepesarlinogarcia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2355/02mocaodepesarlinogarcia.doc</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2356/03mocaodepesarjassonbello.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2356/03mocaodepesarjassonbello.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Jasson Bello, ocorrido no dia 03 de abril do corrente ano. _x000D_
 Deixa saudades aos familiares e amigos._x000D_
 _x000D_
 Que a decisão do plenário seja encaminhada aos familiares.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2357/03mocaodepesarzenibatista.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2357/03mocaodepesarzenibatista.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Zeni Almeida de Souza, ocorrido no dia 12 de fevereiro do corrente ano. _x000D_
 Deixa saudades aos familiares e amigos._x000D_
 _x000D_
 Que a decisão do plenário seja encaminhada aos familiares.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2358/mocaocongratulacoassembleia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2358/mocaocongratulacoassembleia.doc</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2361/01mocaoaplausoskellysouzarodrigues.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2361/01mocaoaplausoskellysouzarodrigues.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, no uso de suas atribuições legais e regimentais a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a cantora Kelly Souza Rodrigues da igreja Assembléia de Deus: Missão Vida Nova.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2362/02mocaoaplausosadielcarlosoliveira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2362/02mocaoaplausosadielcarlosoliveira.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Empresário, Diretor do Centro de Formação de Condutores ltda,Sr Adiel Carlos de Oliveira ,pelos 26 anos de trabalho nesse ramo de Formação de Condutores.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2363/03mocaoaplausosacapi.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2363/03mocaoaplausosacapi.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Associação de Criadores Amadores de Pássaros de Iúna – ACAPI, direcionando a todos os associados.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2364/04mocaoaplausosjoaoaromariosilveira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2364/04mocaoaplausosjoaoaromariosilveira.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Servidor Público Municipal, Sr Joao Aromário da Silveira, atua no cargo de motorista, tendo maior carinho e cuidado com os pacientes, no transporte diário para consultas e transferências, sempre disposto a ajudar o próximo.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2383/01mocaodepesarsenhorsebastiaojusto.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2383/01mocaodepesarsenhorsebastiaojusto.docx</t>
   </si>
   <si>
     <t>Emerson da Silva Santos, Vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o Plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento do Senhor Sebastião Justo Neto, falecido no dia 04 de maio do corrente ano.</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2384/05mocaoaplausosmariaaparecidadeoliveira.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2384/05mocaoaplausosmariaaparecidadeoliveira.doc</t>
   </si>
   <si>
     <t>EMANUEL GARCIA DE AMORIM, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Ilustríssima Senhora Professora Maria Aparecida de Oliveira em comemoração aos seus 36 anos de Serviços Prestados na Educação Infantil, Ensino Fundamental I e II e Ensino Médio no Município.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2385/06mocaoaplausosadileusasantos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2385/06mocaoaplausosadileusasantos.doc</t>
   </si>
   <si>
     <t>EMANUEL GARCIA DE AMORIM, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Ilustríssima Senhora Professora Adileusa dos Santos Silva em reconhecimento e apreço a sua luta pela inclusão. Tendo como bandeira o respeito a diferença.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2422/mocaodeaplausonathatorezani.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2422/mocaodeaplausonathatorezani.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr:Nathã Torezani Toledo Ribeiro por ter conquistado duas Medalhas de Ouro ,no Campeonato Estadual de Kung Fu Wushu 2023, na Categoria 65 kg, modalidade Wushu Sanda, e Categoria 70kg Wushu Shuai Jiao,membro da Escola de Artes Marciais Shaolin Combat.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2423/mocaodeaplausosdaniloantoniodiasamorim.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2423/mocaodeaplausosdaniloantoniodiasamorim.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr:Danilo Antônio Dias Amorim por ter conquistado Medalha de Ouro,no Campeonato Estadual de Kung Fu Wushu 2023, na Categoria 70kg, modalidade Wushu Sanda, membro da Escola de Artes Marciais Shaolin Combat.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2424/mocaodeaplausosjoaopedrodasilva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2424/mocaodeaplausosjoaopedrodasilva.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr:João Pedro da Silva Oliveira por ter conquistado Medalha de Bronze,no Campeonato Estadual de Kung Fu Wushu 2023, na Categoria 65kg, modalidade Wushu Sanda, membro da Escola de Artes Marciais Shaolin Combat.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2425/mocaodeaplausostiagochagas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2425/mocaodeaplausostiagochagas.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr:Tiago Chagas Gonçalves por ter conquistado Medalha de Bronze ,no Campeonato Estadual de Kung Fu Wushu 2023, na Categoria 70kg, modalidade Wushu Sanda, membro da Escola de Artes Marciais Shaolin Combat.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2426/mocaodeplausosrodrigoseverinodasilva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2426/mocaodeplausosrodrigoseverinodasilva.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr:Rodrigo Severino da Silva por ter conquistado Medalha de Ouro,no Campeonato Estadual de Kung Fu Wushu 2023, na Categoria 75kg, modalidade Wushu Sanda, membro da Escola de Artes Marciais Shaolin Combat.</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2427/06mocaoaplausospaulomarcioflorindo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2427/06mocaoaplausospaulomarcioflorindo.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Servidor Público Municipal, Sr Paulo Márcio Florindo, atua no cargo de motorista da Secretaria da Saúde e do Samu, tendo maior carinho e cuidado com os pacientes, no transporte diário para consultas e transferências, sempre disposto a ajudar o próximo.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2428/07mocaoaplausospaulocesarribeiro.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2428/07mocaoaplausospaulocesarribeiro.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Servidor Público Municipal, Sr Paulo César Ribeiro, atua no cargo de motorista, tendo maior carinho e cuidado com os pacientes, no transporte diário para consultas e transferências, sempre disposto a ajudar o próximo.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2461/08mocaoaplausosceleirteodoro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2461/08mocaoaplausosceleirteodoro.doc</t>
   </si>
   <si>
     <t>EMANUEL GARCIA DE AMORIM, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Ilustríssima Senhora Celeir Teodoro Rodrigues Fernandes em comemoração de sua aposentadoria como Servidora Pública e aos relevantes serviços prestados ao Município de Iúna e a Santa Casa de Iúna.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2462/09mocaoaplausosedmarguedes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2462/09mocaoaplausosedmarguedes.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr. Edmar Guedes de Morais. Empresário no ramo de Construção Civil, ajudou no desenvolvimento da cidade de Iúna na construção dos Bairros Guanabara, Niterói e Vila dos Guedes, filho do Sr. Ernesto José Morais e da Sra. Elza Maria Morais.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2463/10mocaoaplausoswitalojosesoares.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2463/10mocaoaplausoswitalojosesoares.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr. Witalo José Soares Subsecretário de Esporte e treinador voluntário do time Iunense da Escola Estadual Henrique Coutinho, que participaram das Olimpiadas Escolares da fase Estadual na modalidade futsal infantil e foram campeões Estadual, onde irão disputar o Campeonato Nacional.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2466/requerimento06mocaocongratulaco.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2466/requerimento06mocaocongratulaco.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência após ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, que seja concedido Moção de Congratulações ao GRUPO DE AGRICULTORES DO BARRO BRANCO E REGIÃO, pelos trabalhos em prol da agricultura.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2467/requerimento09mocaoaplausosnatalia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2467/requerimento09mocaoaplausosnatalia.doc</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência após ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, que seja concedido Moção de Aplausos a NATÁLIA ANTUNES MACHADO, pela conquista da Carteira da Ordem dos Advogados do Brasil.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2469/003requerimentomocaodepesarsebastiao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2469/003requerimentomocaodepesarsebastiao.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira e Valci de Paula Montoni, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento do Senhor Sebastião Soares Vieira Neto, conhecido como Tiãozinho do Zé Leonardo, falecido no dia 26 de julho do corrente ano. Deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2470/004mocaoaplausostime.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2470/004mocaoaplausostime.doc</t>
   </si>
   <si>
     <t>JONATHAN BONFANTE MOREIRA E VALCI DE PAULA MONTONI, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Time de Futsal Juvenil da Escola Estadual de Ensino Fundamental e Médio Santíssima Trindade, pela conquista dos Jogos na Rede.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2471/005mocaoaplausosmissteensaradossantos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2471/005mocaoaplausosmissteensaradossantos.doc</t>
   </si>
   <si>
     <t>VALCI DE PAULA MONTONI E JONATHAN BONFANTE MOREIRA, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Sara dos Santos de Ávila, pela conquista de Miss Espírito Santo Teen, no ano de 2023.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2498/mocaodepesaelysousaribeiro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2498/mocaodepesaelysousaribeiro.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Ely Ribeiro de Sousa ocorrido no dia 16 de Setembro do corrente ano.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2499/01mocaodepesaracrisiodaserraria.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2499/01mocaodepesaracrisiodaserraria.doc</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, por seus vereadores in fine assinados, depois de aquiescência do plenário, faz registrar em seus anais voto de profundo pesar pelo falecimento do Senhor ACRÍSIO MARIANO DA CUNHA, mais conhecido como (Acrísio da Serraria), ocorrido no dia 12 de setembro de 2023, nesta cidade. Socio fundador da Sociedade Civil Santa Casa de Iúna, membro da Loja Maçônica Filhos de Luz e Virtude, comerciante do ramo de madeira por longos sediado na Rua Quintino Bocaiuva, Birro Pito, em Iúna. Faleceu aos 97 anos de idade e, em vida, sua participação social foi de grande importância para o desenvolvimento da cidade e do Município de Iúna. Esta Casa Legislativa não poderia deixar de prestar esta homenagem a este cidadão que foi um exemplo de lisura e honestidade e uma referência para seus filhos.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2500/02mocaoaplausostime.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2500/02mocaoaplausostime.doc</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Time de Futsal Infantil do CEEFMTI Henrique Coutinho, pela conquista do Campeonato Estadual de Futsal Infantil. _x000D_
 Jogadores: Harley Gomes de Paula, Kaique da Silva Bezerra, Davi Carvalho Moura, João Pedro Vieira Marques, Guilherme de Souza Premoli, Kayro Martins Ferreira da Silva, João Max Oliveira Nunes, Luiz Felipe de Jesus Rios, Luan Lourenço Santana, João Gabriel Gomes Batista, Júlio Cezar Vaúna Soares e Alysson Rodrigues Lannes</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2501/02mocaodepesarzepretinho.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2501/02mocaodepesarzepretinho.doc</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, por seus vereadores in fine assinados, depois de aquiescência do plenário, faz registrar em seus anais voto de profundo pesar pelo falecimento do Senhor JOSÉ PEDRO FERNANDES, mais conhecido como (Zé Pretinho), ocorrido no dia 11 de setembro de 2023, nesta cidade. Faleceu aos 81 anos de idade e, em vida, botafoguense, torcedor do Olaria Futebol Clube, sua participação social foi de grande importância para o desenvolvimento da cidade e do Município de Iúna. Esta Casa Legislativa não poderia deixar de prestar esta homenagem a este cidadão que foi um exemplo de lisura e honestidade e uma referência para seus filhos.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2502/03mocaoaplausosalunosolimpiadanacional.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2502/03mocaoaplausosalunosolimpiadanacional.doc</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Alunos Eduardo Rodrigues Goularte, Gabriel Mendes Sousa, Maria Beatriz Guilherme Muniz, Andressa Melo da Costa, Maria Eduarda Costa Carastro, Werik Pontes Silveira e ao Professor Orientador Plínio Ferreira Guimarães, pela conquista como finalistas na Olimpíada Nacional em História do Brasil.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2503/04mocaodepesarsenhoramarialage.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2503/04mocaodepesarsenhoramarialage.docx</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o Plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento da Senhora MARIA LAGE DOS SANTOS, falecida no dia 25 de agosto do corrente ano.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2504/08mocaoaplausosapae.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2504/08mocaoaplausosapae.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Instituição APAE de Iúna/ES, fundada em 9 de janeiro de 1990, em comemoração à Semana Nacional da Pessoa com Deficiência Multipla e Intelectual. Principalmente por fazer um trabalho excepcional e de grande maestria para com as pessoas que necessitam de atendimento especializada. A Câmara Municipal agradece pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2505/10mocaoaplausosconcursorealeza.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2505/10mocaoaplausosconcursorealeza.doc</t>
   </si>
   <si>
     <t>EMANUEL GARCIA DE AMORIM, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos aos Vencedores do Concurso Realeza da Melhor Idade 2023._x000D_
 Mister Simpatia: Sebastião Pinheiro Gomes;_x000D_
 Miss Simpatia: Elvira Manoelina de Souza e Silva;_x000D_
 Príncipe: Sebastião Anacleto da Silva;_x000D_
 Princesa: Marli carvalho de Almeida;_x000D_
 Rei:Adilson Ferreira;_x000D_
 Rainha:Lilian de Souza Lima;</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2507/11mocaoaplausosrenaldogabrielmartins.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2507/11mocaoaplausosrenaldogabrielmartins.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr. Renaldo Gabriel Martins pelo trabalho voluntário exercido a frente do Sistema pró-rural de tratamento da Estação de Água da comunidade de Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2508/12mocao_de_pesar_pelo_falecimento_do_edvan_da_silva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2508/12mocao_de_pesar_pelo_falecimento_do_edvan_da_silva.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, voto de profundo pesar pelo falecimento do Edvan da Silva, falecido no dia 03 de setembro do ano corrente.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2552/09mocaopesarceliovial.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2552/09mocaopesarceliovial.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do senhor CELIO VIAL, mais conhecido como Célio serralheiro, ocorrido no dia 18 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2553/10mocaopesardonabina.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2553/10mocaopesardonabina.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da senhora SERAFINA RIBEIRO DA COSTA, mais conhecida como Dona Bina, ocorrido no dia 18 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2554/11mocaopesarrodrigoleclec.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2554/11mocaopesarrodrigoleclec.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do nosso amigo Rodrigo Texeira (Lec Lec), ocorrido no dia 18 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2555/13mocaodeplausosgeisonrexende.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2555/13mocaodeplausosgeisonrexende.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor Geison Vieira de Rezende, pela atuação, comprometimento e desempenho na Festa de Emancipação Política de Iúna, principalmente no Concurso de Qualidade de Café, Concurso Leiteiro, Concurso de Marcha e na Prova de Três Tambores.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2556/14mocaodeplausosfernando.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2556/14mocaodeplausosfernando.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor Fernando Aparecido Batista Silveira, pela atuação, comprometimento e desempenho na Festa de Emancipação Política de Iúna, principalmente no Concurso de Qualidade de Café, Concurso Leiteiro, Concurso de Marcha e na Prova de Três Tambores.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2557/15mocaodeplausosjosefonseca.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2557/15mocaodeplausosjosefonseca.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor José Fonseca, pela atuação, comprometimento e desempenho na Festa de Emancipação Política de Iúna, principalmente no Concurso de Qualidade de Café, Concurso Leiteiro, Concurso de Marcha e na Prova de Três Tambores.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2558/16mocaodeplausospaulosergio.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2558/16mocaodeplausospaulosergio.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor Paulo Sergio Prudente, pela atuação, comprometimento e desempenho na Festa de Emancipação Política de Iúna, principalmente no Concurso de Qualidade de Café, Concurso Leiteiro, Concurso de Marcha e na Prova de Três Tambores.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2559/17mocaodeplausosruteleia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2559/17mocaodeplausosruteleia.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Senhora Ruteleia Reis Fernandes Mariano, pela atuação, comprometimento e desempenho na Festa de Emancipação Política de Iúna, principalmente no Concurso de Qualidade de Café, Concurso Leiteiro, Concurso de Marcha e na Prova de Três Tambores.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2560/18mocaodepesarmariadapenhafonsecalima.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2560/18mocaodepesarmariadapenhafonsecalima.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Maria da Penha Fonseca Lima,ocorrido no dia 25 de Outubro do corrente ano.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2561/19mocaodepesarmarianagoncalvesdias.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2561/19mocaodepesarmarianagoncalvesdias.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento de Mariana Gonçalves Dias,ocorrido no dia 26 de Outubro do corrente ano,filha de Francisco Júnior e Christiane Gonçalves Dionísio.Tão pequenina e devota de Nossa Senhora, partiu deixando um vazio nos corações.Que a família encontre conforto nas lembranças e no amor que ela deixou como legado.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2562/mocaoaplausossicoob.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2562/mocaoaplausossicoob.doc</t>
   </si>
   <si>
     <t>EDSON MÁRCIO DE ALMEIDA,	 vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência após ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a AGÊNCIA SICOOB IÚNA, pelos 24 anos, sempre exercendo um trabalho excelente, atuando em prol do nosso município.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2563/12mocaodepesaraureamariaoliveira.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2563/12mocaodepesaraureamariaoliveira.doc</t>
   </si>
   <si>
     <t>EMANUEL GARCIA DE AMORIM , vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento da Senhora, ÀUREA MARIA OLIVEIRA RODRIGUES, ocorrido no dia 08 de outubro do corrente ano.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2564/13mocaodepesarligialeonor.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2564/13mocaodepesarligialeonor.doc</t>
   </si>
   <si>
     <t>EMANUEL GARCIA DE AMORIM e JONATHAN BONFANTE MOREIRA, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento da Senhora, LÍGIA LEONOR DA SILVA falecida no dia 07 de outubro do corrente ano, esposa,mãe e avó amorosa, teve 08 filhos,sendo eles: Marli Maria da Silva,Sebastiao da Silva, Eni da Silva,_x000D_
 Elzeni da Silva de Oliveira, Gilcinéia da Silva,Eliete da Silva Godoy, Elias da Silva, José Paulino da Silva, Julio Cesar da Silva e  Mário Sergio da Silva._x000D_
 20 netos,31 bisnetos e 01 tataraneto.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2565/14mocaoaplausosanaesteroliveiraguilherme.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2565/14mocaoaplausosanaesteroliveiraguilherme.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM e ADIMILSON DE SOUSA, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Ana Ester Oliveira Guilherme, pela conquista do Título de 1ª Princesa da 10ª Festa do Café de Iuna-ES.Filha de Geraldo César Guilherme e Ana Isabel de Oliveira Guilherme,estudante do 2º ano do Curso Técnico em Publicidade e Propaganda.Herdou o gosto pela agricultura de seu avô Jose Frederico, que era agricultor e também de seu pai que sempre esteve presente no meio rural e cafeeiro da região.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2566/15mocaoaplausosdheboramirtisguilherme.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2566/15mocaoaplausosdheboramirtisguilherme.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM e ADIMILSON DE SOUSA, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Dhébora Mirtis Guilherme Oliveira,pela conquista do Título de 2ª Princesa da 10ª Festa do Café de Iúna-ES.Filha de Maria Antônia Guilherme de Oliveira e Arilson Ferreira de Oliveira. Herdou o gosto pela agricultura através do seu pai e de seu avô Carlindo, realizando a colheita de suas próprias lavouras, estudante de Agronomia, no Ifes-Campus Alegre, pretende retornar ao município para aplicar os conhecimentos adquiridos, assim ajudando no crescimento da querida cidade Iúna-ES.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM e ADIMILSON DE SOUSA, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Karla Beatriz Silveira Amorim,pela conquista do Título de Rainha da 10ª Festa do Café de Iúna-ES.Filha de Rute léia Silveira Amorim e Carlos Roberto de Amorim.Filha e neta de agricultores,desde criança acompanha e tem orgulho do pai,porque apesar de enfrentar crises, não desiste da produção cafeeira,que passa por diversas fases até chegar na mesa de todos.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2568/02mocaodeaplausoslazarodograuyotuberdocaparao.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2568/02mocaodeaplausoslazarodograuyotuberdocaparao.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, no uso de suas atribuições legais e regimentais a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Lázaro Christion Machado Oggione (Lázaro do grau) yotuber do Caparaó.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2570/13mocaoaplausosadoniasboreldeabreu.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2570/13mocaoaplausosadoniasboreldeabreu.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Sr. Adonias Borel de Abreu pelo serviço prestado a saúde pública do Município desde de Fevereiro do ano de 2010.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2572/mocaodepesar_manoel_arculano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2572/mocaodepesar_manoel_arculano.docx</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal, Voto de Profundo Pesar pelo falecimento do Senhor Manoel Herculano, falecido no dia 26 de setembro do corrente ano.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2576/05mocaodepesarmarcao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2576/05mocaodepesarmarcao.docx</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o Plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento do Senhor MARCOS EURELIO DE OLIVEIRA (MARCÃO), ocorrido no dia 31 de outubro do ano corrente. Nascido em Iúna/ES no dia 03 de agosto de 1976, filho do Senhor Antônio A. de Oliveira e Dona Zilma Eler de Oliveira, neto do Saudoso José Frederico.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2577/05mocaodepesaryanferreirasilva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2577/05mocaodepesaryanferreirasilva.docx</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o Plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento do Senhor YAN FERREIRA DA SILVA.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2578/14mocaopesardalvaalvescardoso.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2578/14mocaopesardalvaalvescardoso.docx</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Jonathan Bonfante Moreira e Emmanuel Garcia de Amorim, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, voto de profundo pesar pelo falecimento da senhora DALVA ALVES CARDOSO, ocorrido no dia 05 de novembro do ano corrente.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2608/20mocaoconglatulacoesigrejabatista.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2608/20mocaoconglatulacoesigrejabatista.docx</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUSA, JONATHAN BONFANTE MOREIRA E EMMANUEL GARCIA DE AMORIM, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal, Moção de Congratulações a Convenção Batista do Estado Santo pelas comemorações dos 120 ANOS DA IGREJA BATISTA EM SOLO CAPIXABA. Requer ainda, que a decisão seja comunicada à aludida Convenção, bem como às Igrejas e Pastores Batistas deste município.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2609/20mocaodepesaraecioflavio.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2609/20mocaodepesaraecioflavio.doc</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor AÉCIO FLÁVIO NEVES, ocorrido no dia 13 de novembro do corrente ano. Deixa saudades aos familiares e amigos.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2610/21mocaodeaplausosdeneval.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2610/21mocaodeaplausosdeneval.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor DENEVAL MIRANDA VIEIRA JÚNIOR, pela conquista de 1º colocado na categoria Café Arábica, com o café “Cordilheiras do Caparaó”,  que foi o grande vencedor da 11º edição da Semana Internacional do Café (SIC) 2023, realizada em Belo Horizonte.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2611/22mocaodeaplausoscedro.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2611/22mocaodeaplausoscedro.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Senhor CEDRO DO CARMO MORINEAU FORNARI, pela conquista de 5º colocado na categoria Café Arábica, na 11º edição da Semana Internacional do Café (SIC) 2023, realizada em Belo Horizonte.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2612/23mocaodeaplausosvalzilene.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2612/23mocaodeaplausosvalzilene.docx</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Senhora VALZILENE DUTRA VIEIRA, pela conquista de 9º colocado na categoria Café Arábica, na 11º edição da Semana Internacional do Café (SIC) 2023, realizada em Belo Horizonte.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2613/13mocaoaplausosolindagomes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2613/13mocaoaplausosolindagomes.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Senhora OLINDA GOMES pelo serviço prestado a agricultura com seus 104 anos de idade.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2614/15requerimentogilson.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2614/15requerimentogilson.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário que seja encaminhado ofício ao Deputado Federal Gilson Daniel, para que possa providenciar torres de telefonia móvel na Comunidade de Laranja da Terra, Comunidade do Rio Claro, Comunidade dos Pilões – Santa Clara e na Comunidade do Bom Sucesso.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Romário Batista Vieira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2246/projleicomplementar_01_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2246/projleicomplementar_01_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 25-2021.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2247/projleicomplementar_02_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2247/projleicomplementar_02_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 28/2022.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2248/projleicomplemt_03_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2248/projleicomplemt_03_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CARGOS COMISSIONADOS DA CÂMARA MUNICIPAL DE IÚNA, ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2255/projleicomplem_04_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2255/projleicomplem_04_2023.pdf</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>Leonardo da Costa Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2391/projleicomplem_05_2023_xxx.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2391/projleicomplem_05_2023_xxx.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DO CÓDIGO TRIBUTÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2392/projleicomplem_06_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2392/projleicomplem_06_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ISENSÃO DO IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU, CONTRIBUIÇÃO DE MELHORIAS E DAS TAXAS DE CONSERVAÇÃO AOS IMÓVEIS LOCALIZADOS EM LOGRADOUROS PÚBLICOS SEM PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2393/projleicomplem_07_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2393/projleicomplem_07_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, CONTRIBUIÇÃO DE MELHORIAS E DAS TAXAS DE CONSERVAÇÃO ÀS PESSOAS ACIMA DE 70 (SETENTA) AN0S E DE BAIXA RENDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emmanuel Garcia de Amorim, Matheus Fonseca de Souza</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2421/projleicomplem_08_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2421/projleicomplem_08_2023.pdf</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2441/projleicomplem_09_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2441/projleicomplem_09_2023.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO E VAGA DE PROVIMENTO EFETIVO NO QUADRO DE PESSOAL DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE IÚNA E ALTERA OS ANEXOS I E VI DA LEI COMPLEMENTAR 28/2022.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2474/projleicomplem_10_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2474/projleicomplem_10_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 25/2023.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2525/projleicomplemem_11_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2525/projleicomplemem_11_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 28/2023.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2584/projleicomplem_12_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2584/projleicomplem_12_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPSOTIVOS DA LEI COMPLEMENTAR N° 32/2022.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2586/proleicomplem_13_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2586/proleicomplem_13_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 25/2021 E LEI COMPLEMENTAR N° 32/2022</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2587/projleicomplem_14_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2587/projleicomplem_14_2023.pdf</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2616/projleicomplem_15_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2616/projleicomplem_15_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 2.137/2008 E LEI COMPLEMENTAR N° 028/2022.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2628/projleicomplem_16_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2628/projleicomplem_16_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 27/2021.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2245/projleiord_01_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2245/projleiord_01_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2249/projleiord_02_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2249/projleiord_02_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2250/projleiord_03_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2250/projleiord_03_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VEREADORES.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2252/projleiord_04_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2252/projleiord_04_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA 2022-2025, LEI N° 2.961/2021.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2253/projleiord_05_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2253/projleiord_05_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2254/projleiord_06_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2254/projleiord_06_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2256/projleiord_07_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2256/projleiord_07_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I, DA LEI MUNICIPAL N° 3.015/2022, AUMENTANDO O QUANTITATIVO DE VAGAS PARA O CARGO DE CUIDADOR.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2257/projleiord_08_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2257/projleiord_08_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE AUXILIAR DE CRECHE POR TEMPO DETERMINADO.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2259/projleiord_09_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2259/projleiord_09_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE AGENTE DE SUPORTE OPERACIONAL POR TEMPO DETERMINADO.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2260/projleiord_10_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2260/projleiord_10_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.259/2009.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2326/projleiord_11_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2326/projleiord_11_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 3.021/2022.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2327/projleiord_12_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2327/projleiord_12_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA 2022/2025, LEI N° 2.961/2021</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2328/projleiord_13_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2328/projleiord_13_2023.pdf</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2329/projleiord_14_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2329/projleiord_14_2023.pdf</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2368/projleiord_15_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2368/projleiord_15_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.581/2015, QUE DISPÕE SOBRE O LICENCIAMENTO AMBIENTAL E A AVALIAÇÃO DE IMPACTOS AMBIENTAIS.</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2369/projleiord_16_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2369/projleiord_16_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE ÁREA PÚBLICA PARA IMPLEMENTAÇÃO DA ESTAÇÃO ELEVATÓRIA DE ESGOTO BRUTO -EEEB - PARQUE INDUSTRIAL.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2370/projleiord_17_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2370/projleiord_17_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE TRADUTOR E INTÉRPRETE DE LÍNGUA BRASILEIRA DE SINAIS - LIBRAS EM TODAS AS INSTITUIÇÕES FINANCEIRAS DO SETOR PRIVADO DO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2371/projleiord_18_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2371/projleiord_18_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2388/projleiord_19_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2388/projleiord_19_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA 2022/2025, LEI N° 2.961/2021.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2389/projleiord_20_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2389/projleiord_20_2023.pdf</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2390/projleiord_21_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2390/projleiord_21_2023.pdf</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2394/projleiord_22_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2394/projleiord_22_2023.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS DE PROFESSORES E FUNCIONÁRIOS DE ESTABELECIMENTOS DE ENSINO PÚBLICOS E PRIVADOS DE EDUCAÇÃO  BÁDICA E DE ESTABELECIMENTOS DE RECREAÇÃO INFANTIL NO MUNICÍPIO DE IÚNA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2395/projleiord_23_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2395/projleiord_23_2023.pdf</t>
   </si>
   <si>
     <t>ASSEGURA ÀS PESSOAS COM DEFICIÊNCIA AUDITIVA O DIREITO A ATENDIMENTO POR TRADUTOR OU INTÉRPRETE DE LIBRAS NOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA DIRETA, INDIRETA E FUNDAMENTAL E NAS EMPRESAS CONCESSIONÁRIAS DE SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2396/projleiord_24_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2396/projleiord_24_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSERÇÃO DO NÚMERO DO PROJETO DE LEI E DO NOME DO AUTOR, NAS LEIS DO MUNICÍPIO DE IÚNA.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2398/projleiord_25_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2398/projleiord_25_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E FISCALIZAÇÃO DE EXECUÇÃO (COMAFE) DOS RECURSOS PROVENIENTES DO FUNPAES.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2399/projleiord_26_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2399/projleiord_26_2023.pdf</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2400/projleiord_27_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2400/projleiord_27_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL - PPA 2022/2025, LEI 2.961/2021.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2401/projleiord_28_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2401/projleiord_28_2023.pdf</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2402/projleiord_29_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2402/projleiord_29_2023.pdf</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2404/projleiord_30_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2404/projleiord_30_2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SERVIÇO DE TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS NO MUNICÍPIO DE IÚNA.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2405/projleiord_31_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2405/projleiord_31_2023.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS E VEREADORES DE IÚNA, OBSERVANDO O QUE DETERMINA O CAPUT DO ART. 23 DA LEI ORGÂNICA DO MUNICÍPIO E OS ARTIGOS 29, 29-A E 57, § 7°, DA CONSTITUIÇÃO DA REPÚBLICA.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2432/projleiord_34_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2432/projleiord_34_2023.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO MUNICIPAL, DOS VEREADORES E DOS SECRETÁRIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2433/projleiord_35_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2433/projleiord_35_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE EDUCAÇÃO AMBIENTAL.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2440/projleiord_40_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2440/projleiord_40_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE SAÚDE MUNICIPAL.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2472/projleiord_41_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2472/projleiord_41_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO MUNICIPAL DE MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2477/projleiord_42_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2477/projleiord_42_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2478/projleiord_43_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2478/projleiord_43_2023.pdf</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2479/projleiord_44_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2479/projleiord_44_2023.pdf</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2480/projleiord_45_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2480/projleiord_45_2023.pdf</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2482/projleiord_46_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2482/projleiord_46_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAPACITAÇÃO EM NOÇÕES BÁSICAS DE PRIMEIROS SOCORROS NAS ESCOLAS E CRECHES PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2483/projleiord_47_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2483/projleiord_47_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DE TELEFONES CELULARES NA CÂMARA MUNICIPAL DE IÚNA.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2484/projleiord_48_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2484/projleiord_48_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N° 377/1963.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2509/projleiord_49_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2509/projleiord_49_2023.pdf</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2510/projleiord_50_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2510/projleiord_50_2023.pdf</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2511/projleiord_51_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2511/projleiord_51_2023.pdf</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2512/projleiord_52_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2512/projleiord_52_2023.pdf</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2513/projleiord_53_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2513/projleiord_53_2023.pdf</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2514/projleiord_54_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2514/projleiord_54_2023.pdf</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2521/projleiord_55_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2521/projleiord_55_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR TERRENO DO MUNICÍPIO A ASSOCIAÇÃO IUNENSE PARA DESENVOLVIMENTO SOCIAL - ASSIUDES.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2522/projleiord_56_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2522/projleiord_56_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.636/2017.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2523/projleiord_57_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2523/projleiord_57_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IÚNA PARA O EXERCÍCIO FINANCEIRO DE 2024.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2524/projleiord_58_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2524/projleiord_58_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO MUNICIPAL O DIA DA CONSCIENTIZAÇÃO E COMBATE AO FEMINICÍDIO E À VIOLÊNCIA CONTRA A MULHER.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2526/projleiord_59_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2526/projleiord_59_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA CAMPO BOM DE BOLA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2573/projleiord_60_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2573/projleiord_60_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE IÚNA A FESTA DE SANTA LUZIA.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2574/projleiord_61_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2574/projleiord_61_2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O DISPOSTO NO § 3° DO ART. 8° DA LEI N° 14.133, DE 1° DE ABRIL DE 2021, PARA DISPOR SOBRE AS REGRAS PARA A ATUAÇÃO E NOMEAÇÃO DO AGENTE DE CONTRATAÇÃO, EQUIPE DE APOIO E COMISSÃO DE CONTRATAÇÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL DE IÚNA/ES.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2575/projleiord_62_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2575/projleiord_62_2023.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA INSERÇÃO DO NOME DO PROPONENTE DE LEI NOS SITES OFICIAIS DOS PODERES EXECUTIVO E LEGISLATIVO.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2583/projleiord_63_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2583/projleiord_63_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A ABSORVER OS TRECHOS RODOVIÁRIOS ESTADUAIS URBANOS QUE SÃO DE RESPONSABILIDADE DO DEPARTAMENTO DE EDIFICAÇÕES E RODOVIAS DO ESTADO DO ESPÍRITO SANTO - DER/ES.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2585/projleiord_64_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2585/projleiord_64_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO CAFÉ ESPECIAL.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2588/projleiord_65_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2588/projleiord_65_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.259/2009.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2589/projleiord_66_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2589/projleiord_66_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS NO MUNICÍPIO DE IÚNA.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2590/projleiord_67_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2590/projleiord_67_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA INSTITUIÇÃO MUNICIPAL DE ASSISTÊNCIA.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2592/porjleiord_68_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2592/porjleiord_68_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA CAMPO BOM DE BOLA NO BAIRRO GUANABARA.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2617/projleiord_69_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2617/projleiord_69_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA (CMDPD) E FUNDO MUNICIPAL DA PESSOA COM DEFICIÊNCIA (FMDPD).</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2618/projleiord_70_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2618/projleiord_70_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI COBRANÇA PELA UTILIZAÇÃO DO PARQUE DE EXPOSIÇÕES CASSIANO OSÓRIO LEAL JÚNIOR.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2619/projleiord_71_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2619/projleiord_71_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO  A DOAR TERRENO DO MUNICÍPIO AO INCAPER - INSTITUTO DE PESQUISA, ASSISTÊNCIA TÉCNICA E EXTENSÃO. RURAL.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2620/projleiord_72_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2620/projleiord_72_2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL N° 13.874, DE 2019 (LEI DE LIBERDADE ECONÔMICA), NO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2621/projleiord_73_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2621/projleiord_73_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA INSTITUIÇÃO MUNICIPAL DE ASSITÊNCIA.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2622/projleiord_74_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2622/projleiord_74_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.800/2019.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2623/projleiord_75_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2623/projleiord_75_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE IÚNA/ES A CONCEDER AUXÍLIO TRANSPORTE AOS ALUNOS DE ENSINO MÉDIDO MATRICULADOS NO INSTITUTO FEDERAL DO ESPÍRITO SANTO (IFES) E ALUNOS MATRICULADOS EM CURSO SUPERIOR DEVIDAMENTE AUTORIZADO PELO MEC (MINISTÉRIO DA EDUCAÇÃO).</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2624/projleiord_76_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2624/projleiord_76_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 3.009/2022.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2625/projleiord_77_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2625/projleiord_77_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABONO SALARIAL PARA OS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2629/projleiord_78_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2629/projleiord_78_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.649/2017.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2372/projresolucao_01_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2372/projresolucao_01_2023.pdf</t>
   </si>
   <si>
     <t>CRIA A MEDALHA SUBTENENTE PAULO SÉRGIO TORQUATO LEPRE NA CÂMARA DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emerson da Silva Santos, Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2397/projresolucao_02_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2397/projresolucao_02_2023.pdf</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2438/projresolucao_03_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2438/projresolucao_03_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO ESPECIAL ENCARREGADA DA ELABORAÇÃO DE ESTUDOS E PROPOSTAS DESTINADAS À CONSOLIDAÇÃO DAS ALTERAÇÕES DO REGIMENTO INTERNO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2439/projresolucao_04_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2439/projresolucao_04_2023.pdf</t>
   </si>
   <si>
     <t>SUPRIME PARÁGRAFO NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2475/projresolucao_05_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2475/projresolucao_05_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS A VEREADORES E SERVIDORES DO PODER LEGISLATIVO DE IÚNAE DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2476/projresolucao_06_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2476/projresolucao_06_2023.pdf</t>
   </si>
   <si>
     <t>MODIFICA O CAPÍTULO IV DO REGIMENTO INTERNO DO PODER LEGISLALTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida, Adimilson de Sousa, Emerson da Silva Santos, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCEDIDO VOTOS DE LOUVOR PELOS 74 ANOS DE FUNDAÇÃO DA IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS DESTA CIDADE, PELO 23º ANIVERSÁRIO DE CONSTRUÇÃO DO NOVO TEMPLO E 44º ANIVERSÁRIO DO CONJUNTO DE CÍRCULO DE ORAÇÃO BÍBLICO CELESTE.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>REQUER AUTORIZAÇÃO PARA REALIZAÇÃO DO 1º FÓRUM DE SEGURANÇA PÚBLICA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2317/01requerimentoaoprefeitoruniaoenfermagem.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2317/01requerimentoaoprefeitoruniaoenfermagem.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado Ofício ao Prefeito Municipal solicitando agenda em conjunto com os técnicos de enfermagem efetivos da secretaria de saúde, para tratarmos de assuntos relacionados a Implantação do Projeto de Lei referente ao piso salarial da Enfermagem do município.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2318/02requerimentoforumdesegurancapublica.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2318/02requerimentoforumdesegurancapublica.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, autorização para realização do0 1º Fórum de Segurança Pública do Município. Devido aos inúmeros assaltos, furtos entre outros atos que vem ocasionando a insegurança dos moradores de nossa comunidade, além, de diversas reclamações dos moradores de diversos bairros sobre as motos com os canos de descargas alterados, ocasionando um grande incômodo para nossa população, principalmente para idosos e pessoas especiais. Precisamos tomar providências para solucionar e amenizar essas questões.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimentopedindoconvocacaodasecretariadeeducacao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimentopedindoconvocacaodasecretariadeeducacao.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário que seja encaminhado ofício ao Prefeito Municipal Romário Batista Vieira, no sentido de convocar a  Secretária de Educação, Esporte e Cultura ,Sra. Edna Viana Fonseca a comparecer na Reunião Ordinária desta Casa de Leis no dia 08 de Março do corrente ano  para prestar esclarecimentos sobre o início da Obra de Construção da Escola da Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento01informacoesveiculoapreendido.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento01informacoesveiculoapreendido.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Sr. Romário Batista Vieira, Prefeito Municipal, que informe a esta Casa de Leis, sobre o veículo da Prefeitura Municipal de Iúna que foi apreendido em Minas gerais, sem placa e com documentação atrasada.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento02informacoessobreruaalcinobastos.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento02informacoessobreruaalcinobastos.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Sr. Romário Batista Vieira, Prefeito Municipal, para que o Secretário de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino da Silva, informe a esta Casa de Leis, sobre o asfalto da Rua Alcino Bastos, o mesmo afundou ,causando transtorno aos pedestres e motoristas, se há previsão de manutenção no local.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento03quantidadedemedidosnopamunicipal.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento03quantidadedemedidosnopamunicipal.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado Ofício ao Gestor da Santa Casa de Iúna, Senhor Ary Leal Faria, solicitando esclarecimentos sobre o quantitativo de médicos, enfermeiros e técnicos de enfermagem que trabalham no atendimento do pronto atendimento da Santa Casa de Iúna.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento04quantidadedepacientesatendidos_nopamunicipal.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento04quantidadedepacientesatendidos_nopamunicipal.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado Ofício ao Gestor da Santa Casa de Iúna, Senhor Ary Leal Faria, solicitando esclarecimentos solicitando esclarecimentos sobre o quantitativo de pacientes atendidos por dia no Pronto Atendimento Municipal.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2359/03requerimentonomeacaodacomissaoorganizadoradoprocessoseletivo.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2359/03requerimentonomeacaodacomissaoorganizadoradoprocessoseletivo.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência Prefeito Municipal, que determine ao Gestor da Santa Casa de Iúna Ary Leal Faria, que encaminhe a esta casa legislativa o ato de nomeação da comissão organizadora do processo seletivo simplificado nº 001/2023</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2360/04requerimentoprefeitoestudoimpactofinanceiro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2360/04requerimentoprefeitoestudoimpactofinanceiro.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja realizado estudo de impacto financeiro, para que havendo disponibilidade orçamentária, seja implantado no mês de maio, no qual se comemora anualmente a semana de enfermagem, o Piso Nacional dos Profissionais de Enfermagem do Município de Iúna, conforme a Lei 14.434 de Agosto de 2022.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2365/01_requerimentohino_nacional.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2365/01_requerimentohino_nacional.docx</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal , a Secretária  Municipal de Educação , bem como, aos Diretores de todas as escolas sediadas no município de Iúna, públicas ou privadas, que contenham o Ensino Fundamental, no sentido de que cumpram o disposto na Lei Federal nº 12.031 de 21 de Setembro de 2009, que tornou obrigatória a execução do Hino Nacional uma vez na semana, em referidas instituições de ensino ( Lei anexa).</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2366/05requerimentomocaodepesarjosemartins.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2366/05requerimentomocaodepesarjosemartins.docx</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2386/07requerimentosessao_solene.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2386/07requerimentosessao_solene.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja realizado Sessão Solene em Comemoração à Semana de Enfermagem, para ser realizada nas dependências deste Poder Legislativo, em data a ser prevista pelo Presidente.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento05encaminharaestacasadeleisocronogramadaobradaescoladeterracorrida.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento05encaminharaestacasadeleisocronogramadaobradaescoladeterracorrida.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado Ofício a Secretária de Educação e Esporte, a senhora Edna Viana Fonseca, para encaminhar a esta Casa de Leis o cronograma da Obra da Escola Municipal da Comunidade de Terra Corrida, no município de Iúna, para que seja analisada pela Casa</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2429/08requerimentoagenciabradesco.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2429/08requerimentoagenciabradesco.docx</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário que seja encaminhado ofício a Agência Bradesco de Iúna/ES, solicitando informações da falta de dinheiro nos caixas em dia de pagamento, melhoria nos atendimentos aos clientes e a instalação de caixa eletrônico, pois está tendo reclamações das partes dos clientes referentes a esses problemas.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2459/02mocaoaplausostime.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2459/02mocaoaplausostime.doc</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Time de Futsal Infantil do CEEFMTI Henrique Coutinho, pela conquista do Campeonato Estadual de Futsal Infantil. _x000D_
 Jogadores: Harley Gomes de Paula, Kaique da Silva Bezerra, Davi Carvalho Moura, João Pedro Vieira Marques, Guilherme de Souza Premoli, Kayro Martins Ferreira da Silva, João Max Oliveira Nunes, Luiz Felipe de Jesus Rios, Luan Lourenço Santana, João Gabriel Gomes Batista, Júlio Cezar Vaúna Soares e Alysson Rodrigues Lannes.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2460/03mocaoaplausosalunosolimpiadanacional.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2460/03mocaoaplausosalunosolimpiadanacional.doc</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2465/requerimento07informacoestransporteescolaruniversitario.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2465/requerimento07informacoestransporteescolaruniversitario.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, solicita informações referente a situação do Transporte Escolar Universitário.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2464/requerimento08convenioamigosfieis.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2464/requerimento08convenioamigosfieis.docx</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, solicita informações de como se encontra o convênio entre a Prefeitura e os Amigos Fieis.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2468/002requerimentogarisinformacoes.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2468/002requerimentogarisinformacoes.doc</t>
   </si>
   <si>
     <t>VALCI DE PAULA MONTONI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência Prefeito Municipal, que determine ao Secretário de Meio e Limpeza Pública, o Senhor Manoel Arcangelo Rafael Gomes, informações sobre qual motivo que os Garis não tem direito ao Ponto Facultativo e também não recebi hora extra.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2506/11requerimentosolicitacaodereuniao.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2506/11requerimentosolicitacaodereuniao.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja solicitado reunião entre o Ministério público e a Câmara Municipal de Iúna, com data a ser definida.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2569/03requerimentoconvocaempresaaugustoveloso.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2569/03requerimentoconvocaempresaaugustoveloso.doc</t>
   </si>
   <si>
     <t>GEOVAN FURTADO DOS REIS, no uso de suas atribuições legais e regimentais a Vossa Excelência depois de ouvido o plenário, que seja convocado o responsável pela Empresa Augusto Veloso para explicar o motivo da demora para realizar os reparos dos asfaltos do município.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2571/01requerimentoarquivamentoprojeto.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2571/01requerimentoarquivamentoprojeto.docx</t>
   </si>
   <si>
     <t>Leonardo da Costa Oliveira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, a retirada e arquivamento do Projeto de Lei n° 30/2023, de sua autoria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4242,67 +4242,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2263/projdeclegisl_01_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2519/declegislativo_02_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2593/declegislativo_03_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2594/declegislativo_04_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2595/declegislativo_05_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2596/declegislativo_06_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2597/emenda_01_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2598/emenda_02_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2599/emenda_03_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2600/emenda_04_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2601/emenda_05_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2602/emenda_06_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2603/emenda_07_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2604/emenda_08_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2605/emenda_09_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2606/emenda_10_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2607/emenda_11_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacaocalcamentodepequia.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacaocalcamentodepequiaproximoacesan.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2266/indicacaosubstituicaodelampadasqueimadas.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2267/indicacao01reparosnailuminacaopublicanaicc.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao02podadearvoresicc.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao03refletoresbasebombeiros.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao04manutencaobanheirobasebombeiro.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao05retiradatroncodeaarvore.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao06pisosalarialenfermagem.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao07brinquedospcakideliciavilanova.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao08brinquedospcaguanabara.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao09trocabrinquedospcaquilombo.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao10brinquedospcaferreiravale.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2277/indicacao11brinquedospcavilanova.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao12reparosnasestradasdoaltotrindade.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao13secretariadesaude.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2280/indicacao14miutiraodengue.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao15patrolamento_e_ensaibramentocantinho_da_saudadepequia.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao16patrolamento_e_ensaibramentopequia.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2283/indicacao17patrolamento_e_ensaibramentoaltotrindade.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2284/indicacao01manutencaoruasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2285/indicacao02estacionamentorotativo.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao01manilhamentonobairroniteroi.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao02manilhamentocorregodosveados.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao03limpezadaruaantoniobelodossantos.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao04manilhamentocorregosantoantonio.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao05patrolamentovilasaocristovao.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacaomudancaderedeeletrica.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2294/indicacaopatrolamentoeensaibramentodasviasrurais.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacaoreformadebueirobarrobranco.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacaoreformadebueirosantacalaradourbano.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacaoreformadebueirosantacalaradourbanoaparecidaventura.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacaotrocadepranchaoereformadaponte.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao01calcamentomorroterracorrida.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao01limpezadasruasdomunicipio.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao02calcamentodaruaquintinobocaiuva.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2302/indicacao03calcamentovilasaocristovao.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2303/indicacao04iluminacaobairronossasradapenha.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2304/indicacao05manutencaodaruaatalibajosedebarros.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao06manutencaodaestradabeirariopequia.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao07manutencaodaestradeuberaba.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacaomanutencaodeestradastrindadealtotrindade.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2308/indicacaopatrolamentocorregodareserva.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2309/indicacaoreparosnailuminacaonorrodaviladosguedes.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacaoreparosnailuminacaonossasenhoradasgracas.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacaoreparosnailuminacaopracanamirangelo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2312/indicacaomudancaderedeeletrica.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacaopito.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2331/indicacao18calcamentopracadoctum.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao19segurancaescola.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao20calcamentoruraleaplicacaorevsol.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2335/indicacao22limpezadistritopequia.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao23manuntencaoetrocasdetodasaslampadasdistritopequia.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao24aquisicaoambulancia.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao25calcamentopequia.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2339/indicacao26limpezaruacemiterio.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao27manuntencaoestradas.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao03costrucaocanaletasdascasinhaspopulares.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao04documentacaodascasinhaspopulares.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao07segurancaparaescola.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao08consertoalambrado.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao09manuntencaodeponte.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao10limpezaderua.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao11patrolamentoeensaibramento.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao12manuntencaodeponteromildogodinho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacaoareaparaprovadodetran.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacaoensaibramentotristesorte.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2351/indicacaogestaowaldrem.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2352/indicacaolaranjaterrapatrolamento.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2353/indicacaoreparobueirotinguaciba.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao28libras.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2375/indicacao05manutencaoreformaecalcamentodocampobomdebolaguanabarra.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao12podadearvores.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao13podadearvores.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2378/indicacao14manutencaodecalcamentodopostodoquilomboproximoasaidadaaguasanta.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao09manutencaocalcamento.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2381/indicacao10manutencaoestradasterracorrida.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2382/indicacao11manutencaoestradaspiloessantaclara.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2407/indicacao29unidadesaudesantissimatrindade.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2408/indicacao30unidadesaudepequia.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2409/indicacao31unidadesaudepequia.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao32manutencaoredeesgosto.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao33manuntencaoestradasrurais.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao34manuntencaoestradasruraiscorregos.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2413/indicacao35manuntencaoestradasruraiscorregos.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2414/indicacao36reparosnailuminacaopublicananaavenidaademarvieiradacunhabairrvilanova.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao06reparocalcamentoruanovopostodesaudequilombo.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao07limpezalavagemquilombo.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao08manutencaodoereparonaruasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao09reparonacalcadadomuraonaruasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao10manutencaodasestradasprincipaisdacomunidadedaterracorrida.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao15aplicacaoderevisolnaserrinhaiiiiiienobarrobranco.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao37reformadapracaenovaacademiaempequia.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao38iluminacaopublicanossasenhoragracas.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao38instalacaodeumaacademianodistritodetrindade.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao39trocabrinquedospequia.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao41aoprefeitomunicipal.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao42retiradaarvorevilanova.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao43contratacaoagentessaude.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao11solicitandoinformacoesporqualmotivoaruahermesantoniosilveiranaofoiasfaltadabairroquilombo.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao12aplicacaoderevissolbarrobrancoesocorro.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao13aplicacaorevisolbomsucesso.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao01manutencaoredeesgosto.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao02manutencaobueiropequia.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao03manutencaobueiropequia.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao04construcaodagua.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao05limpezaigrejapequia.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao06ensaibramentodasestradasruraimorroredondoeboasorte.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao05aplicacaoderevsol.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao44pisosalarialenfermagem.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao45pisoenfermagem70.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao46niveltecnicopisosalarial.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao47manutencaobanheirobasebombeiro.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao48construcaobanheirosamu.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao49pisosalarialicepi.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao50instalacaolixeirapito.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao12providenciarquebramolasruamiguellousadadealmeidabairroguanabara.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacaoreparoestradapiloes.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao07calcamentoquedaacessonasescolasdoctumsantissimaeportosgurabairroguanabara..docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao08pintarasfaixasdepedestreequebranoladetodasasruasdacidade.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao09providenciarinstalacaodeplacanarua_antonioosoriopereira.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao51rocagemubsguanabara.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao52rocagemescoladeolindaalmoxarifado.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao53limpezacorpodebombeiros.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao54instalacaodebebedouros.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao55reparoiluminacaopublicaruaantoniomomteiroalves..doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao56reparoiluminacaopublicara_av.ademar_vieiradacunha2postescomlampadasapagadas..doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao57reparoiluminacaopublicara_av.ademar_vieiradacunha..doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao58brinquedosnovospcadoctumguanabara.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao59manutencaopracavilanova.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao60manutencaopinturaquadravilanova.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao13retiradalixo.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao14reparosiluminacao.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacaoensaibramentoestradasrurais.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacaoensaibramentoestradasrurais2.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacaogestaoacademia.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacaogestaocoberturametalica.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacaogestaovinicio.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacaolimpezariosantaclara.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacaomuroecoberturaaoladodapracanacomunidadedoprincipe.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacaoprovidenciar_bancos_decimentoparasubstiturbancodemadeironoprincipe..docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacaoreformaconstrucaosantaclaraurbano.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacaoreformadebueirobarrobranco.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacaoreformaemurodearrimacomunidadesaojoaodoprincipe..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacaoreformasantaclaraurbano.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao14manuntencaonaestradadobarrobranco..docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao15manuntencaonaruasebastiaodocarmoamorim.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao16manuntencaodaslampadasruamonteiroalves.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacaoreformadapracanercicesar.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2580/01indicacaorecapeamentoruapresbitero.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao61limpezadosbueirosnaruatacla_abdo_scardini.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacaolimpezariosantaclara.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacao62reparosnailuminacaopublicapequia.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2787/indicacaocorregosossego.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2313/01mocaodepesarsenhorlourivalchagas.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2314/02mocaodepesarlinogarcia.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2315/03mocaodepesarzenibatista.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2316/mocaocongratulacoassembleia.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2319/01requerimentomocaodepesarcarlitomarquesguimaraes.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2325/05requerimentomocaodepesarjosemartins.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2355/02mocaodepesarlinogarcia.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2356/03mocaodepesarjassonbello.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2357/03mocaodepesarzenibatista.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2358/mocaocongratulacoassembleia.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2361/01mocaoaplausoskellysouzarodrigues.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2362/02mocaoaplausosadielcarlosoliveira.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2363/03mocaoaplausosacapi.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2364/04mocaoaplausosjoaoaromariosilveira.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2383/01mocaodepesarsenhorsebastiaojusto.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2384/05mocaoaplausosmariaaparecidadeoliveira.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2385/06mocaoaplausosadileusasantos.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2422/mocaodeaplausonathatorezani.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2423/mocaodeaplausosdaniloantoniodiasamorim.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2424/mocaodeaplausosjoaopedrodasilva.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2425/mocaodeaplausostiagochagas.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2426/mocaodeplausosrodrigoseverinodasilva.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2427/06mocaoaplausospaulomarcioflorindo.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2428/07mocaoaplausospaulocesarribeiro.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2461/08mocaoaplausosceleirteodoro.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2462/09mocaoaplausosedmarguedes.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2463/10mocaoaplausoswitalojosesoares.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2466/requerimento06mocaocongratulaco.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2467/requerimento09mocaoaplausosnatalia.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2469/003requerimentomocaodepesarsebastiao.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2470/004mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2471/005mocaoaplausosmissteensaradossantos.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2498/mocaodepesaelysousaribeiro.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2499/01mocaodepesaracrisiodaserraria.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2500/02mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2501/02mocaodepesarzepretinho.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2502/03mocaoaplausosalunosolimpiadanacional.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2503/04mocaodepesarsenhoramarialage.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2504/08mocaoaplausosapae.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2505/10mocaoaplausosconcursorealeza.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2507/11mocaoaplausosrenaldogabrielmartins.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2508/12mocao_de_pesar_pelo_falecimento_do_edvan_da_silva.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2552/09mocaopesarceliovial.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2553/10mocaopesardonabina.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2554/11mocaopesarrodrigoleclec.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2555/13mocaodeplausosgeisonrexende.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2556/14mocaodeplausosfernando.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2557/15mocaodeplausosjosefonseca.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2558/16mocaodeplausospaulosergio.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2559/17mocaodeplausosruteleia.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2560/18mocaodepesarmariadapenhafonsecalima.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2561/19mocaodepesarmarianagoncalvesdias.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2562/mocaoaplausossicoob.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2563/12mocaodepesaraureamariaoliveira.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2564/13mocaodepesarligialeonor.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2565/14mocaoaplausosanaesteroliveiraguilherme.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2566/15mocaoaplausosdheboramirtisguilherme.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2568/02mocaodeaplausoslazarodograuyotuberdocaparao.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2570/13mocaoaplausosadoniasboreldeabreu.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2572/mocaodepesar_manoel_arculano.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2576/05mocaodepesarmarcao.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2577/05mocaodepesaryanferreirasilva.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2578/14mocaopesardalvaalvescardoso.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2608/20mocaoconglatulacoesigrejabatista.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2609/20mocaodepesaraecioflavio.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2610/21mocaodeaplausosdeneval.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2611/22mocaodeaplausoscedro.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2612/23mocaodeaplausosvalzilene.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2613/13mocaoaplausosolindagomes.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2614/15requerimentogilson.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2246/projleicomplementar_01_2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2247/projleicomplementar_02_2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2248/projleicomplemt_03_2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2255/projleicomplem_04_2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2391/projleicomplem_05_2023_xxx.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2392/projleicomplem_06_2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2393/projleicomplem_07_2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2421/projleicomplem_08_2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2441/projleicomplem_09_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2474/projleicomplem_10_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2525/projleicomplemem_11_2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2584/projleicomplem_12_2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2586/proleicomplem_13_2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2587/projleicomplem_14_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2616/projleicomplem_15_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2628/projleicomplem_16_2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2245/projleiord_01_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2249/projleiord_02_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2250/projleiord_03_2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2252/projleiord_04_2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2253/projleiord_05_2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2254/projleiord_06_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2256/projleiord_07_2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2257/projleiord_08_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2259/projleiord_09_2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2260/projleiord_10_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2326/projleiord_11_2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2327/projleiord_12_2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2328/projleiord_13_2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2329/projleiord_14_2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2368/projleiord_15_2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2369/projleiord_16_2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2370/projleiord_17_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2371/projleiord_18_2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2388/projleiord_19_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2389/projleiord_20_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2390/projleiord_21_2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2394/projleiord_22_2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2395/projleiord_23_2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2396/projleiord_24_2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2398/projleiord_25_2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2399/projleiord_26_2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2400/projleiord_27_2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2401/projleiord_28_2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2402/projleiord_29_2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2404/projleiord_30_2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2405/projleiord_31_2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2432/projleiord_34_2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2433/projleiord_35_2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2440/projleiord_40_2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2472/projleiord_41_2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2477/projleiord_42_2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2478/projleiord_43_2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2479/projleiord_44_2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2480/projleiord_45_2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2482/projleiord_46_2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2483/projleiord_47_2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2484/projleiord_48_2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2509/projleiord_49_2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2510/projleiord_50_2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2511/projleiord_51_2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2512/projleiord_52_2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2513/projleiord_53_2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2514/projleiord_54_2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2521/projleiord_55_2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2522/projleiord_56_2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2523/projleiord_57_2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2524/projleiord_58_2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2526/projleiord_59_2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2573/projleiord_60_2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2574/projleiord_61_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2575/projleiord_62_2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2583/projleiord_63_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2585/projleiord_64_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2588/projleiord_65_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2589/projleiord_66_2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2590/projleiord_67_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2592/porjleiord_68_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2617/projleiord_69_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2618/projleiord_70_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2619/projleiord_71_2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2620/projleiord_72_2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2621/projleiord_73_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2622/projleiord_74_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2623/projleiord_75_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2624/projleiord_76_2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2625/projleiord_77_2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2629/projleiord_78_2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2372/projresolucao_01_2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2397/projresolucao_02_2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2438/projresolucao_03_2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2439/projresolucao_04_2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2475/projresolucao_05_2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2476/projresolucao_06_2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2317/01requerimentoaoprefeitoruniaoenfermagem.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2318/02requerimentoforumdesegurancapublica.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimentopedindoconvocacaodasecretariadeeducacao.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento01informacoesveiculoapreendido.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento02informacoessobreruaalcinobastos.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento03quantidadedemedidosnopamunicipal.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento04quantidadedepacientesatendidos_nopamunicipal.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2359/03requerimentonomeacaodacomissaoorganizadoradoprocessoseletivo.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2360/04requerimentoprefeitoestudoimpactofinanceiro.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2365/01_requerimentohino_nacional.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2366/05requerimentomocaodepesarjosemartins.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2386/07requerimentosessao_solene.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento05encaminharaestacasadeleisocronogramadaobradaescoladeterracorrida.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2429/08requerimentoagenciabradesco.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2459/02mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2460/03mocaoaplausosalunosolimpiadanacional.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2465/requerimento07informacoestransporteescolaruniversitario.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2464/requerimento08convenioamigosfieis.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2468/002requerimentogarisinformacoes.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2506/11requerimentosolicitacaodereuniao.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2569/03requerimentoconvocaempresaaugustoveloso.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2571/01requerimentoarquivamentoprojeto.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2263/projdeclegisl_01_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2519/declegislativo_02_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2593/declegislativo_03_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2594/declegislativo_04_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2595/declegislativo_05_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2596/declegislativo_06_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2597/emenda_01_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2598/emenda_02_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2599/emenda_03_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2600/emenda_04_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2601/emenda_05_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2602/emenda_06_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2603/emenda_07_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2604/emenda_08_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2605/emenda_09_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2606/emenda_10_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2607/emenda_11_proj_57_2023_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2264/indicacaocalcamentodepequia.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2265/indicacaocalcamentodepequiaproximoacesan.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2266/indicacaosubstituicaodelampadasqueimadas.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2267/indicacao01reparosnailuminacaopublicanaicc.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2268/indicacao02podadearvoresicc.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2269/indicacao03refletoresbasebombeiros.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2270/indicacao04manutencaobanheirobasebombeiro.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2271/indicacao05retiradatroncodeaarvore.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2272/indicacao06pisosalarialenfermagem.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2273/indicacao07brinquedospcakideliciavilanova.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2274/indicacao08brinquedospcaguanabara.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2275/indicacao09trocabrinquedospcaquilombo.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2276/indicacao10brinquedospcaferreiravale.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2277/indicacao11brinquedospcavilanova.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2278/indicacao12reparosnasestradasdoaltotrindade.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2279/indicacao13secretariadesaude.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2280/indicacao14miutiraodengue.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2281/indicacao15patrolamento_e_ensaibramentocantinho_da_saudadepequia.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2282/indicacao16patrolamento_e_ensaibramentopequia.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2283/indicacao17patrolamento_e_ensaibramentoaltotrindade.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2284/indicacao01manutencaoruasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2285/indicacao02estacionamentorotativo.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2286/indicacao01manilhamentonobairroniteroi.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2287/indicacao02manilhamentocorregodosveados.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2288/indicacao03limpezadaruaantoniobelodossantos.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2289/indicacao04manilhamentocorregosantoantonio.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2290/indicacao05patrolamentovilasaocristovao.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2292/indicacaomudancaderedeeletrica.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2294/indicacaopatrolamentoeensaibramentodasviasrurais.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2295/indicacaoreformadebueirobarrobranco.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2296/indicacaoreformadebueirosantacalaradourbano.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2297/indicacaoreformadebueirosantacalaradourbanoaparecidaventura.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2298/indicacaotrocadepranchaoereformadaponte.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2299/indicacao01calcamentomorroterracorrida.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2300/indicacao01limpezadasruasdomunicipio.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2301/indicacao02calcamentodaruaquintinobocaiuva.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2302/indicacao03calcamentovilasaocristovao.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2303/indicacao04iluminacaobairronossasradapenha.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2304/indicacao05manutencaodaruaatalibajosedebarros.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2305/indicacao06manutencaodaestradabeirariopequia.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2306/indicacao07manutencaodaestradeuberaba.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2307/indicacaomanutencaodeestradastrindadealtotrindade.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2308/indicacaopatrolamentocorregodareserva.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2309/indicacaoreparosnailuminacaonorrodaviladosguedes.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2310/indicacaoreparosnailuminacaonossasenhoradasgracas.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2311/indicacaoreparosnailuminacaopracanamirangelo.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2312/indicacaomudancaderedeeletrica.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2330/indicacaopito.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2331/indicacao18calcamentopracadoctum.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2332/indicacao19segurancaescola.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2333/indicacao20calcamentoruraleaplicacaorevsol.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2335/indicacao22limpezadistritopequia.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2336/indicacao23manuntencaoetrocasdetodasaslampadasdistritopequia.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2337/indicacao24aquisicaoambulancia.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2338/indicacao25calcamentopequia.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2339/indicacao26limpezaruacemiterio.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2340/indicacao27manuntencaoestradas.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2341/indicacao03costrucaocanaletasdascasinhaspopulares.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2342/indicacao04documentacaodascasinhaspopulares.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2343/indicacao07segurancaparaescola.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2344/indicacao08consertoalambrado.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2345/indicacao09manuntencaodeponte.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2346/indicacao10limpezaderua.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2347/indicacao11patrolamentoeensaibramento.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2348/indicacao12manuntencaodeponteromildogodinho.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2349/indicacaoareaparaprovadodetran.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2350/indicacaoensaibramentotristesorte.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2351/indicacaogestaowaldrem.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2352/indicacaolaranjaterrapatrolamento.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2353/indicacaoreparobueirotinguaciba.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2374/indicacao28libras.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2375/indicacao05manutencaoreformaecalcamentodocampobomdebolaguanabarra.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2376/indicacao12podadearvores.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2377/indicacao13podadearvores.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2378/indicacao14manutencaodecalcamentodopostodoquilomboproximoasaidadaaguasanta.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2380/indicacao09manutencaocalcamento.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2381/indicacao10manutencaoestradasterracorrida.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2382/indicacao11manutencaoestradaspiloessantaclara.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2407/indicacao29unidadesaudesantissimatrindade.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2408/indicacao30unidadesaudepequia.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2409/indicacao31unidadesaudepequia.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2410/indicacao32manutencaoredeesgosto.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2411/indicacao33manuntencaoestradasrurais.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2412/indicacao34manuntencaoestradasruraiscorregos.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2413/indicacao35manuntencaoestradasruraiscorregos.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2414/indicacao36reparosnailuminacaopublicananaavenidaademarvieiradacunhabairrvilanova.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2415/indicacao06reparocalcamentoruanovopostodesaudequilombo.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2416/indicacao07limpezalavagemquilombo.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2417/indicacao08manutencaodoereparonaruasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2418/indicacao09reparonacalcadadomuraonaruasaovicentedepaula.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2419/indicacao10manutencaodasestradasprincipaisdacomunidadedaterracorrida.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2420/indicacao15aplicacaoderevisolnaserrinhaiiiiiienobarrobranco.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao37reformadapracaenovaacademiaempequia.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2443/indicacao38iluminacaopublicanossasenhoragracas.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao38instalacaodeumaacademianodistritodetrindade.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao39trocabrinquedospequia.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao41aoprefeitomunicipal.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao42retiradaarvorevilanova.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao43contratacaoagentessaude.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2450/indicacao11solicitandoinformacoesporqualmotivoaruahermesantoniosilveiranaofoiasfaltadabairroquilombo.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2451/indicacao12aplicacaoderevissolbarrobrancoesocorro.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2452/indicacao13aplicacaorevisolbomsucesso.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2453/indicacao01manutencaoredeesgosto.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2454/indicacao02manutencaobueiropequia.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2455/indicacao03manutencaobueiropequia.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2456/indicacao04construcaodagua.doc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2457/indicacao05limpezaigrejapequia.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2458/indicacao06ensaibramentodasestradasruraimorroredondoeboasorte.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2485/indicacao05aplicacaoderevsol.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2486/indicacao44pisosalarialenfermagem.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2487/indicacao45pisoenfermagem70.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2488/indicacao46niveltecnicopisosalarial.doc" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2489/indicacao47manutencaobanheirobasebombeiro.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2490/indicacao48construcaobanheirosamu.doc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2491/indicacao49pisosalarialicepi.doc" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2492/indicacao50instalacaolixeirapito.doc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2493/indicacao12providenciarquebramolasruamiguellousadadealmeidabairroguanabara.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2494/indicacaoreparoestradapiloes.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2495/indicacao07calcamentoquedaacessonasescolasdoctumsantissimaeportosgurabairroguanabara..docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2496/indicacao08pintarasfaixasdepedestreequebranoladetodasasruasdacidade.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2497/indicacao09providenciarinstalacaodeplacanarua_antonioosoriopereira.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2515/indicacao51rocagemubsguanabara.doc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2516/indicacao52rocagemescoladeolindaalmoxarifado.doc" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2517/indicacao53limpezacorpodebombeiros.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2518/indicacao54instalacaodebebedouros.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2527/indicacao55reparoiluminacaopublicaruaantoniomomteiroalves..doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2528/indicacao56reparoiluminacaopublicara_av.ademar_vieiradacunha2postescomlampadasapagadas..doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2529/indicacao57reparoiluminacaopublicara_av.ademar_vieiradacunha..doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2530/indicacao58brinquedosnovospcadoctumguanabara.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2531/indicacao59manutencaopracavilanova.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2532/indicacao60manutencaopinturaquadravilanova.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2533/indicacao13retiradalixo.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2534/indicacao14reparosiluminacao.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2535/indicacaoensaibramentoestradasrurais.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2536/indicacaoensaibramentoestradasrurais2.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2537/indicacaogestaoacademia.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2538/indicacaogestaocoberturametalica.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2539/indicacaogestaovinicio.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2541/indicacaolimpezariosantaclara.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2542/indicacaomuroecoberturaaoladodapracanacomunidadedoprincipe.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2543/indicacaoprovidenciar_bancos_decimentoparasubstiturbancodemadeironoprincipe..docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2544/indicacaoreformaconstrucaosantaclaraurbano.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2545/indicacaoreformadebueirobarrobranco.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2546/indicacaoreformaemurodearrimacomunidadesaojoaodoprincipe..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2547/indicacaoreformasantaclaraurbano.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2548/indicacao14manuntencaonaestradadobarrobranco..docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2549/indicacao15manuntencaonaruasebastiaodocarmoamorim.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2550/indicacao16manuntencaodaslampadasruamonteiroalves.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2579/indicacaoreformadapracanercicesar.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2580/01indicacaorecapeamentoruapresbitero.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2581/indicacao61limpezadosbueirosnaruatacla_abdo_scardini.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2582/indicacaolimpezariosantaclara.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2615/indicacao62reparosnailuminacaopublicapequia.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2787/indicacaocorregosossego.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2313/01mocaodepesarsenhorlourivalchagas.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2314/02mocaodepesarlinogarcia.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2315/03mocaodepesarzenibatista.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2316/mocaocongratulacoassembleia.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2319/01requerimentomocaodepesarcarlitomarquesguimaraes.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2325/05requerimentomocaodepesarjosemartins.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2355/02mocaodepesarlinogarcia.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2356/03mocaodepesarjassonbello.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2357/03mocaodepesarzenibatista.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2358/mocaocongratulacoassembleia.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2361/01mocaoaplausoskellysouzarodrigues.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2362/02mocaoaplausosadielcarlosoliveira.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2363/03mocaoaplausosacapi.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2364/04mocaoaplausosjoaoaromariosilveira.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2383/01mocaodepesarsenhorsebastiaojusto.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2384/05mocaoaplausosmariaaparecidadeoliveira.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2385/06mocaoaplausosadileusasantos.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2422/mocaodeaplausonathatorezani.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2423/mocaodeaplausosdaniloantoniodiasamorim.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2424/mocaodeaplausosjoaopedrodasilva.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2425/mocaodeaplausostiagochagas.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2426/mocaodeplausosrodrigoseverinodasilva.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2427/06mocaoaplausospaulomarcioflorindo.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2428/07mocaoaplausospaulocesarribeiro.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2461/08mocaoaplausosceleirteodoro.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2462/09mocaoaplausosedmarguedes.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2463/10mocaoaplausoswitalojosesoares.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2466/requerimento06mocaocongratulaco.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2467/requerimento09mocaoaplausosnatalia.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2469/003requerimentomocaodepesarsebastiao.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2470/004mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2471/005mocaoaplausosmissteensaradossantos.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2498/mocaodepesaelysousaribeiro.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2499/01mocaodepesaracrisiodaserraria.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2500/02mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2501/02mocaodepesarzepretinho.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2502/03mocaoaplausosalunosolimpiadanacional.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2503/04mocaodepesarsenhoramarialage.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2504/08mocaoaplausosapae.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2505/10mocaoaplausosconcursorealeza.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2507/11mocaoaplausosrenaldogabrielmartins.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2508/12mocao_de_pesar_pelo_falecimento_do_edvan_da_silva.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2552/09mocaopesarceliovial.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2553/10mocaopesardonabina.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2554/11mocaopesarrodrigoleclec.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2555/13mocaodeplausosgeisonrexende.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2556/14mocaodeplausosfernando.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2557/15mocaodeplausosjosefonseca.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2558/16mocaodeplausospaulosergio.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2559/17mocaodeplausosruteleia.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2560/18mocaodepesarmariadapenhafonsecalima.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2561/19mocaodepesarmarianagoncalvesdias.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2562/mocaoaplausossicoob.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2563/12mocaodepesaraureamariaoliveira.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2564/13mocaodepesarligialeonor.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2565/14mocaoaplausosanaesteroliveiraguilherme.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2566/15mocaoaplausosdheboramirtisguilherme.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2568/02mocaodeaplausoslazarodograuyotuberdocaparao.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2570/13mocaoaplausosadoniasboreldeabreu.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2572/mocaodepesar_manoel_arculano.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2576/05mocaodepesarmarcao.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2577/05mocaodepesaryanferreirasilva.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2578/14mocaopesardalvaalvescardoso.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2608/20mocaoconglatulacoesigrejabatista.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2609/20mocaodepesaraecioflavio.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2610/21mocaodeaplausosdeneval.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2611/22mocaodeaplausoscedro.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2612/23mocaodeaplausosvalzilene.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2613/13mocaoaplausosolindagomes.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2614/15requerimentogilson.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2246/projleicomplementar_01_2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2247/projleicomplementar_02_2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2248/projleicomplemt_03_2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2255/projleicomplem_04_2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2391/projleicomplem_05_2023_xxx.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2392/projleicomplem_06_2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2393/projleicomplem_07_2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2421/projleicomplem_08_2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2441/projleicomplem_09_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2474/projleicomplem_10_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2525/projleicomplemem_11_2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2584/projleicomplem_12_2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2586/proleicomplem_13_2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2587/projleicomplem_14_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2616/projleicomplem_15_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2628/projleicomplem_16_2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2245/projleiord_01_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2249/projleiord_02_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2250/projleiord_03_2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2252/projleiord_04_2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2253/projleiord_05_2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2254/projleiord_06_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2256/projleiord_07_2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2257/projleiord_08_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2259/projleiord_09_2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2260/projleiord_10_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2326/projleiord_11_2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2327/projleiord_12_2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2328/projleiord_13_2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2329/projleiord_14_2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2368/projleiord_15_2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2369/projleiord_16_2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2370/projleiord_17_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2371/projleiord_18_2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2388/projleiord_19_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2389/projleiord_20_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2390/projleiord_21_2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2394/projleiord_22_2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2395/projleiord_23_2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2396/projleiord_24_2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2398/projleiord_25_2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2399/projleiord_26_2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2400/projleiord_27_2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2401/projleiord_28_2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2402/projleiord_29_2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2404/projleiord_30_2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2405/projleiord_31_2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2432/projleiord_34_2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2433/projleiord_35_2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2440/projleiord_40_2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2472/projleiord_41_2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2477/projleiord_42_2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2478/projleiord_43_2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2479/projleiord_44_2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2480/projleiord_45_2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2482/projleiord_46_2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2483/projleiord_47_2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2484/projleiord_48_2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2509/projleiord_49_2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2510/projleiord_50_2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2511/projleiord_51_2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2512/projleiord_52_2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2513/projleiord_53_2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2514/projleiord_54_2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2521/projleiord_55_2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2522/projleiord_56_2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2523/projleiord_57_2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2524/projleiord_58_2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2526/projleiord_59_2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2573/projleiord_60_2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2574/projleiord_61_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2575/projleiord_62_2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2583/projleiord_63_2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2585/projleiord_64_2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2588/projleiord_65_2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2589/projleiord_66_2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2590/projleiord_67_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2592/porjleiord_68_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2617/projleiord_69_2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2618/projleiord_70_2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2619/projleiord_71_2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2620/projleiord_72_2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2621/projleiord_73_2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2622/projleiord_74_2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2623/projleiord_75_2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2624/projleiord_76_2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2625/projleiord_77_2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2629/projleiord_78_2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2372/projresolucao_01_2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2397/projresolucao_02_2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2438/projresolucao_03_2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2439/projresolucao_04_2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2475/projresolucao_05_2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2476/projresolucao_06_2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2317/01requerimentoaoprefeitoruniaoenfermagem.doc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2318/02requerimentoforumdesegurancapublica.doc" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2320/requerimentopedindoconvocacaodasecretariadeeducacao.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2321/requerimento01informacoesveiculoapreendido.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2322/requerimento02informacoessobreruaalcinobastos.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2323/requerimento03quantidadedemedidosnopamunicipal.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2324/requerimento04quantidadedepacientesatendidos_nopamunicipal.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2359/03requerimentonomeacaodacomissaoorganizadoradoprocessoseletivo.doc" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2360/04requerimentoprefeitoestudoimpactofinanceiro.doc" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2365/01_requerimentohino_nacional.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2366/05requerimentomocaodepesarjosemartins.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2386/07requerimentosessao_solene.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2387/requerimento05encaminharaestacasadeleisocronogramadaobradaescoladeterracorrida.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2429/08requerimentoagenciabradesco.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2459/02mocaoaplausostime.doc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2460/03mocaoaplausosalunosolimpiadanacional.doc" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2465/requerimento07informacoestransporteescolaruniversitario.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2464/requerimento08convenioamigosfieis.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2468/002requerimentogarisinformacoes.doc" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2506/11requerimentosolicitacaodereuniao.doc" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2569/03requerimentoconvocaempresaaugustoveloso.doc" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2571/01requerimentoarquivamentoprojeto.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H369"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="168" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>