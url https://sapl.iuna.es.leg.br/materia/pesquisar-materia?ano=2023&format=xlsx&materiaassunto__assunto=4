--- v0 (2026-01-16)
+++ v1 (2026-03-19)
@@ -54,114 +54,114 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2430/projleiord_32_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2430/projleiord_32_2023.pdf</t>
   </si>
   <si>
     <t>ASSEGURA A TODA CRIANÇA NA FAIXA ETÁRIA COMPREENDIDA ENTRE ZERO E DOZE ANOS QUE, POTENCIALMENTE OU COMPROVADAMENTE, POR MEIO DE LAUDO MÉDICO OU PERICIAL, TENHA SIDO VÍTIMA DE ABUSO SEXUAL A PRIORIDADE ABSOLUTA AO ATENDIMENTO PSICOLÓGICO EM TODA A REDE MUNICIPAL DE SAÚDE DO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2431/projleiord_33_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2431/projleiord_33_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA VACINA NA ESCOLA PARA OS ALUNOS DA EDUCAÇÃO INFANTIL E DO ENSINO FUNDAMENTAL DAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Leonardo da Costa Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2434/projleiord_36_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2434/projleiord_36_2023.pdf</t>
   </si>
   <si>
     <t>OBRIGA OS PRONTOS ATENDIMENTOS, UNIDADE DE SAÚDE E CENTROS DE ESPECIALIDADES SITUADOS NO MUNICÍPIO DE IÚNA A DIVULGAREM O DEFICIT DE MÉDICOS E PROFISSIONAIS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2435/projleiord_37_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2435/projleiord_37_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE TRANSPARÊNCIA NAS ESCOLAS PÚBLICAS DO MUNICÍPIO DE IÚNA.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2436/projleiord_38_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2436/projleiord_38_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 1.652/1998, PARA QUE O MUNICÍPIO MANTENHA ATUALIZADO EM SITIO ELETRÔNICO PRÓPRIO, DIAS E HORÁRIOS PARA COLETA DE LIXO E COLETA SELETIVA A SER CONSULTADO POR LOGRADOURO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2437/projleiord_39_2023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2437/projleiord_39_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRA DO PRODUTOR RURAL IUNENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -468,67 +468,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2430/projleiord_32_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2431/projleiord_33_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2434/projleiord_36_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2435/projleiord_37_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2436/projleiord_38_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2437/projleiord_39_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2430/projleiord_32_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2431/projleiord_33_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2434/projleiord_36_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2435/projleiord_37_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2436/projleiord_38_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2023/2437/projleiord_39_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>