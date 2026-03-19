--- v0 (2026-01-16)
+++ v1 (2026-03-19)
@@ -51,6400 +51,6400 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1687/declegis_01_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1687/declegis_01_2021.pdf</t>
   </si>
   <si>
     <t>APROVA COM RESSALVA A CONTA ANUAL DE PREFEITO, ESTADO DO ESPÍRITO SANTO, ANO DE 2018.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1729/declegis_02_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1729/declegis_02_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE DE 2021.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1704/declegis_03_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1704/declegis_03_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE COMENDA PARLAMENTAR DO RIO PARDO DE 2021.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1705/declegis_04_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1705/declegis_04_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE PRESENTE DE 2021.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1706/declegis_05_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1706/declegis_05_2021.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE AUSENTE.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1178/emenda_plc_012021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1178/emenda_plc_012021.pdf</t>
   </si>
   <si>
     <t>MODIFICA NO ANEXO I, DO PROJETO DE LEI COMPLEMENTAR 01/2021,  NA SECRETARIA MUNICIPAL DE INFRAESTRUTURA E SERVIÇOS URBANOS, A NOMENCLATURA DO CARGO DE COORDENADOR DO SERVIÇO DE LIMPEZA PÚBLICA, PARA CHEFE DO SETOR DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1179/emenda_plc_022021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1179/emenda_plc_022021.pdf</t>
   </si>
   <si>
     <t>ESTA LEI COMPLEMENTAR ENTRA EM VIGOR NA DATA DE SUA PUBLICAÇÃO, REVOGANDO A LEI COMPLEMENTAR 05/2014.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1180/emenda_plc032021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1180/emenda_plc032021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ANEXO I NAS SEGUINTES SECRETARIAS: ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL; EDUCAÇÃO, CULTURA E ESPORTE; GESTÃO, PLANEJAMENTO E FINANÇAS E SAÚDE, QUANTO AOS REQUISITOS PARA INVESTIDURA.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1181/emendaplc4.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1181/emendaplc4.pdf</t>
   </si>
   <si>
     <t>Esta Lei Complementar entra em vigor na data de sua publicação, revogando os anexos V, V-A e III da lei complementar n° 06/2014.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1182/emendaplc5.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1182/emendaplc5.pdf</t>
   </si>
   <si>
     <t>Suprime o artigo 7º do Projeto de Lei Complementar 02/2021.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Emerson da Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1351/emenda1plord09-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1351/emenda1plord09-2021.pdf</t>
   </si>
   <si>
     <t>SUPRIME O INCISO III DO ARTIGO 11 DO PROJETO DE LEI ORDINÁRIA N° 09/2021.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1352/emenda2plord09-2021_3.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1352/emenda2plord09-2021_3.pdf</t>
   </si>
   <si>
     <t>FICA MODIFICADO A ALÍNEA "A" DO INCISO IV DO ARTIGO 11, DO PROJETO DE LEI ORDINÁRIA N° 09/2021.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1354/emenda3plord09-2021_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1354/emenda3plord09-2021_2.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 16, DO PROJETO DE LEI ORDINÁRIA N° 09/2021.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1355/emenda4pl09-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1355/emenda4pl09-2021.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ARTIGO 17 AO PROJETO DE LEI ORDINÁRIA N° 09/2021.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1519/emenda_10_projlei_12_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1519/emenda_10_projlei_12_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 22 DO PROJETO DE LEI N° 12/2021.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/</t>
+    <t>http://sapl.iuna.es.leg.br/media/</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 43 DO PROJETO DE LEI N° 12/2021.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1546/emenda_12_projlei_16-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1546/emenda_12_projlei_16-2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA A EMENTA DO PROJETO LEI ORDINÁRIA 16/2021.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1548/emenda_13_projlei_25_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1548/emenda_13_projlei_25_2021.pdf</t>
   </si>
   <si>
     <t>SUPIMI O PARÁGRAFO 1° DO ARTIGO 110-V DO PROJETO LEI 25/2021.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1583/emenda_14_projlei_26_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1583/emenda_14_projlei_26_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DA EMENTA.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1584/emenda_15_projlei_26_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1584/emenda_15_projlei_26_2021.pdf</t>
   </si>
   <si>
     <t>SUPRIME O INCISO I DO ARTIGO 1° DO PROJETO DE LEI N° 15/2021.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1585/emenda_16_projlei_26_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1585/emenda_16_projlei_26_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O INCISO II DO ARTIGO 1° PROJETO LEI ORDINÁRIA 26-2021.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1587/emenda_17_projlei_18_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1587/emenda_17_projlei_18_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 9° DO PROJETO LEI 18/2021.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1588/emenda_18_projlei_18_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1588/emenda_18_projlei_18_2021.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 9° DO PROJETO LEI 18/2021.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1589/emenda_19_projlei_18_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1589/emenda_19_projlei_18_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA A EMENTA DO PROJETO LEI 18/2021.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1591/emenda_20_porjlei_19_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1591/emenda_20_porjlei_19_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA A EMENTA DO PROJETO LEI 19/2021.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1592/emenda_21_projlei_24_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1592/emenda_21_projlei_24_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° DO PROJETO DE LEI 24/2021.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1602/emenda22projlei_31_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1602/emenda22projlei_31_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° DO PROJETO LEI ORDINÁRIA N° 31-2021.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1603/emenda23projlei_31_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1603/emenda23projlei_31_2021.pdf</t>
   </si>
   <si>
     <t>SUPRIME O ARTIGO 8° DO PROJETO LEI ORDINÁRIA 31-2021.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Leonardo da Costa Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1650/emenda24projlei_22_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1650/emenda24projlei_22_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° DO PROJETO DE LEI N° 22-2021.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1651/emenda25projlei_22_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1651/emenda25projlei_22_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O PARÁGRAFO 2° DO ARTIGO 17, PREVISTO NO ARTIGO 2° DO PROJETO DE LEI 22 -2021.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1652/emenda26projlei_22_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1652/emenda26projlei_22_2021.pdf</t>
   </si>
   <si>
     <t>SUPRIME O ARTIGO 4° DO PROJETO DE LEI 22-2021.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>SUPRIME O ARTIGO 6° DO PROJETO DE LEI 22 -2021.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1707/emenda28projlei_55_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1707/emenda28projlei_55_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 1° E O PRARÁGRAFO ÚNICO DO PROJETO DE LEI ORDINÁRIA 55-2021.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1708/emenda29projlei_55_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1708/emenda29projlei_55_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° COM A INCLUSÃO DOS PARÁGRAFOS 1°, 2° E 3°, AO PROJETO DE LEI ORDINÁRIA 55-2021.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1709/emenda30projlei_55_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1709/emenda30projlei_55_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 4° DO PROJETO DE LEI ORDINÁRIA 55-2021.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1710/emenda31projlei_55_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1710/emenda31projlei_55_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O PARÁGRAFO 2° DO ARTIGO 4° DO PROJETO DE LEI ORDINÁRIA 55-2021.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1711/emenda32projlei_55_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1711/emenda32projlei_55_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 5° DO PROJETO DE LEI ORDINÁRIA 55-2021.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1730/emenda33projlei_48_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1730/emenda33projlei_48_2021.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA NO ORÇAMENTO DO EXERCÍCIO FINANCEIRO DE 2022, PROJETO ATIVIDADE PARA APLICAÇÃO DO REVSOL.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>SUPRIME O ARTIGO 9° DO PROJETO DE LEI ORDINÁRIA N° 63/2021.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1737/emenda35projleicomplementar_03_2021_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1737/emenda35projleicomplementar_03_2021_2.pdf</t>
   </si>
   <si>
     <t>MODIFICA A EMENTA DO PROEJTO DE LEI COMPLEMENTAR 03/2021.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1738/emenda36projleicomplementar_03_2021_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1738/emenda36projleicomplementar_03_2021_2.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° DO PROJETO DE LEI COMPLEMENTAR 03/2021, CAPUT E PARÁGRAFOS DO ARTIGO 61 DA LEI 1989/2005.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1739/emenda37projleicomplementar_03_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1739/emenda37projleicomplementar_03_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 6° DO PROJETO DE LEI COMPLEMENTAR 03/2021.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1740/emenda38projlei_61_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1740/emenda38projlei_61_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 1° DO PROJETO DE LEI N° 61/2021.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda39projlei_61_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda39projlei_61_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° DO PROJETO DE LEI N° 61/2021.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1742/emenda40projlei_61_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1742/emenda40projlei_61_2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 4° DO PROJETO DE LEI N° 61/2021.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adimilson de Sousa</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1143/indicacao01limpezatrevopequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1143/indicacao01limpezatrevopequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os serviços necessários de limpeza do Trevo no Distrito de Pequiá, neste Município, o mesmo encontra-se com mato muito alto, prejudicando a visibilidade dos motoristas em seus veículos, podendo causar acidentes.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1144/indicacao02iluminacaodoatacarejoaoicc.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1144/indicacao02iluminacaodoatacarejoaoicc.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os serviços necessários de manutenção do sistema de iluminação pública no trecho que liga o Atacarejo ao ICC, visto que é um local onde a população usa para realizar atividades físicas, a falta de iluminação tem prejudicado a segurança dos munícipes.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1145/indicacao03coletalixocorregolaje.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1145/indicacao03coletalixocorregolaje.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a fazer coleta de lixo das residências localizadas no Córrego do Laje, no local existem grande número de residências e a coleta não está sendo feita, obrigando os moradores a depositarem seus lixos em locais indevidos, como por exemplo no local denominado matinha.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1146/indicacao04placatrevodeiuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1146/indicacao04placatrevodeiuna.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a entrar em contato com o órgão competente para que seja colocada no trevo de Iúna uma placa indicando a entrada do Município, muitos turistas com destino a Iúna acabam passando direto pela BR-262 pois no trevo não possui indicação da entrada para nossa cidade. A indicação da placa fica para quem vem de Vitória sentido Iúna.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1147/indicacao01retiradamanilhasdedepositolixo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1147/indicacao01retiradamanilhasdedepositolixo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar planejamento para retirada das manilhas espalhadas pelo município e que estão servindo como depósito de lixo. Após receber diversos pedidos de moradores de diversos bairros pela cidade, solicitando esse atendimento, devido ao acúmulo de resíduos e chorume que ficam no final da manilha, causando um desconforto enorme para os moradores, devido ao forte odor e ainda acúmulo de insetos. Outro fator importante para a retirada das manilhas de lixo, é o fato ergonômico, ou seja, traz um risco severo aos nossos servidores públicos, podendo ocasionar algumas patologias, por não possuírem condições adequadas ao trabalho._x000D_
 Assim, se faz necessário realizar um estudo para realização de um novo modelo para colocação do lixo, trazendo mais conforto aos nossos munícipes e segurança de trabalho aos nossos servidores públicos.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1148/indicacao02apoioamigosdoverde.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1148/indicacao02apoioamigosdoverde.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar apoio aos “Amigos do Verde”, através de cessão ou empréstimo de equipamentos, bem como outros que se fizerem necessários, para que esse grupo de pessoas voluntárias, possam ter estímulo e condições de realizar o trabalho de limpeza as margens do Rio Pardo de nossa cidade. _x000D_
 Considerando, que após anos e anos de desmatamento e utilização incorreta dos recursos naturais, o mundo vive um momento de muita preocupação com o meio ambiente. As intensas mudanças climáticas presenciadas nos últimos anos estão alterando a trajetória dos seres vivos, incluindo nós, humanos. Tempestades, furações e inundações são apenas alguns dos exemplos de catástrofes impulsionadas pelo aquecimento global. Infelizmente, essa realidade não é distante de nós, pois vivemos momentos de desespero em nossa cidade e estado ocasionado pelas enchentes._x000D_
 Diante de um cenário tão complexo é que precisa mudar de forma rápida, a educação ambiental para</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1149/indicacao01reparocalcamentor-franciscoaugustocastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1149/indicacao01reparocalcamentor-franciscoaugustocastro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar serviço de recuperação de calçamento da Rua Francisco Augusto de Castro, Bairro Quilombo, nesta cidade, informando que próximo a Mercearia do Russo o calçamento está bastante precário e, desta forma, tem danificado veículos que passam pelo local.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1150/indicacao02reparocalcamentor-astrogildo_silveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1150/indicacao02reparocalcamentor-astrogildo_silveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar serviço de recuperação de calçamento da Rua Astrogildo Silveira, Bairro Quilombo, nesta cidade, informando que próximo a Igreja “Metodista Wesleyana” o calçamento está com depressão o que dificulta a vida dos motoristas de veículos motorizados que passam pelo local.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1151/indicacao01pontesantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1151/indicacao01pontesantaclara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os serviços necessários de reparos na Cabeça da Ponte Principal na localidade de Santa Clara do Urbano, neste Município, em atenção a pedidos de moradores da Comunidade, devido ao estado de conservação da mesma.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1152/indicacao02campofutebolsantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1152/indicacao02campofutebolsantaclara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a construção de vestiários e reparo no Alambrado do Campo de Futebol da localidade de Santa Clara do Urbano, neste Município, visando melhorar a área de lazer da Comunidade.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1153/indicacao03quadracobertasantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1153/indicacao03quadracobertasantaclara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a construção de Quadra Poliesportiva Coberta na localidade de Santa Clara do Urbano, neste Município, próximo ao Campo de Futebol da Comunidade onde a Prefeitura e proprietária de terreno, visando atender a prática esportiva dos alunos da Escola.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1154/indicacao04pontenossasenhoragracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1154/indicacao04pontenossasenhoragracas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar reparos de Ponte que fica no Distrito de Nossa Senhora das Graças, neste Município, estrada que dá acesso a propriedade do Senhor Romildo Fontoura, visando melhorar as condições da mesma, que se encontra em estado precário de conservação.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1155/indicacao05patrolarensaibrarestradasbarrobranco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1155/indicacao05patrolarensaibrarestradasbarrobranco.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar patrolamento e ensaibramento das Estradas Vicinais da localidade de Barro Branco, neste Município, visando atender solicitação dos produtores rurais uma vez que devido as chuvas frequentes as estradas estão em péssimas condições para o trafego de veículos.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1156/indicacao06patrolarensaibrarestradasbonsucess.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1156/indicacao06patrolarensaibrarestradasbonsucess.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar patrolamento e ensaibramento das Estradas Vicinais da localidade de Bonsucesso, neste Município, visando atender solicitação dos morares e produtores rurais, para melhorar as condições de escoamento da produção e o ir e vir dos moradores da Comunidade.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao07patrolarensaibrarestradasserrafama.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao07patrolarensaibrarestradasserrafama.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar patrolamento e ensaibramento das Estradas Vicinais da localidade de Serra do Fama, da BR-262 até a propriedade do Senhor Walace Heringer, neste Município, visando atender solicitação dos moradores e produtores rurais, devido ao estado precário das mesmas em consequência a chuvas que tem atingido a região.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao08pavimentacaoruassantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao08pavimentacaoruassantaclara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar serviço de rede de saneamento básico, escoamento de água pluvial e pavimentação, bem como, extensão de redes elétricas nas: Rua Projeta “A”, ponto referência Mercearia do Arlen, Rua Projetada “B” ponto de referência Rua do Ruela, Rua projetada “C” ponto de referência antiga residência do Dinho.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao09pontesantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao09pontesantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar construção de Ponte de Concreto na estrada principal, divisa com Igreja Católica e propriedade do Tonho do José Olímpio, na localidade de Santa Clara do Urbano, esclarecendo que o bueiro de manilhas 0,60 existente não tem suportado grande volume de água de chuva, requerendo reparo sempre que chove forte.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao10calamentoquadracobertabonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao10calamentoquadracobertabonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar construção de Calçamento, em frente à Escola até o comércio existente e construção de Quadra Poliesportiva Coberta na Escola da comunidade de Bonsucesso, neste Município, atendendo solicitação de pais e professores, para melhorar a qualidade de lazer dos estudantes da Comunidade.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao11calamentoquadracobertasantaclaracaparao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao11calamentoquadracobertasantaclaracaparao.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar construção de Calçamento, em frente à Escola Santa Clara do Caparaó até o comércio dos Senhores Milton e Marcelo Italiano e construção de Quadra Poliesportiva Coberta na Escola da comunidade Santa Clara do Caparaó, neste Município, atendendo solicitação de pais e professores, para melhorar a qualidade de lazer dos estudantes da Comunidade.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao12estraedadospiloescalamentoquadracobertasantaclaracaparao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao12estraedadospiloescalamentoquadracobertasantaclaracaparao.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar patrolamento e ensaibramento nas estradas vicinais da Comunidade dos Pilões, Santa Clara do Caparaó, que se encontram em péssimas condições de tráfego, devido as constantes chuvas que tem caído na região.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao13reaberturaestradasenhorderli.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao13reaberturaestradasenhorderli.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar reabertura da estrada que dá a ponte que passa pela propriedade rural do Senhor Derli, na localidade de Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1164/casadoagricultor.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1164/casadoagricultor.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a construção da Casa do Agricultor, colocando a funcionar no mesmo espaço a Secretaria Municipal de Agricultura e Agronegócio, Secretaria Municipal de Meio Ambiente e Segurança Pública, Incaper, Idaf, Nac e o Laboratório de Análise Sensorial do Café.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao01pontecorregodaonca.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao01pontecorregodaonca.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a construção de Ponte no Córrego da Onça, próximo ao Sitio do Senhor Amadeu, pois a mesma se encontra no local já feita por moradores e por ser provisória não dá segurança aos usuários, colocando vidas das pessoas em risco.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao02patrolamentoestradasrurais.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao02patrolamentoestradasrurais.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar, com urgência, patrolamento de todas as estradas rurais do município de Iúna, pois muitas se encontram em estado crítico prejudicando o trafego de veículos.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao03reparocalcamentoruaipiranga.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao03reparocalcamentoruaipiranga.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar, com urgência, reparo do calçamento da Rua Ipiranga, Bairro Quilombo, próximo a Mercearia do Russo e em outros pontos da cidade que se encontram danificados.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao07calcamentoproximobardaeni.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao07calcamentoproximobardaeni.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a necessidade urgente de solucionar um problema presente na Rua (ainda não denominada de acordo com google maps), que liga as Ruas Quintino Bocaiuva  e Antônio Monteiro Alves (próximo ao bar da Eni), pois a mesma se encontra, desde o ano passado em processo de calçamento, porém a obra se encontra parada e não finalizada, fazendo com que a  população  sofra com poeira e barro, além disso foi relatado por moradores que os materiais destinados a obra ficaram abandonados no local e estão sendo furtados, configurando um total desperdício do dinheiro público.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao08farmaciabasicapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao08farmaciabasicapequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a necessidade urgente de instalar uma Unidade de Farmácia Básica no Distrito de Pequiá, para atender a população local e do entorno, como São João do Príncipe, Rio Claro, Laranja da Terra e demais localidades, visando melhorar a qualidade de vida da população e evitando que seja necessário o deslocamento até a sede do município para buscar medicamentos. A instalação de uma farmácia que forneça medicação básica para estas comunidades irá beneficiar muito os moradores locais, principalmente os que não possuem condições de se deslocarem até a sede do município.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao09iluminacaoruaismaelvicentebarros.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao09iluminacaoruaismaelvicentebarros.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a necessidade urgente de concluir a iluminação pública na Rua Ismael Vicente de Barros, no Bairro Pito, pois parte da rua se encontra sem a rede elétrica instalada, deixando a mesma sem iluminação, o que tem colocado a segurança da população que passa pela mesma, em risco.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao10lampadasled.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao10lampadasled.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a necessidade urgente de substituir as lâmpadas queimadas do setor de iluminação pública do município de Iúna já existente, por lâmpadas de LED, pois as mesmas tem maior durabilidade, consome menos energia, ilumina melhor e tem ótimo custo benefício.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao01reparospontesaocristovao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao01reparospontesaocristovao.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar reparos na Ponte, próximo ao Campo da localidade de São Cristóvão, no Distrito de Santíssima Trindade.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao03farmaciabasicapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao03farmaciabasicapequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar instalação de uma Farmácia Básica Municipal, no Distrito de Pequiá, para atender a demanda dos moradores da localidade, bem como das Comunidades de Rio Claro, São João do Príncipe e Laranja da Terra através de um dispensário móvel. Considerando que as localidades acima citadas ficam a uma distância de aproximadamente uma hora do centro de Iúna e reconhecendo a dificuldade de locomoção dos moradores e a longa distância da Farmácia Municipal Central é que se faz necessário o atendimento dessa demanda. Pois na maioria dos casos, o transporte até a cidade fica mais caro que a compra das medicações.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao04reformaampliacaounidadesaudesantaclaradourbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao04reformaampliacaounidadesaudesantaclaradourbano.pdf</t>
   </si>
   <si>
     <t>Considerando que a saúde e direito de todos e dever do estado, garantido mediante políticas sociais e econômicas que visem a redução do risco de doença e de outros agravos e ao acesso universal e igualitário as ações e serviços para promoção, proteção e recuperação. _x000D_
 Considerando que os servidores merecem trabalhar em um ambiente digno, salubre, bem como acolher de forma agradável a todos os pacientes._x000D_
 O poder executivo tem a responsabilidade de manter condições dignas de trabalho aos seus servidores._x000D_
 Considerando as péssimas instalações físicas da Unidade de Saúde da comunidade de Santa Clara do Urbano, solicito em caráter de urgência a reforma da unidade, bem como ampliação de salas, para consultório de enfermagem, sala para atendimento do técnico de enfermagem. Assim valorizando a qualidade de atendimento de nossos servidores municipais.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao05manutencaoestradassaojoaodoprincieerioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao05manutencaoestradassaojoaodoprincieerioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar manutenção das estradas que dão acesso a BR 262 até as Comunidades de São João do Príncipe e Rio Claro, pois em visita as referidas comunidades observamos de perto as péssimas condições das estradas, podendo assim, causar até acidentes pelas estradas. Atendendo então aos diversos pedidos dos moradores das comunidades e sabendo que em uma necessidade de saúde, assegurado o direito de ir e vir de cada cidadão, é que se faz necessário atender à solicitação dos nossos munícipes, além de dar maior segurança e conforto aos nossos turistas. Sabendo que a região de São João do Príncipe e Rio Claro, possuem diversos lugares com pontos turísticos, no qual pessoas de todo Brasil e ainda de outros países frequentam. A região é conhecida por suas cachoeiras e águas cristalinas, além de paisagens magnificas.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao06manutencaoestardasbr262laranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao06manutencaoestardasbr262laranjadaterra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar manutenção das estradas que ligam a BR 262 até a Comunidade de Laranja da Terra. Pois passando pelas estradas, observamos de perto as péssimas condições que se encontram. De acordo com relato de algumas pessoas, por terem de desviar de algumas rachaduras nas estradas, quase ocorreu acidente.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao07empresacalcamentosaojoaodoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao07empresacalcamentosaojoaodoprincipe.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a entrar em contato com a empresa responsável pela execução do calçamento da Comunidade de São João do Príncipe, no sentido de viabilizar a conclusão da obra, levando assim dignidade e conforto para as pessoas que residem naquela Comunidade.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao03reformacampobomdebolaguanabara-iluminacaopito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao03reformacampobomdebolaguanabara-iluminacaopito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar limpeza e reforma da grama, alambrado e sistema de iluminação do Campo Bom de Bola do Bairro Guanabara e do Bairro do Pito.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1196/indicacao04reformaginasiopoliesportivo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1196/indicacao04reformaginasiopoliesportivo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar reforma do Ginásio Poliesportivo compreendendo instalação elétrica, sanitária, pintura geral do complexo esportivo, melhoria dos vestiários e arquibancada, melhoria do piso da quadra e as áreas externas.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1197/indicacao05limpezadeentulho-calcamentoripirangaeastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1197/indicacao05limpezadeentulho-calcamentoripirangaeastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar retirada de entulhos e manutenção do calçamento nas Ruas Ipiranga e Astrogildo Silveira, no Bairro Quilombo, tendo em vista que na execução da obra de saneamento básico o calçamento apresentou inúmeras irregularidades, prejudicando o trânsito de veículos automotores.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Helton Amorim Cunha</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao01iluminacaopito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao01iluminacaopito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar reparo do sistema de iluminação do Campo Bom de Bola do Bairro do Pito, uma vez que os refletores não estão funcionando.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1199/indicacao14iluminacaoparqueexposicoes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1199/indicacao14iluminacaoparqueexposicoes.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a troca de lâmpadas queimadas no sistema de iluminação do Parque de Exposições da cidade, visando facilitar a visibilidade do local no período noturno e melhorar a segurança das repartições públicas que estão instaladas no Parque.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1200/indicacao15placadefrentecreche.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1200/indicacao15placadefrentecreche.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a instalação de placa de trânsito na entrada da Creche da localidade de Nossa Senhora das Graças, município de Iúna sinalizando “proibido estacionar”, para facilitar o acesso das crianças e dos cuidadores prédio.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1201/indicacao02construcaolaboratorioanalisesensorial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1201/indicacao02construcaolaboratorioanalisesensorial.pdf</t>
   </si>
   <si>
     <t>Que seja construído o Laboratório de Análise Sensorial (Sala de Prova) junto a Casa do Agricultor. Parceria da Secretaria Municipal de Agricultura, Incaper e Associação de Cafés Especiais.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1202/indicacao03reparosiluminacaoruaquintinobocaiuva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1202/indicacao03reparosiluminacaoruaquintinobocaiuva.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos no Sistema de Iluminação Pública no final da Rua Quintino Bocaiuva, Bairro Nossa Senhora da Penha, próximo ao Gildo Madeira, nesta cidade.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1203/indicacao04reparosiluminacaoruasebastiaodocarmoamorim.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1203/indicacao04reparosiluminacaoruasebastiaodocarmoamorim.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos no Sistema de Iluminação Pública na Rua Sebastião do Carmo Amorim, Bairro Nossa Senhora da Penha, nesta cidade.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1204/indicacao05reparoiluminacaomilitinojosedelima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1204/indicacao05reparoiluminacaomilitinojosedelima.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos no Sistema de Iluminação Pública na Rua Militino José de Lima, Bairro Nossa Senhora da Penha, nesta cidade.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao06calcamentoruaridavalmanoeldesouza.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao06calcamentoruaridavalmanoeldesouza.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar calçamento na Rua Rivadal Manoel de Souza, Bairro Nossa Senhora da Penha, pois o material se encontra no local a muito tempo.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao07calcamentoruasebastiaodocarmoamorim.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao07calcamentoruasebastiaodocarmoamorim.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos no calçamento da Rua Sebastião do Carmo Amorim, Bairro Nossa Senhora da Penha, nesta cidade.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao08reparoscalcamentoruamilitinojosedelima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao08reparoscalcamentoruamilitinojosedelima.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos no calçamento da Rua Militino José de Lima, Bairro Nossa Senhora da Penha, nesta cidade.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao09reparocalcamentoruaarlindorodriguesflorindo-guanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao09reparocalcamentoruaarlindorodriguesflorindo-guanabara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos no calçamento da Rua Arlindo Rodrigues Florindo, Bairro Guanabara, nesta cidade.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao10reparosestradabeirariopequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao10reparosestradabeirariopequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos na estrada da Comunidade Beira Rio, onde existe um buraco que fica a cinco quilômetros do Distrito de Pequiá e está dificultando e colocando em risco a população desta Comunidade.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao11reparosestradatrespontesprinciperioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao11reparosestradatrespontesprinciperioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos na estrada da Comunidade Três Pontes, São João do Príncipe e Rio Claro, onde existe um fluxo de veículos muito grande devido a agricultura e o turismo desta região, e algumas cachoeiras já não possuem acesso de carro devido aos buracos.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao12reparosestradaiuna-munizfreire.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao12reparosestradaiuna-munizfreire.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar os reparos na estrada que liga o município de Iúna ao município de Muniz Freire, devido ao grande fluxo de veículos.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao01patrolarestradasprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao01patrolarestradasprincipe.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar o patrolamento das estradas vicinais das localidades de São João do Príncipe e Rio Claro, município de Iúna, que se encontram em precário estado de conservação, causado pelas chuvas constantes que tem caído na região. As localidades citadas recebem turistas de diversas partes do Brasil, interessados em conhecerem os lugares, que contam com várias cachoeiras, trilhas para caminhadas, e oferecem boa estrutura para receberem os visitantes.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao02calcamentoponterioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao02calcamentoponterioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar o calçamento próximo a ponte da localidade de Rio Claro, uma vez que ficou mais ou menos vinte metros entre a ponte e o calçamento sem concluir, sendo que o material já se encontra próximo ao local aguardando a conclusão do serviço.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao03calcamentoruassededistrito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao03calcamentoruassededistrito.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizado estudos no sentido de contratar empresa especializada para elaboração de projetos de pavimentação de Ruas e Avenidas, da Sede do Município de Iúna e dos Distritos, tendo em vista que a elaboração destes projetos, se torna viável a capitação de recursos nas esferas Estadual e Federal para realização das obras que, com certeza, vão melhorar a qualidade de vida nos nossos munícipes.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao11calcadaoavantonioaugustooliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao11calcadaoavantonioaugustooliveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade que proceda com a equipe de trabalho a instalação de Corrimão e o nivelamento do piso do Calçadão da Avenida Antônio Augusto de Oliveira, nesta cidade, visto que é uma área utilizada pela população para a prática de atividades físicas ao ar livre, além de ser via de locomoção de pedestres, sendo que seu péssimo estado de conservação tem colocado em risco a integridade física dos usuários, sendo assim solicito à Administração que seja atendida com urgência esta necessidade.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao12reformafachadaebancosescoalnagem.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao12reformafachadaebancosescoalnagem.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a proceder com a equipe de trabalho a reforma da fachada e dos bancos em frente à Escola Nagem Abikahir, pois se encontram bastante danificados, passando uma imagem de descaso com o patrimônio público.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao13reformaquadrasaojoaodoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao13reformaquadrasaojoaodoprincipe.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a proceder com a equipe de trabalho a reforma da Quadra Poliesportiva da Comunidade de São João do Príncipe, pois a mesma se encontra em estado de abandono a muito tempo, privando a população de uma área para realização e atividades esportivas dentre outros fins.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao14reformaquadralaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao14reformaquadralaranjadaterra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a proceder com a equipe de trabalho a reforma da Quadra Poliesportiva da Comunidade de Laranja da Terra, assim como as outras diversas quadras do município, a mesma encontra-se em péssimo estado de conservação, não sendo realizada obras de reparo nos últimos anos, sendo esse um pedido da Comunidade, a título de melhorar o local de lazer dos esportistas.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao15iluminacaopublicacomunidadefigueira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao15iluminacaopublicacomunidadefigueira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade que proceda com a equipe de trabalho a instalação de Iluminação Pública na via que liga a Sede do município a Comunidade Figueira, mais precisamente no morro do saudoso José Ventura. A via já conta com calçamento e postes com rede elétrica instalados, faltando apenas a colocação de lâmpadas. A falta de iluminação neste local coloca em risco a segurança da população local, principalmente quem transita a noite.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao16dragagembancodeareiariojosepedro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao16dragagembancodeareiariojosepedro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a proceder com a equipe de trabalho a dragagem do banco de areia do Rio José Pedro. Este banco de areia promove represamento das águas em eventos de chuvas fortes e o volume das águas afetam as casas da Rua João Ferreira do Nascimento e proximidades, localizada no centro do Distrito de Pequiá.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao17limpezaedragagemriopardo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao17limpezaedragagemriopardo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a proceder com a equipe de trabalho limpeza e dragagem do leito do Rio Pardo nas proximidades do Parque de Exposições até o antigo matadouro. Que seja realizada uma reunião prévia com o Grupo Amigos do Verde, que historicamente faz a manutenção e arborização das margens em parte deste trecho do Rio, serviço esse para evitar novas enchentes e manter o ambiente limpo e agradável. Lembrando que a última limpeza nesse trecho foi realizada no ano de 2010 na gestão do ex-Prefeito José Ramos Furtado.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao08manutencaoestradassaojoaodoprincieerioclaropaisagismo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao08manutencaoestradassaojoaodoprincieerioclaropaisagismo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável de Obras e ao Setor Responsável de Meio Ambiente da Municipalidade a providenciar manutenção e os devidos reparos da estrada que liga a BR 262 até as Comunidades de São João do Príncipe e Rio Claro. Bem como realizar projeto de paisagismo para a entrada, identificando com placas para que os turistas possam levar uma boa imagem do município de Iúna.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao09reformaampliacaounidadesauderioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao09reformaampliacaounidadesauderioclaro.pdf</t>
   </si>
   <si>
     <t>Considerando que a saúde e direito de todos e dever do estado, garantido mediante políticas sociais e econômicas que visem a redução do risco de doença e de outros agravos e ao acesso universal e igualitário as ações e serviços para promoção, proteção e recuperação. _x000D_
 Considerando que os servidores merecem trabalhar em um ambiente digno, salubre, bem como acolher de forma agradável a todos os pacientes._x000D_
 O poder executivo tem a responsabilidade de manter condições dignas de trabalho aos seus servidores._x000D_
 Considerando as péssimas instalações físicas da Unidade de Saúde da comunidade de Rio Claro, solicito em caráter de urgência a reforma da unidade, bem como ampliação de salas, para consultório de enfermagem, sala para atendimento do técnico de enfermagem. Assim valorizando a qualidade de atendimento de nossos servidores municipais.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao10reformaampliacaounidadesaudejotahorsthsaojoaodoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao10reformaampliacaounidadesaudejotahorsthsaojoaodoprincipe.pdf</t>
   </si>
   <si>
     <t>Considerando que a saúde e direito de todos e dever do estado, garantido mediante políticas sociais e econômicas que visem a redução do risco de doença e de outros agravos e ao acesso universal e igualitário as ações e serviços para promoção, proteção e recuperação. _x000D_
 Considerando que os servidores merecem trabalhar em um ambiente digno, salubre, bem como acolher de forma agradável a todos os pacientes._x000D_
 O poder executivo tem a responsabilidade de manter condições dignas de trabalho aos seus servidores._x000D_
 Considerando as péssimas instalações físicas da Unidade de Saúde Jota Horsth da comunidade de São João do Príncipe, solicito em caráter de urgência a reforma da unidade, bem como ampliação de salas, para consultório de enfermagem, sala para atendimento do técnico de enfermagem. Assim valorizando a qualidade de atendimento de nossos servidores municipais.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1227/indicacao11manutencaoruaastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1227/indicacao11manutencaoruaastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor de Obras da Municipalidade a providenciar os devidos reparos no calçamento da Rua Astrogildo Silveira, no Bairro Quilombo, no qual as pedras estão totalmente soltas, ocasionando perigo de acidentes para as pessoas que transitam pela via, devido aos veículos passarem e correr o risco de alguma pedra voar em sentido da calçada. Além de estar causando transtorno aos veículos que passam pela rua.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor de Obras da Municipalidade a providenciar os devidos reparos no calçamento da Rua Presbítero Davi José dos Santos, no Bairro Guanabara, no qual as pedras estão totalmente soltas, ocasionando perigo de acidentes para as pessoas que transitam pela via, devido aos veículos passarem e correr o risco de alguma pedra voar em sentido da calçada. Além de estar causando transtorno aos veículos que passam pela rua.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao13manutencaoruaantoniojeronimodesouza.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao13manutencaoruaantoniojeronimodesouza.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor de Obras da Municipalidade a providenciar os devidos reparos no calçamento da Rua Antônio Jerônimo de Souza, no Bairro Quilombo, no qual as pedras estão totalmente soltas, ocasionando perigo de acidentes para as pessoas que transitam pela via, devido aos veículos passarem e correr o risco de alguma pedra voar em sentido da calçada. Além de estar causando transtorno aos veículos que passam pela rua.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao14manilhamentoestradaprincipalpocodoegito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao14manilhamentoestradaprincipalpocodoegito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável de Obras os devidos reparos e manilhamento na estrada principal que dá acesso ao Poço do Egito, devido ao transtorno para os moradores e aos turistas.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao15terminocalcamentorioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao15terminocalcamentorioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável de Obras o término do calçamento da Comunidade do Rio Claro, bem como os devidos reparos no calçamento já pronto.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao16secretariameioambientelixo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao16secretariameioambientelixo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável de Meio Ambiente que possa disponibilizar um novo contêiner de lixo na Comunidade de Rio Claro, nas proximidades do Recanto Rio Claro, bem como viabilizar nesse período de férias, a retirada dos lixos duas vezes na semana, nas Comunidades de São João do Príncipe e Rio Claro, devido ao grande número de turistas e ao acúmulo da produção de lixo.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao06morrobarradaserra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao06morrobarradaserra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar com a equipe de trabalho o patrolamento e o ensaibramento do Moro do Barra da Serra, Córrego Santo Antônio, município de Iúna, visando facilitar o acesso das pessoas às residências que estão instaladas na parte alta da Comunidade.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao07entulhosruasraulcaetanoastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao07entulhosruasraulcaetanoastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar com a equipe de trabalho a retirada dos entulhos depositados na Rua Raul Caetano da Silva e retirada de entulhos com limpeza na Rua Astrogildo Silveira, lembrando que os entulhos estão depositados na Rua citada desde a gestão passada, fato que tem incomodado os moradores, devido ao mau cheiro e proliferação de insetos e roedores.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao08ltaolixoavsaovicentedepaula.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao08ltaolixoavsaovicentedepaula.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar com a equipe de trabalho a instalação de um Latão para deposito de lixo próximo a Farmácia Poleto, localizada na Avenida São Vicente de Paula, esquina que liga à Rua Francisco Augusto de Castro, Bairro Quilombo, nesta cidade, em atenção a pedidos dos moradores do entorno.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao02limpezaparquedeexposicoes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao02limpezaparquedeexposicoes.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar limpeza na área do Parque de Exposições do município.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao17agualoeamentosedmarguedesjoniflorindo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao17agualoeamentosedmarguedesjoniflorindo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a entrar em contato com a empresa Cesan, visando a instalação de Rede de Água Potável para o loteamento do Senhor Edmar Guedes, estendendo até o Loteamento do Senhor Joni Florindo, na localidade de Córrego do Lage, neste município de Iúna, esclarecendo que os dois loteamentos contam atualmente com aproximadamente oitenta residências e três comércios para atender os moradores deste local.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao18reformamataburro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao18reformamataburro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar com urgência a reforma de um Mata Burro que fica próximo à residência do Senhor Robinho do Trator, na localidade de Santa Clara do Caparaó, haja vista que o mesmo se encontra em péssimo estado de conservação, podendo causar prejuízo a quem utiliza o mesmo.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao19arcondicionadacapelamortuaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao19arcondicionadacapelamortuaria.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar com urgência a instalação de ar condicionado na Capela Mortuária do município de Iúna, visando melhoria na climatização e para que as famílias possam voltar a velar seus entes queridos em local adequado.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao20mudancadeestrada.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao20mudancadeestrada.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar com urgência a mudança de estrada na propriedade do Senhor João Henrique Faria, filho do falecido Bento Lopes Faria, entrada próximo a ponte do Figueiredo na localidade Barra do Distrito de Nossa Senhora das Graças, no município de Iúna.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao13analisesolofolha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao13analisesolofolha.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a implementação do Programa Municipal de análise de Solo e Folha, sugerindo que o município de Iúna arque com 50% (cinquenta por cento) e o produtor rural arque com os outros 50% (cinquenta por cento), da despesa de cada análise.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao14coletadelixocomunidaderural.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao14coletadelixocomunidaderural.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a coleta de lixo com maior frequência nas Comunidades Rurais do município, pois devido à demora o lixo fica causando mal cheiro e correndo risco de ser espalhado por animais.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao15cronogramacoletadelixocomunidaderural.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao15cronogramacoletadelixocomunidaderural.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a confecção de um cronograma de coleta de lixo com hora e data aproximada, das coletas nas Comunidades Rurais e para maior eficiência na acomodação do lixo e facilidade das coletas, que sejam instalados contêiner em todas as Comunidades do setor rural do município de Iúna.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao16cronogramacoletadelixocomunidaderuralferiadocarnaval.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao16cronogramacoletadelixocomunidaderuralferiadocarnaval.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar a confecção de um cronograma de coleta de lixo durante o feriado de carnaval em todas as regiões turísticas do município. Pois o município vem recebendo grande quantidade de turistas e a coleta uma vez na semana não atende essas regiões e o pior é que historicamente não existe coleta de lixo nos feriados, momento esse de maior necessidade devido ao aumento da produção de lixo.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao17coletadelixocidade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao17coletadelixocidade.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a tomar as providências devidas com relação a coleta do lixo na cidade, principalmente nos bairros. Que seja construído e divulgado de um cronograma de coleta e que seja disponibilizado um telefone para que a população possa informar as ruas onde o caminhão não passa.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao18transbordodolixo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao18transbordodolixo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a tomar as providências devidas sobre a situação do local do transbordo do lixo. O local está um verdadeiro lixão, com presença de grande quantidade de lixo espalhado no caminho e no pátio da escola abandonada, com presença de muitos urubus na chegada da cidade.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao19patrolamentodeestradas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao19patrolamentodeestradas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a tomar as providências devidas sobre a lentidão e qualidade do serviço de patrolamento das estradas rurais, pois o patrolamento está sendo realizado sem retirada das águas pluviais, sem aplicação de saibro, fazendo com que na primeira chuva todo serviço realizado seja perdido.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao20cronogramadepatrolamento.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao20cronogramadepatrolamento.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava,  a encaminhar a Câmara Municipal no prazo de lei, o cronograma de patrolamento das estradas rurais do município de Iúna.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao04saneamentodepequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao04saneamentodepequia.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ofício à empresa terceirizada da CESAN, que executa a obra de Saneamento Básico no Distrito de Pequiá, neste Município, solicitando medidas urgentes no sentido de melhorar do serviço prestado, haja vista que as valas abertas não estão recebendo a compactação necessária e com isto o calçamento está cedendo, deixando as ruas com vários desníveis, o que tem causado transtornos ao trânsito de veículos e aos moradores da Comunidade.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao06iluminacaocorregodolaje.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao06iluminacaocorregodolaje.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Setor Responsável da Municipalidade a providenciar, com urgência, estudo para implantar Sistema de Iluminação Pública nas Ruas existentes na localidade de Córrego do Laje, neste Município, haja vista que a Comunidade conta com rede elétrica, necessitando de iluminação pública para ter segurança no período noturno, frisando que a falta de iluminação deixa os moradores inseguros e colabora para os constantes roubos que vem acontecendo na Comunidade. A Comunidade conta com um número expressivo de moradores, que estão contando com o apoio do Poder Público para alcançar este benefício.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao18iluminacaopontesdomunicipio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao18iluminacaopontesdomunicipio.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, instalação de iluminação pública nas pontes na Sede do município, ponte do Bairro Vila Nova, ponte do Bairro do Centro e ponte do Bairro Quilombo, dando maior visibilidade as mesmas.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao19reformaplaygroundpracaferreiravale.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao19reformaplaygroundpracaferreiravale.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, reforma do playground da Praça do Bairro Ferreira Vale, pois se encontra danificado a bastante tempo colocando em risco a segurança das crianças, e dando acesso a Comunidade que merece uma área de lazer.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao20instalacaodeplacasnaspracasecentromultiuso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao20instalacaodeplacasnaspracasecentromultiuso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, instalação de placas com os devidos nomes aprovados anteriormente por lei, nas Praças Nerci Ferreira Cézar, localizada no Bairro Ferreira Vale; Praça Braulino Mariano Pereira no Bairro Vila Nova e no Centro Multiuso João Batista Ribeiro, onde funciona o centro de atividades da terceira idade no Bairro Ferreira Vale. A ausência da placa indicativa atrapalha a identificação das mesmas pelos munícipes e turistas que visitam o município.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao17capelamortuariadistnossasenhoragracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao17capelamortuariadistnossasenhoragracas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, a atender as necessidades do povo do Distrito de Nossa Senhora das Graças, com relação a construção de uma Capela Mortuária, visto que nesta Casa de Leis já tramitou na gestão passada, projeto de autorização para tal finalidade. Sendo assim sugiro que seja viabilizada a restruturação do projeto inicial para construção da Capela Mortuária no citado Distrito.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao18crechedistnossasenhoragracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao18crechedistnossasenhoragracas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, a atender as necessidades do povo do Distrito de Nossa Senhora das Graças, com relação a construção de uma Creche, visto que é necessidade dos moradores do Distrito citado, reivindicado em diversos pedidos. A construção da Creche no Distrito facilita a vida das mães da Comunidade que necessitam de trabalhar para reforçar o orçamento familiar.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao19crechesantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao19crechesantaclara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Educação da Municipalidade, Senhora Edna Viana da Fonseca, juntamente com sua equipe de trabalho, providenciar a instalação de uma unidade educacional “Creche” na Comunidade de Santa Clara do Urbano. Considerando o constante crescimento populacional da comunidade, aproximadamente 600 pessoas residindo na área cadastrada pelos Agentes Comunitários de Saúde; Considerando que após um levantamento efetuado, constatamos que existe uma demanda viável para implantação de uma Creche em Período Integral para atender as famílias que residem na comunidade, principalmente se tratando de Zona Rural, no qual ao chegar o período da safra, as famílias se dedicam em tempo integral a Colheita do Café, não tendo com quem deixar seus filhos menores de 5 anos, muitas vezes tendo que leva-los para lavoura;</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao09calcamentocampobomdebolaguanabaraealambrado.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao09calcamentocampobomdebolaguanabaraealambrado.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar calçamento em torno do Campo Bom de Bola do Bairro Guanabara e que seja instalado rede por cima do alambrado do mesmo Campo.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao10iluminacaocampobomdebolapito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao10iluminacaocampobomdebolapito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar sistema de iluminação pública do Campo Bom de Bola do Bairro do Pito.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao11recapeamentoasfaltosedeiuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao11recapeamentoasfaltosedeiuna.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a entrar em contato com o DER-ES através do Secretário Geral, visando realizar a manutenção do asfalto das Ruas da cidade de Iúna. Na oportunidade, estudar junto ao Secretário a manutenção e recuperação do asfalto Rodovia Caminhos do Campo, que liga o ponto turístico da Água Santa.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao12consertoestradasserrinhaieiicorregosantoantonio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao12consertoestradasserrinhaieiicorregosantoantonio.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor João Marcos Dalvi Gava, juntamente com sua equipe de trabalho a providenciar recuperação das estradas rurais nas localidades de Serrinha I e II e no Córrego Santo Antônio, devido as péssimas condições por conta das fortes chuvas que tem caído na região. Fato que prejudica o ir e vir dos moradores e dificulta o transporte de insumos para a lavoura.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao13manutencaocalcamentobairroguanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao13manutencaocalcamentobairroguanabara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar manutenção no calçamento da Rua Edelzira Vieira Faria no Bairro Guanabara, devido a vários defeitos apresentados no calçamento.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao14iluminacaocasinhapopularbairronossasenhoradapenha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao14iluminacaocasinhapopularbairronossasenhoradapenha.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar reparo na iluminação pública na Rua das Casinhas Populares no Bairro Guanabara, mais precisamente entre as residências da Senhora Rose e Senhora Geruza, pois nesse local está muito escuro e inseguro durante a noite para os moradores.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao15entulhosetrocadelampadasbentodealmeidamoco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao15entulhosetrocadelampadasbentodealmeidamoco.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar retirada de entulhos e substituição de lâmpadas queimadas, para garantir o ir e vir dos moradores no período noturno na Rua Bento de Almeida Moço.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao16retiradadelixoeentulhoruaastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao16retiradadelixoeentulhoruaastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar retirada de entulhos e lixos no entroncamento das Ruas Astrogildo Silveira e Bento de Almeida Moço, em atenção a pedidos dos moradores do entorno.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao21construcaocapelasantissimatrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao21construcaocapelasantissimatrindade.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, estudo da possibilidade de construção de Capela Mortuária no Distrito de Santíssima Trindade, pois a que se encontra é pequena e não tem condições de atender as famílias com conforto no momento de velar seus entes queridos.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, o calçamento e iluminação pública na localidade dos Pilões em frente à Igreja Católica.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao23iluminacaoparqueindustrialborrachariabrunooficinaedinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao23iluminacaoparqueindustrialborrachariabrunooficinaedinho.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar a troca de lâmpadas queimadas no sistema de iluminação pública na Avenida Amphilophio de Oliveira, Parque Industrial em frente a Borracharia do Bruno até a Oficina do Edinho, para melhorar a segurança do local no período noturno.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao01recuperacaopassarelaferreiravale.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao01recuperacaopassarelaferreiravale.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho a recuperação e nivelamento da passarela central da Avenida Antônio Augusto de Oliveira, Bairro Ferreira Vale, devido ao grande número de pessoas que usam o trecho para caminhada. Na oportunidade sugiro a administração que instale corrimão dos dois lados da passarela para proteção dos usuários.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao02patrolamentosantaclaracaparaopousoaltopiloes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao02patrolamentosantaclaracaparaopousoaltopiloes.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava, a providenciar juntamente com sua equipe de trabalho patrolamento das estradas nas localidades de Santa Clara do Caparaó, Pouso Alto e Pilões, devido ao estado precário das mesmas em consequência das chuvas que tem atingido a região.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao03retiradaentulhobairroquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao03retiradaentulhobairroquilombo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho a retirada de entulhos no Bairro Quilombo, pois os entulhos estão depositados a bastante tempo e causando transtornos a Comunidade.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao21manutencaopontelaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao21manutencaopontelaranjadaterra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura e Interior o Senhor João Marcos Dalvi Gava, a manutenção da Ponte da Comunidade de Laranja da Terra, dentro da Vila, na saída para Criciúma.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao22manutencaoretiradabarreirasterracorridaaltoterracorridasaojudas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao22manutencaoretiradabarreirasterracorridaaltoterracorridasaojudas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura e Interior o Senhor João Marcos Dalvi Gava, a manutenção das estradas e retirada de barreiras da Comunidade de Terra Corrida até Alto Terra Corrida e São Judas.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao23manutencaoestradassantaclarapiloesfazendaalegriabomdestino.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao23manutencaoestradassantaclarapiloesfazendaalegriabomdestino.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura e Interior o Senhor João Marcos Dalvi Gava, a manutenção das estradas das Comunidades de Santa Clara, Pilões, Fazenda Alegria e Bom Destino.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao07reparobueiroantoniolobato.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao07reparobueiroantoniolobato.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Galvi Gava, a providenciar com sua equipe de trabalho, reparo em um bueiro que fica na estrada que passa pela propriedade do Senhor Antônio Lobato, no município de Iúna, pois o mesmo está dificultando o trânsito de veículos. Se o serviço de reparo não for suficiente para sanar o problema, que seja feito estudo para construção de uma ponte no local, uma vez que os proprietários da região necessitam da estrada para transporte de adubos para lavoura e, também, escoar a safra agrícola para o mercado consumidor.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao21construcao_quadradeesportessantaclaradojuca.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao21construcao_quadradeesportessantaclaradojuca.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, a providenciar construção de uma Quadra de Esportes na Comunidade de Santa Clara do Juca, pois a Comunidade necessita de uma área de lazer para prática de atividade física.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao22construcao_quadradeesportessantaclaradourbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao22construcao_quadradeesportessantaclaradourbano.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, a providenciar construção de uma Quadra de Esportes na Comunidade de Santa Clara do Urbano, para atender a necessidade da Comunidade.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1290/indicacao23construcaopontealtotrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1290/indicacao23construcaopontealtotrindade.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, construção de uma ponte na Comunidade de Alto Trindade, próximo à casa do Senhor Lobato, para dar acesso ao fluxo de veículos na região, que devido às fortes chuvas nos últimos dias deixou a mesma sem trânsito.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao24manilhamentoecalcamentobairroaltolage.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao24manilhamentoecalcamentobairroaltolage.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, manilhamento e calçamento nas Ruas do Bairro Alto Lage, pois a Comunidade vem sofrendo com lama nos dias de chuvas e com poeira nos dias secos, além de quatro pontos de esgoto que atravessam a estrada de ligação de Iúna a Muniz Freire, deixando asa condições de tráfego na estrada ainda pior.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao25calcamentoserrariagildinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao25calcamentoserrariagildinho.pdf</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao26limpezaruaquintinobocaiuva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao26limpezaruaquintinobocaiuva.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, limpeza na Rua Quintino Bocaiuva, pedido essa da Comunidade, pois as laterais das vias se encontram com mato prejudicando a visibilidade e tráfego na via.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao27potralarensaibraresradassecundariassaojoaodoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao27potralarensaibraresradassecundariassaojoaodoprincipe.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, patrolamento e ensaibramento das estradas secundárias que ligam a Comunidade São João do Príncipe e Rio Claro, pois foi realizado esse serviço na estrada principal, porém nas secundárias continua o problema, dificultando o transporte escolar constantemente.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao02conclusaocalcamentoruarivadalmanoeldesouza.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao02conclusaocalcamentoruarivadalmanoeldesouza.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, a providenciar a conclusão do calçamento de aproximadamente 150 metros, na Rua Rivadal Manoel de Souza, no Bairro Nossa Senhora da Penha, uma vez que os materiais para conclusão da obra se encontram no local.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao03lavagemav.presidentevargasedep.joaorios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao03lavagemav.presidentevargasedep.joaorios.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, a providenciar a lavagem da Avenida Presidente Getúlio Vargas, do Supermercado Pami até a Padaria Expressa, e a Avenida Deputado João Rios da loja João e Maria até o Supermercado Multi Show.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao20secretariaagriculturamanilhamentorioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao20secretariaagriculturamanilhamentorioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava, a providenciar juntamente com sua equipe de trabalho, para que proceda o manilhamento na Comunidade de Rio Claro, próximo a ponte que dá acesso ao Recanto Rio Claro, pois está acontecendo uma grande caída de água pela estrada, ocasionando danos na estrada e transtorno aos moradores da região.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao21secretariaagriculturamanilhamentoestradaprincipalrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao21secretariaagriculturamanilhamentoestradaprincipalrioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava, a providenciar juntamente com sua equipe de trabalho, para que proceda o manilhamento na Comunidade de Rio Claro, na estrada principal que dá acesso ao Poço do Egito, localidade essa que recebe inúmeros turistas, e essa estrada está com um volume de água grande correndo na via principal, ocasionando transtorno aos moradores da região e danos aos veículos.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao22secretariaagriculturapatrolamentoensaibramentolaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao22secretariaagriculturapatrolamentoensaibramentolaranjadaterra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava, a providenciar juntamente com sua equipe de trabalho, para que proceda o patrolamento e ensaibramento na Comunidade de Laranja da Terra, na localidade do Córrego dos Fortunatos, devido as péssimas condições que as estradas se encontram, podendo ocasionar a interdição da estrada.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao23pagamentopericulosidadesantacasa.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao23pagamentopericulosidadesantacasa.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Gestor da Santa Casa de Iúna, Senhor Ary Leal Faria a viabilizar pagamento de Insalubridade em grau máximo de 40% a todos os Profissionais de Enfermagem. Sabendo que os Enfermeiros e Técnicos de Enfermagem estão diretamente expostos ao risco de contaminação pelo coronavírus e diversas outras formas de doenças infectocontagiosas, que existe a possibilidade de transmissão da infecção para os próprios familiares de sua casa, que muitos profissionais estão totalmente abalados e trabalhando sobre forte pressão psicológica, que muitos profissionais de saúde no Brasil e no Espírito Santo já estão contaminados, que inúmeros profissionais de saúde pelo mundo foram a óbito e que existe a possibilidade de contaminação de nossos Guerreiros Profissionais de Saúde de nosso município, assim para garantir seus direitos e valorizarmos esses que estão 24h enfrentando essa guerra por nós, muitos totalmente expostos pela falta de EPI’s, que se faz necessário o imediato pagamento da</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao24scretariameioambienterecursoprocedimentosanimais.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao24scretariameioambienterecursoprocedimentosanimais.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da municipalidade, Senhor Manoel Arcangelo Rafael Gomes, a viabilizar um recurso anual no valor de vinte mil reais para realização de procedimentos cirúrgicos, ambulatoriais e medicamentosos para os animais de rua. Pois, sabemos que no município existe uma ONG – Amigo Fiel, com participação de pessoas voluntárias, que realizam diversos trabalhos, até mesmo fazendo na maioria dos casos doações financeiras, chegando ao estado de calamidade, correndo o risco de paralisar as atividades, e nesse caso, tendo o poder público, sendo obrigado a realizar as devidas atividades, que hoje é realizado voluntariamente.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao17manutencaocalcamentoruaastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao17manutencaocalcamentoruaastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar manutenção no calçamento da Rua Astrogildo Silveira, devido à dificuldade de transitação de veículos.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao18retiradaentulhosemanutencaocalcamentoruahermanantoniodasilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao18retiradaentulhosemanutencaocalcamentoruahermanantoniodasilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar manutenção no calçamento, retirada de entulhos e limpeza de bueiro na Rua Herman Antônio da Silveira.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao19retiradaentulhosebarrancoruaraulcaetanodasilva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao19retiradaentulhosebarrancoruaraulcaetanodasilva.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar a retirada de entulhos na Rua Raul Caetano da Silva no Bairro Quilombo, e que veja como proceder referente a queda de barranco próximo a caixa d’água nesta mesma rua, pois vem causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao20canaletaruaadilioamaralbairroguanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao20canaletaruaadilioamaralbairroguanabara.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, providenciar a construção de uma canaleta por trás do muro que foi construído nas casinhas populares na Rua Adílio Amaral, no Bairro Guanabara, uma vez que as águas das chuvas estão invadindo as residências, estragando os pertences dos moradores, sugerindo que o fiscal da prefeitura vá até o local e faça a medição da extensão do muro.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao21limpezaruahermanantoniosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao21limpezaruahermanantoniosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, providenciar o conserto e limpeza de toda passarela que fica localizada entre a Rua Herman Antônio da Silveira com a Rua Antônio Belo dos Santos, devido a quede de uma árvore e as chuvas que atingiram o município; realizar também a manutenção do calçamento que se encontra em estado precário e limpeza do bueiro próximo a casa do Senhor Brasiliano.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao24servicosquadraesportesnossenhoragracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao24servicosquadraesportesnossenhoragracas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho a providenciar instalação de alambrado atrás do gol; reforma e pintura do piso e áreas; limpeza geral do local e reparo no bebedouro, porque o mesmo está sem água, serviços estes que devem ser realizados na Quadra de Esportes do Distrito de Nossa Senhora das Graças, Município de Iúna.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao24retiradadepedrarodovia379proximoterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao24retiradadepedrarodovia379proximoterracorrida.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura e Interior, Senhor João Marcos Dalvi Gava, juntamente com sua equipe de trabalho, providenciar a retirada de uma pedra na rodovia ES-379, próximo a comunidade Terra Corrida. A pedra está no centro da estrada, causando prejuízo aos proprietários dos veículos. Foi realizada a manutenção da estrada, porém a pedra não foi retirada.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao25manutencaoestradasserrinhaibomdestinosantoantoniotrespontes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao25manutencaoestradasserrinhaibomdestinosantoantoniotrespontes.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura e Interior, Senhor João Marcos Dalvi Gava, juntamente com sua equipe de trabalho, providenciar a manutenção das estradas das comunidades Serrinha I, Santo Antônio, Bom Sucesso, Barro Branco, Córrego do Siqueira e São José das Três Pontes perto do Senhor Deli.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao05reformaescolaterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao05reformaescolaterracorrida.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da municipalidade, juntamente com sua equipe de trabalho, a providenciar reforma da Escola Municipal de Ensino Fundamental de Terra Corrida, pois a mesma se encontra em estado precário podendo ocasionar acidentes para os alunos.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao03retiradadeentulhos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao03retiradadeentulhos.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Leandro Lino da Silva a providenciar retirada de entulhos na Rua Deputado Alfredo Antônio, nas proximidades do Cemitério do Centro e na Rua Antônio Monteiro Alves nas proximidades da residência do Senhor Mizinho, nesta cidade, haja vista que os entulhos estão causando transtornos aos moradores do entorno.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao04podadearvores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao04podadearvores.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a providenciar Poda de árvores na Rua Deputado Alfredo Antônio, nas proximidades do Cemitério do Centro e na Avenida São Vicente de Paula, próximo a residência do Senhor Venceslau, nesta cidade, visando evitar o crescimento desordenados dos galhos, que podem causar transtorno aos transeuntes e moradores das proximidades.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao05reparoavamphilophiooliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao05reparoavamphilophiooliveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Leandro Lino da Silva a providenciar reparo na Avenida Amphilóphio de Oliveira, na altura do Parque Industrial, visando evitar que águas de chuva atravessam o asfalto e entram em lote do lado de baixo. Esclarecendo que as água de enxurradas estão causando erosão no asfalto e prejuízos aos proprietários de lotes dentro do Parque Industrial.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao28limpezaconsultoriodentariosaojoaodoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao28limpezaconsultoriodentariosaojoaodoprincipe.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, limpeza nos arredores do posto de atendimento dentário da localidade de São João do Príncipe, pois o mesmo se encontra em estado de abandono.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao29calcamentoruassantaclaradourbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao29calcamentoruassantaclaradourbano.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, calçamento das ruas da localidade de Santa Clara do Urbano, tendo em vista que os moradores estão sofrendo com poeira e com o barro.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao30calcamentoemfrentepostodesaudepito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao30calcamentoemfrentepostodesaudepito.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, construção de calçamento na rua que dá acesso ao Posto de Saúde, em construção, no Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao31calcamentoaltouberaba.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao31calcamentoaltouberaba.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, calçamento na localidade de Alto Uberaba, nas proximidades da Igreja do Pastor Adilson, tendo em vista que em dias de chuva fica ruim a passagem de pedestres e com a poeira os moradores ficam prejudicados.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao03lavagemav.presidentevargasedep.joaorios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao03lavagemav.presidentevargasedep.joaorios.pdf</t>
   </si>
   <si>
     <t>Determine ao Senhor João Marcos Dalvi Gava, Secretário Municipal de Agricultura e Interior, que proceda com sua equipe de trabalho, com urgência, o patrolamento e o ensaibramento da estrada municipal que passa pela propriedade do Senhor José Américo, na localidade de Alto Trindade, município de Iúna.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1329/indicacao22reparobueiroruahermanantoniosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1329/indicacao22reparobueiroruahermanantoniosilveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, providenciar o reparo em bueiro com manilhas entupidas localizado na Rua Herman Antônio da Silveira, Bairro Quilombo, próximo a residência do Senhor Brasilino.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao23calcamentoruaantoniobelodossantos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao23calcamentoruaantoniobelodossantos.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, juntamente com sua equipe de trabalho, providenciar o calçamento na Rua Antônio Belo dos Santos, no Bairro Quilombo.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da municipalidade, Senhor Manoel Arcangelo Rafael Gomes, a disponibilizar um contêiner para coleta de lixo na Comunidade de Terra Corrida.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao27secretariainfraestruturaservicoiluminacaoterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao27secretariainfraestruturaservicoiluminacaoterracorrida.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, reparo no sistema de iluminação pública na Comunidade de Terra Corrida.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao28reparoensaibramentoestardaboasoreemorroredondo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao28reparoensaibramentoestardaboasoreemorroredondo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Interior da municipalidade, Senhor João Marcos Dalvi Gava, a providenciar juntamente com sua equipe de trabalho, reparo e ensaibramento nas estradas das Comunidades de Boa Sorte e Morro Redondo.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao29coletadelixoserrinhaieii.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao29coletadelixoserrinhaieii.pdf</t>
   </si>
   <si>
     <t>indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Manoel Arcangelo Rafael Gomes, Secretário Municipal de Meio Ambiente, Limpeza Pública e Turismo, que proceda com sua equipe de trabalho, coleta de lixo nas Comunidades de Serrinha I e II uma vez por semana, evitando assim acúmulo de lixo nessas localidades.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao32pavimentacaopicocolossus.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao32pavimentacaopicocolossus.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, estudo para realizar a pavimentação do trecho que liga Água Santa ao entorno do Pico do Colossus, para viabilizar a implementação do turismo nessa localidade, além de atender muitos produtores rurais residentes nas proximidades. O Pico do Colossus está entre os mais importantes pontos turísticos de Iúna, embora pouco utilizado por falta de infraestrutura, e principalmente por conta do acesso. As ações turísticas que até agora aconteceram nesta localidade foram por iniciativa isoladas de anônimos que amam a natureza, gostam de aventura e praticam esportes radicais, como downhill, asa delta, parapente, montanhismo, entre outros.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao33calcamentosebastiaogessimocezar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao33calcamentosebastiaogessimocezar.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, para que a obra de calçamento já realizado na Rua Sebastião Géssimo Cezar, na Comunidade de Nossa Senhora das Graças, seja feita até o fim da mesma, cerca de aproximadamente 200 metros, a fim de beneficiar os moradores residentes neste local.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao34limpezaemanutencaodailuminacaorodoviacoronelleonciovieira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao34limpezaemanutencaodailuminacaorodoviacoronelleonciovieira.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, e ao Senhor Manoel Arcangelo Rafael Gomes, Secretário Municipal de Meio Ambiente, Limpeza Pública e Turismo, que proceda com sua equipe de trabalho, serviço de limpeza e manutenção da iluminação nas laterais da Rodovia Coronel Leôncio Vieira, especificamente no trecho que vai da Santa Casa ao Posto Petrolina, devido ao mato que se encontra alta e alguns postes sem iluminação, colocando em risco a segurança da população que transita neste local. A comunidade solicita também que seja realizado o calçamento nas laterais visando facilitar a circulação dos pedestres.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao35calcamentoruavereadorgenesiodasilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao35calcamentoruavereadorgenesiodasilveira.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, e ao Senhor Manoel, que proceda com sua equipe de trabalho, serviço de calçamento na Rua Vereador Genésio da Silveira, trecho que vai da antiga ponte (demolida) que liga o Parque de Exposições ao Parque Industrial. O trecho é um dos poucos que falta calçamento e sua realização irá favorecer toda Comunidade ao redor.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao25retiradadeentulhos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao25retiradadeentulhos.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a realizar, com urgência, a retirada de entulhos depositados na Rua Eraldino de Lima Souza, última Rua do Bairro Nossa Senhora da Penha, que fica atrás da Casa de Apoio, em atenção a pedido feito por morador do Bairro.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao26reparocalcamento.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao26reparocalcamento.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a realizar, reparo no calçamento na Avenida José Luís de Castro, Bairro Vila Nova, próximo ao Posto de Saúde.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao24manutencaoruamonteiroalves.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao24manutencaoruamonteiroalves.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, manutenção do calçamento na Rua Monteiro Alves, Bairro do Pito, devido a situação precária em que se encontra prejudicando o tráfego de veículos e até mesmo a passagem de pedestres.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao25reparomuraosaovicente-asfaltocasadaculturaateaguasanta.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao25reparomuraosaovicente-asfaltocasadaculturaateaguasanta.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, reparo do Murão localizado na Rua São Vicente de Paula, no Bairro Quilombo, e se possível, que seja asfaltado o trecho que liga a Casa da Cultura até a descida para Água Santa, devido ao local ser ponto turístico, facilitando assim o acesso ao mesmo.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao26reparocalcamentoruabentoalmeidamoco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao26reparocalcamentoruabentoalmeidamoco.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, reparo no calçamento da Rua Bento de Almeida Moço, próximo a residência do Sr. Tião, e que seja colocado material para proibir que motoqueiros fiquem passando no espaço do ZigZag na mesma Rua no Bairro Quilombo.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao27reparocalcamentoruaantoniomonteiroalves-pito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao27reparocalcamentoruaantoniomonteiroalves-pito.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, reparo no calçamento da Rua Antônio Monteiro Alves, Bairro do Pito, pois a mesma se encontra em estado precário, prejudicando o tráfego de veículos.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao28reparocalcamentoruanovopostodesaudequilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao28reparocalcamentoruanovopostodesaudequilombo.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, construção de calçamento na rua que dá acesso ao Posto de Saúde, em construção, no Bairro Quilombo.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao29quebramolasruaastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao29quebramolasruaastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a instalar 02 (dois) Quebra-molas na Rua Astrogildo Silveira, o primeiro próximo a residência do Senhor Joci que trabalha na Prefeitura e o segundo próximo a residência do Senhor Eder Gazeta, visando segurança aos moradores.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao30limpezaruahermanantoniosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao30limpezaruahermanantoniosilveira.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar a limpeza e manutenção do calçamento da Rua Herman Antônio da Silveira, Bairro Quilombo, em atenção a pedido dos moradores.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao25construcaodebueiro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao25construcaodebueiro.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita ao Prefeito Municipal Senhor Romário Batista Vieira que determine o Subsecretário de Agricultura e Interior da Municipalidade, Senhor Adriano Salviete da Silva a construir um Bueiro com manilhas 0,60 na estrada rural que passa pela divisa das propriedades dos Senhores Geraldo Barbosa e Ivo Gabriel, no Córrego Perdição, Distrito de Nossa Senhora das Graças, visando atender os produtores rurais da região.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao26construcaodeponte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao26construcaodeponte.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita ao Prefeito Municipal Senhor Romário Batista Vieira que determine o Subsecretário de Agricultura e Interior da Municipalidade, Senhor Adriano Salviete da Silva a construir uma Ponte de concreto na localidade de Barra da Boa Sorte, estrada que passa pela propriedade do Senhor João Luiz Cézar, Distrito de Nossa Senhora das Graças, esclarecendo que as cabeças de concreto já estão prontas e que a ponte visa atender os produtores rurais da região, no transito diário e no escoamento da produção agrícola.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao27vacinaparaprofessores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao27vacinaparaprofessores.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita ao Prefeito Municipal Senhor Romário Batista Vieira que determine o Secretário de Saúde da Municipalidade, Senhor Durval Dias Santiago Júnior a viabilizar vacinação contra o Novo coronavírus “COVID-19” para os professores da Rede Municipal de Ensino, visando controlar a disseminação do vírus entre os educadores e estudantes.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao28vacinaparaagentesfunerarios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao28vacinaparaagentesfunerarios.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita ao Prefeito Municipal Senhor Romário Batista Vieira que determine o Secretário de Saúde da Municipalidade, Senhor Durval Dias Santiago Júnior a viabilizar vacinação contra o Novo coronavírus “COVID-19” para os Agentes Funerários, visando controlar a disseminação do vírus entre os mesmos, já que estes mantem contato direto no processo de sepultamento dos corpos das pessoas vítimas da doença.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao30manutencaoestradacachoeirachiador-rioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao30manutencaoestradacachoeirachiador-rioclaro.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor João Marcos Dalvi Gava, Secretário Municipal de Agricultura e Interior, que proceda com sua equipe de trabalho, manutenção das estradas até a cachoeira do chiador e local de captação de água na Comunidade de Rio Claro.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao31manilhamentoemanutencaoestardasrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao31manilhamentoemanutencaoestardasrioclaro.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor João Marcos Dalvi Gava, Secretário Municipal de Agricultura e Interior, que proceda com sua equipe de trabalho, manutenção e troca do manilhamento na Comunidade do Rio Claro, próximo ao Recanto Rio Claro que não suporta a quantidade de água nos dias de chuva. Sendo que boa parte da estrada já caiu e considerando risco pelo grande fluxo de veículos e pessoas.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao32calcamentoruaeuclidesjosemartins-guanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao32calcamentoruaeuclidesjosemartins-guanabara.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, calçamento na Rua Euclides José Martins no Bairro Guanabara, referente ao Projeto de Lei nº 03/2021 aprovado nessa Casa de Leis.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao33manutencaoestradauberabasentidoaltotrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao33manutencaoestradauberabasentidoaltotrindade.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor João Marcos Dalvi Gava, Secretário Municipal de Agricultura e Interior, que proceda com sua equipe de trabalho, manutenção das estradas, primeira entrada a direita (entrada do Vandeco) após Uberaba sentido Alto Trindade.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao34predioassociacaoamigofiel.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao34predioassociacaoamigofiel.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, a providenciar ligação de água da CESAN e reforma e o revestimento do piso da área externa do imóvel da Prefeitura onde está funcionando a Associação Amigo Fiel.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao35auxilioemergencial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao35auxilioemergencial.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja analisado a possibilidade de conceder a população que está passando dificuldade devido ao covid-19 e não recebeu o auxílio do Governo Federal, um auxílio emergencial municipal a exemplo de outros municípios do Estado e fora do Estado. Que seja analisado, também, a possibilidade de conceder auxílio emergencial para os comerciantes mais afetados pela pandemia, a exemplo de outros municípios.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao36calcamentoemrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao36calcamentoemrioclaro.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a terminar o calçamento iniciado no mandato passado na Comunidade de Rio Claro, próximo ao Recanto Rio Claro.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao37calcamentoruaatalibajosebarros.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao37calcamentoruaatalibajosebarros.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a efetuar reparos no calçamento da Rua Ataliba José de Barros, no Bairro Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao38calcamentoruaarlindorodriguesflorindo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao38calcamentoruaarlindorodriguesflorindo.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a efetuar reparos no calçamento da Rua Arlindo Rodrigues Florindo, no Bairro Guanabara.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao39limpezadapracaantidesfaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao39limpezadapracaantidesfaria.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a efetuar limpeza da Praça  vereador Antides Faria todas as sextas-feiras, para realização da Feira do Agricultor Familiar.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao08calcamentosubstituirlampasruaeuclidesjosemartins.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao08calcamentosubstituirlampasruaeuclidesjosemartins.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, Vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Secretário Municipal de Infraestrutura e Serviços Urbanos, Senhor Leandro Lino da Silva, que providencie com sua equipe de trabalho, construção do Calçamento da Rua Euclides José Martins, bem como, a substituição de lâmpadas queimadas no sistema de iluminação pública da Rua citada, que fica localizada no Bairro Guanabara, nesta cidade, em atenção a pedidos do moradores.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao31patrolamnentoestadascorjatoba.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao31patrolamnentoestadascorjatoba.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao subsecretário de Agricultura e Interior da Municipalidade Senhor Adriano Salviete da Silva a providenciar o patrolamento e o ensaibramento das estradas rurais do Córrego Jatobá, neste município, para facilitar o escoamento da safra de café que se aproxima.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao40manutencaoestradasserrinha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao40manutencaoestradasserrinha.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que seja determinado ao subsecretário de Agricultura e Interior Senhor Adriano Salviete da Silva, para providenciar a manutenção das estradas das Comunidades de Serrinha, neste município.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao41manutencaoestradaspiloespedregulho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao41manutencaoestradaspiloespedregulho.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que seja determinado ao subsecretário de Agricultura e Interior Senhor Adriano Salviete da Silva, para providenciar a manutenção das estradas que dão acesso a Comunidade de Pilões, o Morro passando perto da Comunidade Pedregulho, limpando caixas secas que estão cheias, e melhorando as estrada que estão com muitas valetas, quase que intransitáveis.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao42auxiliotrabalhadorpanhacafe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao42auxiliotrabalhadorpanhacafe.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que seja analisado a possibilidade de conceder ao trabalhador(a) notificado com covid, que estejam trabalhando na safra do café, um auxílio emergencial municipal, com intuito de manter condições de segurança a família do trabalhador. É sabido que a safra do cafeeiro é momento que muitas famílias ganham o dinheiro para alimentação do ano todo, e que ficar 15 dias sem trabalhar pode comprometer toda a segurança do trabalhador manter alimento na mesa. Considerando a necessidade de segurança dos demais trabalhadores, com esse auxílio pode-se ter facilidade maior de identificar quem está contaminado, pois com a segurança de estar protegido financeiramente o próprio trabalhador vai informar a situação ao órgão competente. Considerando que o ano é de safra baixa, 15 dias são limitantes e uma proporção</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao43reparocalcamentoruaadiliodavinoassis.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao43reparocalcamentoruaadiliodavinoassis.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a efetuar com sua equipe de trabalho reparos no calçamento da Rua Adílio Davino de Assis, no Bairro Guanabara, nesta cidade.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao44limpezamargensavpresidentetanchedoneves.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao44limpezamargensavpresidentetanchedoneves.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes, a efetuar limpeza às margens da Avenida Presidente Tancredo Neves, Bairro Niterói, nesta cidade.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao45esgotocorregolaje.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao45esgotocorregolaje.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a tomar providências sobre o esgoto a céu aberto próximo à Vila do Córrego do Laje, que está causando mal cheiro e perigo a saúde das pessoas que residem no local.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao09esgotocorregolaje.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao09esgotocorregolaje.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a tomar as providências que se fizerem necessárias, visando a construção de rede de esgotamento sanitário na Comunidade de Córrego do Laje, haja vista que os esgotos das residências estão correndo a céu aberto, causando mal cheiro  e contribuindo para proliferação de insetos o que coloca em risco a saúde dos moradores do entorno.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao27limprezaruasloteamentocidadenova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao27limprezaruasloteamentocidadenova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes a realizar limpeza pública das ruas do loteamento Cidade Nova, em caráter de urgência, pois os proprietários dos lotes já estão pagando IPTU há anos e nunca tiveram retorno da contribuição dos seus impostos, ressaltando da importância desse novo loteamento, no qual será até o presente momento o único bairro planejado e estruturado da cidade de Iúna e ainda com um fator econômico para cidade de grande importância, pois os proprietários estão iniciando as construções no loteamento, no qual empregará diversas pessoas, movimentando a economia local. Assim o Poder Público tem o dever de zelar da manutenção das ruas do loteamento Cidade Nova.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao28trocabrinquedospracabairrovilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao28trocabrinquedospracabairrovilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a realizar, a providenciar e instalar novos brinquedos na Praça em frente ao Ki Delicia, no Bairro Vila Nova, para maior conforto e segurança das crianças que utilizam o espaço público, pois, os brinquedos se encontram todos danificados, ocasionando acidentes entre as crianças. Assim se faz necessário a troca geral dos brinquedos, com urgência.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao29construcaopostosaudebairrovilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao29construcaopostosaudebairrovilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Saúde da Municipalidade, Senhor Durval Dias Santiago Júnior a providenciar a construção de um Posto de Saúde no Bairro Vila para atender as Comunidades do Bairro Vila Nova, Bonsucesso, Barro Branco e Rio Pardinho. Assim, ofertando maior acolhimento aos usuários do SUS e melhores condições de trabalho dos profissionais de saúde. Esta é uma solicitação antiga dos moradores do Bairro Vila Nova.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao30construcaocrechebairrovilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao30construcaocrechebairrovilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Educação da Municipalidade, Senhora Edna Viana da Fonseca a viabilizar a construção de uma Creche no Bairro Vila Nova, para atender uma solicitação antiga dos moradores do bairro, bem como das comunidade do Bonsucesso, Barro Branco e Rio Pardinho, pois muitos pais que necessitam trabalhar não possuem condições financeiras para pagar uma cuidadora ou não possuem com quem deixar seus filhos. Assim, se faz necessário com urgência a implantação de uma creche para maior dignidade aos pais das crianças.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao31limpezaespacoproximoescoaldeolinda.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao31limpezaespacoproximoescoaldeolinda.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes a executar serviço de limpeza geral do espaço em frente à Escola Deolinda Amorim de Oliveira, próximo ao Posto de Saúde do Bairro Guanabara.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao33lavagemavamphilophiooliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao33lavagemavamphilophiooliveira.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar limpeza e lavagem da Avenida Amphilóphio de Oliveira, Bairro Guanabara, que é de grande movimento e trânsito de veículos pesados e onde funciona uma Escola e uma Unidade de Saúde, cujo excesso de poeira tem causado grande problema. Desta forma o serviço deve ser realizado com urgência.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao34limpezamargensavenida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao34limpezamargensavenida.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar limpeza das duas margens da Avenida Presidente Tancredo Neves, Bairro Niterói, trechos que compreendem do trevo da chegada de Iúna ao posto BR e da mecânica do Fabinho até o posto Petrolina, pois o mato está tomando conta da passarela de pedestres, ocasionando transtorno e perigo as pessoas que dependem de usar os mesmos.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao32proseguimentoderuanoguanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao32proseguimentoderuanoguanabara.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula a procurar no cadastro da Prefeitura o nome proprietário do lote que está localizado à Rua João Batista de Oliveira Lima, Bairro Guanabara, e entrar em entendimento com o mesmo visando solução para que o local seja continuidade da via em questão. O lote em referência está vazio a vários anos impedindo o prosseguimento da rua, sendo que a mesmo está sendo uso por pedestres para passagem.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao33patrolamentestradasserrinhaieii.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao33patrolamentestradasserrinhaieii.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a providenciar com sua equipe de trabalho a conclusão do patrolamento das estradas rurais das localidades de Serrinha I, Serrinha II e Barra da Serrinha, visando deixar as vias em boas condições de tráfego para os produtores transportarem a safra cafeeira que se inicia.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao29reformabueirosantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao29reformabueirosantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a providenciar com sua equipe de trabalho a reforma de um Bueiro com manilhas 0100, na estrada rural principal, que passa pela propriedade do Senhor Sidinei Moreira, Córrego da Braúna, Santa Clara do Urbano, pois o mesmo é antigo e foi construído na gestão do ex-prefeito Cantídio Roberto de Moraes.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a providenciar com sua equipe de trabalho reparo de um Bueiro com manilhas 060, na estrada rural que passa pela propriedade do Senhor André, Genro do Senhor Romeu, estrada que dá acesso a Comunidade dos Pilões, Santa Clara do Caparaó.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao31agentesaudeentregacorrespondencia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao31agentesaudeentregacorrespondencia.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Saúde da Municipalidade, Senhor Durval Dias Santiago Júnior a providenciar Agente de Saúde para fazer atendimento aos moradores do Condomínio Avaseg, Bairro Guanabara, bem como, viabilizar junto aos Correios que seja feita a entrega de correspondências no citado condomínio, atendendo solicitação dos moradores.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao32reparopontesantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao32reparopontesantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a providenciar com sua equipe de trabalho a reforma da Ponte na estrada que dá acesso a Comunidade de Santa Clara do Urbano, e levar engenheiro para estudar a possibilidade de levantar a mesma, porque quando chove a água passa por cima e causa interrupção do transito, o que tem causado transtorno aos usuários.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao33patrlamentoestradasruraissantasclaraspedregulhpiloes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao33patrlamentoestradasruraissantasclaraspedregulhpiloes.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a providenciar com sua equipe de trabalho o patrolamento das estradas rurais das Comunidades de Santa Clara do Juca Italiano, Pedregulho, Pilões e Santa Clara do Urbano, visando facilitar para os usuários e, também, para o escoamento da safra cafeeira.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao34reformaampliacaoescolasantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao34reformaampliacaoescolasantaclara.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Gestão, Planejamento e Finanças da Municipalidade, Senhor Waldrem Marcelo Oliveira a providenciar a reforma e ampliação da Escola Municipal da Comunidade de Santa Clara do Caparaó (Juca Italiano), pois o número de alunos cresceu e devido a ação do tempo o prédio está necessitando de melhoras nas dependências.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao34reformacalcamentosantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao34reformacalcamentosantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Paula a providenciar com sua equipe de trabalho a reforma do calçamento na Comunidade de Santa Clara do Urbano, próximo ao bueiro na divisa da propriedade do Senhor Ronaldo Moreira.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao46aterrocabecopontepiloes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao46aterrocabecopontepiloes.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a proceder com sua equipe de trabalho o aterro na ponte da estrada que dá acesso a Comunidade dos Pilões, que foi terminada a alvenaria em dezembro/2020 e está faltando apenas colocar o aterro, para liberar a passagem. A Comunidade está usando uma ponte de madeira.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao06crechepostosaudevilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao06crechepostosaudevilanova.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Gestão, Planejamento e Finanças Senhor Waldrem Marcelo Oliveira a viabilizar a instalação de uma Creche e uma Unidade de Saúde no Bairro Vila Nova, em atenção aos pedidos de diversos moradores da Comunidade.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao07reformapracacoroneljoaoosorio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao07reformapracacoroneljoaoosorio.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Infraestrutura e Serviços Urbanos Senhor Leandro Lino de Paula a providenciar a reforma da Praça Coronel João Osório, Bairro Centro, pois os brinquedos estão quebrados, sistema elétrico exposto e pintura desbotada, expondo um visual negativo para os visitantes e munícipes. No caso do sistema elétrico, corre o risco de acidente com crianças e frequentados</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao08reformacalcamentorualaurentinofreitas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao08reformacalcamentorualaurentinofreitas.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário Municipal de Infraestrutura e Serviços Urbanos Senhor Leandro Lino de Paula a providenciar a reparo do calçamento da Rua Laurentino de Freitas, Bairro Pito, pois as blocos estão soltando e causando perigo aos motoristas e pedestres.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao09terrenodoacaooab.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao09terrenodoacaooab.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicito a Vossa Excelência que seja tomada as providências, quanto a viabilidade de doação de terreno à Subseção da OAB de Iúna, viabilizando a construção da Futura Sede desta conceituada ordem.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao10aterrocabecadeponte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao10aterrocabecadeponte.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Agricultura e Interior Senhor João Marcos Dalvi Gava, a tomar as providências que se fizerem necessárias com sua equipe de trabalho, para que seja concluído o aterro das cabeças da Ponte que fica na estrada rural que passa pela propriedade do Senhor João Henrique, para liberar e facilitar a locomoção dos moradores da região. Indica, também, o pratrolamento das estradas rurais do entorno, que beneficia diversos produtores.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao36redeeletricadistprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao36redeeletricadistprincipe.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviço de instalação de 04 (quatro) postes de cimento com a respectiva rede elétrica e iluminação pública no final da Rua Carlos Colombo da Escola da Comunidade do Distrito de São João do Príncipe, atendendo pedidos de moradores da Comunidade.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao37reparocalcamentoparqueindustrial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao37reparocalcamentoparqueindustrial.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviço de reparos no calçamento das vias do Parque Industrial, que se encontram em péssimo estado de conservação prejudicando o grande fluxo de veículos que circulam na localidade.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao38reformaescolarioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao38reformaescolarioclaro.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviço de reforma e ampliação da Escola Municipal de Ensino Fundamental Jota Ferreira, na Comunidade do Rio Claro, colocando sistema de alambrado em volta da área da Escola.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao39reformaescolaprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao39reformaescolaprincipe.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviços de reforma da Escola do Distrito de São João do Príncipe, parte externa e interna, que está precisando de trocar as telhas do telhado, porque apresenta várias goteiras em dias chuvosos, prejudicando, desta maneira, os trabalhos dos professores e alunos.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao40reparosponteemboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao40reparosponteemboasorte.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor João Marcos Dalvi Gava, Secretário Municipal de Agricultura e Interior, que proceda com sua equipe de trabalho, serviços de reparos na lateral da ponte que fica na Comunidade de Boa Sorte, próximo a propriedade do saudoso Denir Moço, visando dar segurança a seus usuários.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao41trocalampadasboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao41trocalampadasboasorte.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviços de substituição de lâmpadas queimadas no sistema de iluminação pública da Vila de Boa Sorte.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao42construcaounidadesaudepequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao42construcaounidadesaudepequia.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que proceda estudos no sentido de viabilizar a construção de uma Unidade de Saúde no Distrito de Pequiá, neste município, que possa atender as demandas da Comunidade, oferecendo conforto aos usuários e também aos profissionais de saúde em seus trabalhos. Vossa Excelência atendendo o pleito em questão estará realizando o sonho dos líderes da Comunidade de Pequiá, como os ex-vereadores Moacir Vieira, Júlio Maria, Joaquim Hubner e outros mais que lutaram incansavelmente em prol do desenvolvimento do Distrito e do bem estar daquele povo ordeiro e trabalhador.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao35aquisicaoambulancia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao35aquisicaoambulancia.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, a necessidade de adquirir uma ambulância nova, pois em visita feita nas ambulâncias do município e andando em uma delas, ficou evidenciado que as mesmas estão sem condições de uso, oferecendo insegurança aos nossos motoristas, além de oferecer risco de acidentes nos trajetos, bem como, colocando em risco os pacientes que necessitam do transporte. Pois, temos exemplos verídicos de transferência realizada e a ambulância apresentar defeitos no percurso, não conseguindo concluir o seu trajeto, tendo de pegar ambulância emprestada com outro município para conseguir efetuar a transferência do paciente. Conforme reunião realizada em vosso gabinete, em conjunto com o Secretário de Saúde e o Chefe do Transporte Sanitário, sobre o tema, em defesa de nossos servidores públicos “motoristas” e dos usuários do “SUS” que necessitam de transferência, é que solicito em</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao36revisoesambulancias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao36revisoesambulancias.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que autorize ao Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior a providenciar para que seja realizado revisões preventivas das ambulâncias, bem como as revisões corretivas sejam realizadas em oficinas autorizadas, com garantia do serviço executado, para que não ocorra mais, dos veículos de urgência e emergência sejam colocados em oficinas, que não conseguem realizar o serviço de forma eficiente, causando em alguns casos outros danos aos veículos e em outros, atrasos na entrega dos veículos, ou até mesmo entregando as ambulância e com poucos dias apresentando o mesmo problema. Pois, considerando que as ambulâncias são para transporte de urgência e emergência, não podemos correr o risco de ficarmos com todas nossas ambulâncias paralisadas, ocasionando assim, um colapso em nosso transporte sanitário de emergência, levando um grand</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao37agentescomunitariossaudeendemia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao37agentescomunitariossaudeendemia.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que autorize ao Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior a providenciar para que seja realizado a adesão ao Curso de Capacitação dos Agentes Comunitários de Saúde e de Endemias, por maio do Edital n° 01 de 28 de abril do ano corrente da Secretaria de Gestão do Trabalho e da Educação na Saúde/Ministério da Saúde, onde todos, ao final do curso passarão a ter o certificado de técnico em suas respectivas funções. É importante ressaltar que a referidas capacitações tem duração de 08 (oito) meses e será totalmente custeada pelo Governo Federal, através do Ministério da Saúde. Considerando que os nossos servidores estarão adquirindo certificação técnica com a devida qualificação do Ministério da Saúde. Considerando que os referidos servidores terão mais informações técnicas com sua abordagem de conhecimento. Considerando que est</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao38leiestagiarios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao38leiestagiarios.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Secretário Municipal de Gestão, Planejamento e Finanças Senhor Waldren Marcelo Oliveira, que seja a Lei Municipal n° 2.636/2017 “Que Institui O Programa Bolsa De Estágio, Alterada Em Seu Anexo I – Quadro De Vagas Para Estagiários De Graduação, Ampliando O Curso De Enfermagem – 03 Vagas e Curso de Farmácia – 03 vagas, bem como, acrescentar quadro de vagas para o Curso Técnico de Enfermagem – 20 vagas”. Pois considerando à emergência em Saúde Pública no País, Estados e Municípios, e com o crescimento do número de casos de Covid-19 e o intenso aumento da demanda de serviço na Saúde Municipal. Considerando à importância que a administração pública tem para formação Técnico-Científica na vida acadêmica dos nossos munícipes é que se faz necessário com urgência ampliação dessa Lei.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao38saudenahora.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao38saudenahora.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm Sr° Secretário de Saúde Durval Dias Santiago Júnior, para que possa verificar a portaria N° 930, de 15 de maio de 2019 do Ministério da Saúde, que institui o Programa “Saúde Na Hora”, que dispõe sobre o horário estendido de funcionamento das unidades de saúde da família, para que assim possa verificar a possibilidade de aderir a este importante programa do Governo Federal, que com toda certeza, trará grandes benefícios para o nosso município de Iúna, melhorando e beneficiando, ainda mais, nossa população que necessita de atendimentos na área da saúde. Assim, solicito a Vossa Senhoria a Implantação do referido programa no Distrito de Pequiá – Unidade de Saúde Antônio Lamy e Unidade de Saúde do Guanabara, para melhor atender as necessidades de nossa gente. Uma vez que, nessa época, uma grande parcela da Comunidade trabalha na c</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao39disponibilizacaoginasioesportes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao39disponibilizacaoginasioesportes.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm Sr° Secretário de Saúde Durval Dias Santiago Júnior, para viabilizar o Ginásio de Esportes para a realização de campanhas de vacinas e/ou vacinação em massa da população contra o coronavírus ou outros tipos de vacinas, pois, no ambiente do Ginásio de Esportes possui condições de colocar cadeiras para melhor comodidade de nossa população, além de oferecer proteção contra chuva e sol. Assim, melhora a organização e atendimento aos nossos munícipes, ofertando melhores condições aos nossos idosos, principalmente.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao40ilumincaopublicavilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao40ilumincaopublicavilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm Sr° Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Leandro Lino de Paula, a realizar serviços de reparos no sistema de iluminação pública da Avenida José Luiz de Castro, Bairro Vila Nova, nesta cidade, trecho que compreende as margens do Rio Pardo até a mercearia Foli, onde possui cinco postes para realizar manutenção. Sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao41ilumincaoavamintasosoriomatos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao41ilumincaoavamintasosoriomatos.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm Sr° Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Leandro Lino de Paula, a realizar serviços de reparos no sistema de iluminação pública da Avenida Amintas Osório de Matos, Bairro Niterói, nesta cidade, em frente a base do SAMU e Corpo de Bombeiros. Sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao42iluminacaocampofutebolpequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao42iluminacaocampofutebolpequia.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm Sr° Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Leandro Lino de Paula, a realizar serviços de reparos no sistema de iluminação pública do Campo de Futebol do Distrito de Pequiá, para melhor atender aos desportistas que utilizam desse espaço.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao43ilumincaoruajorgecampospequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao43ilumincaoruajorgecampospequia.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm Sr° Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar serviços de reparos no sistema de iluminação pública da Rua Professor Jorge Campos da Costa, na Vila do Distrito de Pequiá, sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao44ilumincaoruapedroscardini.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao44ilumincaoruapedroscardini.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar com sua equipe de trabalho, serviços de reparos no sistema de iluminação pública da Rua Pedro Scardini, Bairro Vale Verde, nesta cidade, sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao34reparoscalcamentosnoquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao34reparoscalcamentosnoquilombo.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula a providenciar com sua equipe de trabalho, a executar reparos nos calçamentos da Rua Ipiranga próximo a Pracinha da Associação São Vicente de Paula; da Avenida São Vicente de Paula na subida próximo ao terreno do Jasson, perto da entrada para a Rua Leotemiro Ribeiro de Almeida; reparo na calçada do murão na Avenida São Vicente de Paula; reforma da Praça Namir Ângelo Gonçalves, Bairro Quilombo, que está em completo abandono e pintar as faixas, meios-fios e lavar todas as ruas do Bairro Quilombo, em atenção aos pedidos dos comerciantes e moradores da Comunidade.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao35reparoscalcamentoruaastrogildosilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao35reparoscalcamentoruaastrogildosilveira.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula a providenciar com sua equipe de trabalho, a execução de reparos no calçamento da Rua Astrogildo Silveira, Bairro Quilombo, nesta cidade, que se encontra em péssimo estado de conservação, depois dos serviços de esgotamento sanitário realizado pela empreiteira contratada pela CESAN.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao36reparossemaforos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao36reparossemaforos.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a tomar as providências que se fizerem necessárias, no sentido de viabilizar a municipalização do trânsito do município de Iúna, para colocar em funcionamento os semáforos existentes nos cruzamentos das ruas de nossa cidade, para dar segurança aos pedestres e evitar a ocorrência de acidentes de trânsito. Não sendo viável a municipalização no momento, que seja estudado junto ao DETRAN, visando colocar em funcionamento os semáforos existentes na cidade.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao37retornoministeriotrabalho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao37retornoministeriotrabalho.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a tomar as providências que se fizerem necessárias junto aos órgãos competentes, no sentido de viabilizar o retorno do Posto do Ministério do Trabalho para o município de Iúna, visando facilitar o atendimento as pessoas da região, que procuram o órgão para resolver as questões relacionadas ao trabalho.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao38lavarruasbairrospitonossasenhoradapenha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao38lavarruasbairrospitonossasenhoradapenha.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário Municipal de Infraestrutura e Serviços Urbanos Senhor Leandro Lino de Paula a tomar as providências necessárias com sua equipe de trabalho com urgência, para lavar e pintar as faixas e os meios fios de todas as vias públicas dos Bairros Pito e Nossa Senhora da Penha, nesta cidade, visando evitar a poeira que intensifica no período de estiagem.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao06reparopontesantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao06reparopontesantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Agricultura de Interior da Municipalidade Senhor João Marcos Dalvi Gava a tomar as devidas providências com sua equipe de trabalho, para reparar a cabeça da Ponte que fica localizada na estrada principal que dá acesso a localidade de Santa Clara do Urbano, neste Município, a mais ou menos 50 (cinquenta) metros do Posto de Saúde da Comunidade.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao47iluminacaopracavilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao47iluminacaopracavilanova.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a tomar providências cabíveis no sentido de reparar o sistema de iluminação pública da Praça do Bairro Vila Nova, nesta cidade, em atenção a pedidos dos moradores da Comunidade.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao48melhoraestradasboasortetristesorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao48melhoraestradasboasortetristesorte.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a proceder com sua equipe de trabalho manutenção das estradas das localidades de Boa Sorte e Triste Sorte, Distrito de Nossa Senhora das Graças, para que os produtores rurais da região possam escoar com segurança a safra cafeeira.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao49melhoraestradascorregohorst.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao49melhoraestradascorregohorst.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a proceder com sua equipe de trabalho a manutenção das estradas na Comunidade de Rio Claro, Distrito de São João do Príncipe, no Córrego dos Horst, perto da Pousada Rio Claro.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao50melhoraestradascorregosossego.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao50melhoraestradascorregosossego.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a proceder com sua equipe de trabalho a manutenção das estradas no Córrego Sossego, em atenção a  pedidos dos produtores rurais.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao11limpezaavamintasosoriomatos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao11limpezaavamintasosoriomatos.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura, e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, para realizar limpeza nas margens, retirar entulhos e lavar o asfalto da Avenida Amintas Osório de Matos em todo a sua extensão, em atenção a pedido dos empresários e moradores, instalados ao longo da Avenida.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao12quebramolasavdeputadojoaorios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao12quebramolasavdeputadojoaorios.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura, e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, para realizar a construção de Quebra-Molas na Avenida Deputado João Rios em frente ao Salão do Davi, para evitar que os veículos automotores circulem em alta velocidade, colocando em risco a segurança dos pedestres.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao43extensaoredeeletricasantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao43extensaoredeeletricasantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviço de extensão de rede elétrica na Comunidade de Santa Clara do Urbano, atendendo pedidos de moradores da Comunidade.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao44patrolamentoreparocalcamentosaneamentobasico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao44patrolamentoreparocalcamentosaneamentobasico.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviço de patrolamento, saneamento básico e calçamento na Rua Rivadal Manoel de Souza, no bairro do Nossa Senhora da Penha.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao45reformapracasaovicentepaula.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao45reformapracasaovicentepaula.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviços de reforma da Praça São Vicente de Paula, no bairro Quilombo, atendendo pedidos de moradores da Comunidade.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao51limpezacalcamentoterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao51limpezacalcamentoterracorrida.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a proceder com sua equipe de trabalho a limpeza do calçamento da Comunidade de Terra Corrida.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao52sistemaaguapotavelrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao52sistemaaguapotavelrioclaro.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a proceder com sua equipe de trabalho avaliação do Sistema de abastecimento de Água da Comunidade de Rio Claro, visando um projeto hidráulico de revisão do abastecimento de água a curto e longo prazo.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao53aquisicaoalimentosprodutoresagriculturafamiliar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao53aquisicaoalimentosprodutoresagriculturafamiliar.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que seja avaliado a possibilidade de compra dos alimentos produzidos pelos agricultores familiares que fazem parte do PNAE (Programa Nacional de Alimentação Escolar), para distribuições para famílias carentes nos períodos em que as aulas não estiverem presencial.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao10esgotoviladosguedes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao10esgotoviladosguedes.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a providenciar com sua equipe de trabalho, com urgência, a construção de rede de esgoto sanitário na localidade conhecida como Vila dos Guedes. Os esgotos das residências estão correndo a céu aberto o que coloca em risco a saúde dos moradores e contribui para a proliferação de mosquitos.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao11reformaescolaterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao11reformaescolaterracorrida.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a providenciar com sua equipe de trabalho, com urgência, a reforma da Escola da localidade de Terra Corrida, pois as aulas presenciais estão para retornar e o prédio da Escola está em precário estado de conservação.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao12trocalampadaspequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao12trocalampadaspequia.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a providenciar com sua equipe de trabalho com urgência, a substituição de lâmpadas queimadas na Quadra de Esportes, Praça Nossa Senhora de Santana e Campo de Futebol do Distrito de Pequiá e resolver os problemas de energia elétrica nestes locais, visando dar segurança aos seus frequentadores.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao13limpezaquadra_e_ruapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao13limpezaquadra_e_ruapequia.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a providenciar com sua equipe de trabalho com urgência, a limpeza da Quadra de Esportes de Pequiá e providenciar uma retroescavadeira para efetuar limpeza em uma rua de Pequiá, que será pavimentada com mutirão dos moradores.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao46reparocalcamentorioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao46reparocalcamentorioclaro.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviços de reparo no calçamento da via pública que fica na comunidade de Rio Claro, próximo a Escola Municipal, com urgência.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao47reparobueirorioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao47reparobueirorioclaro.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Sub Secretário do Distrito de Pequia a realizar serviços de reparos de um bueiro, que fica na estrada principal de acesso a comunidade de Rio Claro, que devido às fortes chuvas de alguns meses atrás deixou o local em péssimas condições de tráfego de veículos.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao47revitalizacaoespacopublicoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao47revitalizacaoespacopublicoprincipe.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, serviços de revitalização do espaço público que fica localizado em frente ao Posto de Saúde do distrito de São João do Príncipe, que necessita de trocas dos bancos e mesas, os quais estão em mau estado de conservação.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao49reparoampliacaopostosaudenossasenhoragracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao49reparoampliacaopostosaudenossasenhoragracas.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior a providenciar a reforma e ampliação da Unidade de Saúde da Comunidade de Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao50reformaampliacaoescolasantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao50reformaampliacaoescolasantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine a Secretária de Educação da Municipalidade Senhora Edna Viana da Fonseca a providenciar a reforma e ampliação da Escola Municipal da localidade de Santa Clara do Juca Italiano.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao45retirarpedrasconstruirbueirocordoslouback.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao45retirarpedrasconstruirbueirocordoslouback.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava, a autorizar sua equipe de trabalho a realizar serviços de retira de pedras e construção de bueiro na estrada rural do Córrego dos Louback, na localidade de Laranja da Terra, município de Iúna, em atenção a solicitação dos produtores rurais e moradores da região, para que seja garantido segurança no escoamento da produção agrícola.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao46reparocalcamentoavademarcunharuajoseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao46reparocalcamentoavademarcunharuajoseluizcastro.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar, com sua equipe de trabalho, reparos nos calçamentos da Avenida Ademar Vieira da Cunha e Rua José Luiz de Castro, no Bairro Vila Nova.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao39lixeiraquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao39lixeiraquilombo.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes, solicitando uma lixeira na Rua Antônio Jerônimo de Souza, Rua do Central Gás, no Bairro do Quilombo.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao40assist.casinhaspopulares.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao40assist.casinhaspopulares.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar a Secretária de Assistência e Desenvolvimento Social da Municipalidade, a Senhora Lusmar Souza da Cunha Vieira, que seja providenciado a documentação das Casinhas Populares do Bairro Guanabara, tendo em vista, que no mês de dezembro faz 10 anos, que os mesmos moradores ocupam essas casas.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao41assist.casaspopulares28.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao41assist.casaspopulares28.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar a Secretária de Assistência e Desenvolvimento Social da Municipalidade, a Senhora Lusmar Souza da Cunha Vieira, que seja tomada as devidas providências em relação a casa n°28 na Rua Miguel Louzada de Almeida, casas populares do Bairro Guanabara, à mesma se encontra vazia há mais ou menos 4 meses, servindo para ponto de tráfico de drogas.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao42quebramolasruamariaribeiroflorindo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao42quebramolasruamariaribeiroflorindo.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo Lino da Silva, para construir quebra-molas na Rua Maria Ribeiro Florindo, no sentido de evitar acidentes com crianças que brincam pela rua, que é sem saída. Indica, também, a construção de bueiro na mesma rua, pois toda vez que chove os meus vizinhos lavam suas portas e carros, e minha casa fica prejudicada.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao43reparocalcamentosruasanotoniomonteiroalves-tabeliaomanoelmoraes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao43reparocalcamentosruasanotoniomonteiroalves-tabeliaomanoelmoraes.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo Lino da Silva, para realizar com urgência, com sua equipe de trabalho, reparos nos calçamentos das Ruas Antônio Monteiro Alves, Olímpio José de Lima e Tabelião Manoel Moraes, descida da Rua Alcino Gonçalves Bastos, Bairro Pito, nesta cidade, que se encontram danificados.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao44podaarvoresproximoicc.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao44podaarvoresproximoicc.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes, para realizar com urgência, poda de árvores nas margens da rodovia Mikeil Chequer, a partir do Atacarejo até o Iúna Campestre Clube (ICC), que estão prejudicando a iluminação da via onde pessoas usam para caminhadas a noite.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao45trocalampadasprosimoicc.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao45trocalampadasprosimoicc.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, para substituir com urgência, com sua equipe de trabalho, as lâmpadas queimadas no sistema de iluminação pública na rodovia Mikeil Chequer, do Atacarejo Caparaó até o Iúna Campestre Clube (ICC), para garantir segurança às pessoas que fazem caminhas no período da noite.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao07reparoscalcamentoavenidadeputado.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao07reparoscalcamentoavenidadeputado.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Infraestrutura e Serviços Urbanos Senhor Leandro Lino da Silva a tomar as devidas providências com sua equipe de trabalho, reparos no calçamento da Avenida Deputado João Rios próximo ao Colégio Porto Seguro e reparos no calçamento também nessa Avenida em frente a Auto Escola Iúna.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao08reparopontebarrobranco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao08reparopontebarrobranco.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Agricultura de Interior da Municipalidade Senhor João Marcos Dalvi Gava a tomar as devidas providências com sua equipe de trabalho, solicito reparos na ponte de madeira, próximo à casa do Senhor Nahin Alcure, na Comunidade do Barro Branco.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao09construcaobueirotoinze.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao09construcaobueirotoinze.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Agricultura de Interior da Municipalidade Senhor João Marcos Dalvi Gava a tomar as devidas providências com sua equipe de trabalho, solicito a construção de um bueiro com manilhamento na estrada principal próximo ao Sítio Toinzé, na Comunidade da Figueira.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao35reformacalcamentosantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao35reformacalcamentosantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino de Paula a providenciar com sua equipe de trabalho a instalação de rede de escoamento de água pluvial e calçamento do final do Bairro Vila Nova até o lugar denominado Volta Fria, nesta cidade.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao36trocavigaspontedivisaiunairupi.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao36trocavigaspontedivisaiunairupi.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a substituir as vigas da ponte que fica na divisa de Iúna com Irupi, estrada que passa pela propriedade do Senhor Vezinho Teeiro, que dá acesso ao despolpador.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao54reparobueiroboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao54reparobueiroboasorte.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a desobstruir um bueiro que fica localizado no Córrego Boa Sorte, distrito de Nossa Senhora das Graças, próximo a propriedade do Senhor Omir do Ladário e substituir as manilhas por manilhas de diâmetros maiores.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao13quebramolasavsa_saovicentedepaula.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao13quebramolasavsa_saovicentedepaula.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura, e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, para refazer dois quebra-molas na Avenida São Vicente de Paula, próximo a Igreja Evangélica Assembleia de Deus Ministério Semear, para garantir a segurança dos transeuntes, com relação ao transito de veículos.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1527/indicacao04extensao_de_rede_em_sta_clara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1527/indicacao04extensao_de_rede_em_sta_clara.pdf</t>
   </si>
   <si>
     <t>Emerson da Silva Santos, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Waldren Marcelo de Oliveira, que inicie junto à EDP Espírito Santo, procedimento de extensão de rede elétrica no em todo o Patrimônio de Santa Clara do Urbano para atendimento das residências que ainda não possuem rede própria. _x000D_
 _x000D_
 Os moradores têm passado por problemas com a energia fraca em determinados locais, haja vista que todos estão ligando suas redes elétricas em mesmo ramal, além do perigo de sobrecarga na rede, podendo vir a causar inclusive um problema maior.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1528/indicacao05calcamento_sta_clara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1528/indicacao05calcamento_sta_clara.pdf</t>
   </si>
   <si>
     <t>Emerson da Silva Santos, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que determine ao Senhor Leandro Lino da Silva, Secretário Municipal de Obras, Infraestrutura e Serviços Urbanos, que proceda com sua equipe de trabalho, com urgência, a reparação do calçamento do bueiro localizado na rua de dá acesso ao Córrego Boa Sorte, no Património de Santa Clara do Urbano, município de Iúna serviço este já solicitado em plenário por diversas vezes, e até o presente momento não foi realizado._x000D_
 _x000D_
 O serviço em questão, além de prejudicar a locomoção das pessoas que transitam pelo local, está a ponto de impedir que, os proprietários rurais que moram após o local, fiquem impedidos de passar com veículos de médio e grande porte para movimentação da safra de café.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao47implantacaocapsemiuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao47implantacaocapsemiuna.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, considerando que a demanda em saúde mental do município aumenta a cada ano; considerando que o município tem a responsabilidade em realizar saúde mental; considerando que o Centro de Atenção PsicoSocial (CAPS) tem o papel de promover, a partir da prestação de serviços de saúde mental e do acompanhamento social, o desenvolvimento da autonomia e da cidadania dos usuários, reintegrando-os a vida social e a convivência familiar. Solicito a Vossa Excelência, em caráter de urgência, a implantação do “CAPS” no município de Iúna, para atender a demanda de pessoas com transtornos mentais graves à leve, ofertando melhor atendimento em saúde mental aos nossos usuários do SUS.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao48apoioestudantesautistas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao48apoioestudantesautistas.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência que seja viabilizado plano de ensino individual para os alunos com transtornos de espectro autista, bem como plano de trabalho de retorno presencial a esses alunos, para que os mesmos não tenham interrupção do ensino/aulas, pois, sabemos, que ao paralisar o ensino por uma semana, o estudo volta ao início. Assim, a rede pública municipal de ensino deve fazer a oferta de políticas públicas para garantir, proteção e ampliação de seus direitos. O estimulo e incentivo ao ensino dessas pessoas com “TEA” devem ser permanentes sem prejuízo do aprendizado.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao49limpezaavademarvieiracunha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao49limpezaavademarvieiracunha.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, a dar com o caminhão pipa, prosseguimento com a limpeza da Avenida Ademar Vieira da Cunha, no Bairro Vila Nova.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao46lixeiraproximocemiteriolavarruaspodararvore.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao46lixeiraproximocemiteriolavarruaspodararvore.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, a determinar ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes, solicitando uma lixeira próximo ao Cemitério Municipal do Centro, solicitou lavar as ruas de Santíssima Trindade e Nossa Senhora das Graças e solicitou também a poda da árvore da Praça Prefeito Namir Ângelo Gonçalves, no Bairro do Quilombo.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao10construcaomanilhamentocorboaesperanca.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao10construcaomanilhamentocorboaesperanca.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a determinar ao responsável do setor a realizar a construção de bueiro (manilhamento) na estrada rural do Córrego Boa Esperança, neste Município, próximo a residência do Senhor Washington, visando melhorar o trânsito no local.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao37unidadebasicasaudesantaclaracaparao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao37unidadebasicasaudesantaclaracaparao.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Saúde da Municipalidade, Senhor Durval Dias Santiago Júnior a tomar as providências que se fizerem necessárias, para que seja construído Unidade Básica de Saúde na localidade de Santa Clara do Caparaó, onde o município já possui área para construção. Esclareço que o atendimento às pessoas da comunidade está sendo feito em Pequia e em Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao38patrolamentoensaibramentoempedregulho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao38patrolamentoensaibramentoempedregulho.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a realizar  o patrolamento e o ensaibramento das estradas rurais da localidade de Pedregulho, neste município, que passam pelas propriedades rurais do Senhor Casini e da Senhora Aparecida Ventura, que estão em péssimas condições de uso.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao55reparobueirocalcamentoruaantoniomonteiroalves.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao55reparobueirocalcamentoruaantoniomonteiroalves.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a autorizar sua equipe de trabalho a realizar a manutenção e construção de bueiro no final da Rua Antônio Monteiro Alves, Bairro Nossa Senhora da Penha e a manutenção de calçamento na mesma Rua, pois o calçamento está bastante danificado.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao56manutencaoestradaacessonossasenhoragracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao56manutencaoestradaacessonossasenhoragracas.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a realizar serviço de manutenção da estrada rural secundária que inicia na estrada que liga Iúna a Muniz Freire, em frente a ponte de cimento na Comunidade de Ponte e dá acesso ao Distrito de Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao51reparocalcamentocapelinhasaocristovao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao51reparocalcamentocapelinhasaocristovao.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Setor de Fiscalização da Prefeitura a fiscalizar o serviço das empresas prestadoras de serviços de internet que atuam na cidade, no sentido de evitar que seja deixado os cabos velhos pendurados nos postes e jogado por cima de árvores, causando problemas aos pedestres, moradores e empresas localizados onde o serviço é realizado.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao52servicodeinternet.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao52servicodeinternet.pdf</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao53construcaopontealtotrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao53construcaopontealtotrindade.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, construção de uma ponte de concreto (cimento) na Comunidade de Alto Trindade, onde a mesma é de madeira. Se tratando de uma localidade com grande fluxo de veículos pesados, como caminhões e ônibus.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao50reparoquadravilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao50reparoquadravilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Subsecretário de Esportes da Municipalidade, Senhor Renan Vieira César, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para efetuar os devidos reparos e manutenção na Quadra de Esportes no Bairro Vila Nova, pois muitas pessoas utilizam a mesma para a prática de esportes e lazer, entre homens, mulheres, jovens e crianças. Com a manutenção e os devidos reparos, incentivará ainda mais os munícipes a praticarem esportes, trazendo assim mais qualidade de vida para as pessoas do Bairro.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1559/indicacao51passarelaemfrentefarmaciamunicipal.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1559/indicacao51passarelaemfrentefarmaciamunicipal.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, a efetuar a construção de uma passarela de pedestres na Rua Prefeito Antônio Lacerda, em frente a farmácia básica municipal, para garantir segurança aos pedestres que transitam pelo local.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao52limpezageralcomunidadelaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao52limpezageralcomunidadelaranjadaterra.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade, Senhor Manoel Arcangelo Rafael Gomes a executar serviço de limpeza geral e lavagem das ruas da Comunidade de Laranja da Terra.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao53secretariaagriculturaemeioambientemanilhamentolaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao53secretariaagriculturaemeioambientemanilhamentolaranjadaterra.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava e ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da municipalidade, Senhor Manoel Arcangelo Rafael Gomes, a providenciar juntamente com sua equipe de trabalho, para que proceda o manilhamento para a rede de esgoto na Comunidade de Laranja da Terra. pois, em visita a comunidade observamos, esgoto a céu aberto, o que ocasiona sérios problemas à saúde dos moradores da localidade.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao54aopresidentecamaraaudienciapublicaoab.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao54aopresidentecamaraaudienciapublicaoab.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, que se proceda uma Audiência Pública à comunidade de Iúna para debatermos o Projeto de Lei Ordinária Nº 24/2021, que trata da doação do Terreno Público para a construção do Prédio Público da OAB. Solicito que seja convidado os representantes da OAB de Iúna, representantes da Sociedade Civil, como Padre e Líderes das Comunidades Católicas, os Pastores da Igrejas Evangélicas ou seus representantes, Associação Comercial, Loja Maçônica Fênix Delta Filhos de Luz e Virtude, o Presidente ou Representantes dos Conselhos Municipais, Prefeito e Secretário de Gestão, bem como outras lideranças que sejam necessárias.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao47salavacinacaounidadedesaudequilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao47salavacinacaounidadedesaudequilombo.pdf</t>
   </si>
   <si>
     <t>Geovan Furtado dos Reis, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para determinar ao Secretário de Saúde da Municipalidade Senhor Durval Dias Santiago Júnior, a tomar as providências que se fizerem necessárias no sentido de adequar uma sala somente para vacinação na Unidade de Saúde Nova, localizada no Bairro Quilombo.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao11limpezaescadariazigzag.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao11limpezaescadariazigzag.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade Senhor Manoel Arcangelo Rafael Gomes a realizar com sua equipe de trabalho o mais breve possível, a limpeza da escadaria Zig Zag que fica localizada na Rua Pedro Caetano, Bairro Quilombo, em frente à residência do Marcelão.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao57manutencaopontecomunidadejatoba.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao57manutencaopontecomunidadejatoba.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a realizar serviço de manutenção da ponte que fica próximo ao Toninho Gomes, na comunidade Jatobá.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao58molharestradacorregodoshorst.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao58molharestradacorregodoshorst.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a realizar serviço de aplicação de água com caminhão pipa na estrada do Córrego dos Horts, para reduzir a poeira, na comunidade de Rio Claro.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao59limpezacanais_e_bueirosbairroferreiravale.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao59limpezacanais_e_bueirosbairroferreiravale.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a realizar serviço de manutenção e limpeza dos canais e bueiros de captação de água pluvial no Bairro Ferreira Vale.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao60vagadeembarque-desembarque.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao60vagadeembarque-desembarque.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, para que solicite junto ao DETRAN uma vaga de embarque e desembarque para as crianças matriculadas no Espaço Play Kids, localizado na Av. Presidente Getúlio Vargas, n° 47, centro, nesta cidade.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao61manutencaoestradaspiloes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao61manutencaoestradaspiloes.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que seja determinado ao subsecretário de Agricultura e Interior Senhor Adriano Salviete da Silva, para providenciar a manutenção das estradas que dão acesso a Comunidade de Pilões, neste município.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao62manutencaopontecomunidadepiloes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao62manutencaopontecomunidadepiloes.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a realizar serviço de manutenção da ponte da Comunidade dos Pilões.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao14melhorasistemailuminacaopracajohnnysoareslamas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao14melhorasistemailuminacaopracajohnnysoareslamas.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura, e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, para realizar os melhoramentos necessários no sistema de iluminação pública da Praça Johnny Soares Lamas, que fica localizada em frente ao terminal rodoviário Antônio Luiz de Castro, nesta cidade, haja vista que é um cartão de visita da cidade e merece cuidado especial.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao54reformaescolalaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao54reformaescolalaranjadaterra.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine a Secretária de Educação da Municipalidade, Senhora Edna Viana da Fonseca, a tomar as providências que se fizerem necessárias, visando a reforma do prédio da Escola da localidade de Laranja da terra, neste município.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao55retornodocarrofumace.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao55retornodocarrofumace.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Saúde da Municipalidade, Senhor Durval Dias Santiago Júnior, a tomar as providências que se fizerem necessárias, visando a volta do funcionamento do carro fumacê nas ruas de Iúna e do Distrito de Pequiá, para o combate ao mosquito da dengue.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao54instalacaodelixeiraruaigrejatabernaculo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao54instalacaodelixeiraruaigrejatabernaculo.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da municipalidade, Senhor Manoel Arcangelo Rafael Gomes, a providenciar juntamente com sua equipe de trabalho, a instalação de uma lixeira na Rua Jose Filipino de Lima, Rua da igreja Tabernáculo.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao55reparoiluminacaopracaantidesfaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao55reparoiluminacaopracaantidesfaria.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, reparo no sistema de iluminação pública da Praça Antides Faria, que fica ao lado do Ginásio Poliesportivo “Prefeito Romeu Rios”.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao56reparoredeesgotopequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao56reparoredeesgotopequia.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da Municipalidade, Senhor Manuel Arcangelo Rafael Gomes, a providenciar juntamente com sua equipe de trabalho, a manutenção na rede de esgoto que fica localizada na Avenida Prefeito José Raposo, no Distrito de Pequiá, próximo ao Boteco Fino, a qual se encontra entupido há tempos.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao63construcaobueiroestradaassociacaoirmaosprimos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao63construcaobueiroestradaassociacaoirmaosprimos.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Subprefeito da região de Pequia, Senhor João Elias Colombo Horsth, a providenciar com sua equipe de trabalho com urgência, a construção de um bueiro e desobstruir outro na estrada rural que liga a Serra do Fama a BR-262, passando pela Associação de Agricultores Familiares Irmão e Primos, presidida pelo Senhor Marcos José de Sousa.  A água do bueiro entupido está acumulando na estrada, podendo causar um atoleiro e a construção de bueiro se faz necessário para escoar água de nascente que está atravessando a estrada.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao64manutencaoestradabeirario.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao64manutencaoestradabeirario.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que seja determinado ao Subprefeito da Região de Pequia, neste Município, Senhor João Elias Colombo Horsth, a efetuar reparos na estrada rural da comunidade Beira Rio, onde existe um buraco que está dificultando o tráfego de veículos e colocando em risco a população da comunidade que usa a estrada diariamente. O reparo solicitado dista 5 km da sede do Distrito de Pequiá.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao56construcaopostosaudeemtrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao56construcaopostosaudeemtrindade.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Saúde da Municipalidade, Senhor Durval Santiago Dias Júnior, a tomar as providencias que se fizerem necessárias juntamente com sua equipe de trabalho, visando a construção de uma Unidade de Saúde na Comunidade de Trindade, para que possa atender as pessoas com dignidade  e dar mais conforto aos profissionais de saúde, para desempenho de suas funções.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao57construcaopostosaudeemnossendasgracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao57construcaopostosaudeemnossendasgracas.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Saúde da Municipalidade, Senhor Durval Santiago Dias Júnior, a tomar as providencias que se fizerem necessárias juntamente com sua equipe de trabalho, visando a construção de uma Unidade de Saúde na Sede do Distrito de Nossa Senhora das Graças, para que possa atender as pessoas com dignidade  e dar mais conforto aos profissionais de saúde, para desempenho de suas funções.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao57reparoredeesgotoruamilitinojoselima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao57reparoredeesgotoruamilitinojoselima.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, a manutenção na rede de esgoto que fica localizada na Rua Militino José de Lima ao lado da Igreja Tabernáculo, o qual tem ocasionado um grande transtorno aos moradores e membros da Igreja, devido a exposição fecal e odor.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao58construcaocalcamentoreparoiluminacaomorroacessoirejasaocristovao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao58construcaocalcamentoreparoiluminacaomorroacessoirejasaocristovao.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, a construção do calçamento e manutenção do sistema de iluminação pública do morro que dá acesso a Capela São Cristóvão, que fica na estrada antiga para Irupi.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao70asfaltotechoestradaemrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao70asfaltotechoestradaemrioclaro.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Prefeito Municipal de Iúna, para que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a tomar as providências que se fizerem necessárias com sua equipe de trabalho, no sentido de asfaltar ou pavimentar o trecho de estrada que liga os dois calçamentos na Comunidade do Rio Claro e se possível até o ponto da estrada que dá acesso a cachoeira do Rogério.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao15construcaoquebramolasfrenteclinicariopardo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao15construcaoquebramolasfrenteclinicariopardo.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Infraestrutura, e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva, a tomar as providências que se fizerem necessárias com sua equipe de trabalho, visando a construção de quebra-molas em frente a Clínica Rio Pardo, Bairro Centro, na Rua que margeia o Rio Pardo, para evitar que veículos e motocicletas trafeguem em alta velocidade, podendo causar acidentes, pois no local existe estacionamento de veículos.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1610/indicacao16aplicacaorev_solviladosflorindos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1610/indicacao16aplicacaorev_solviladosflorindos.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a tomar as providências que se fizerem necessárias com sua equipe de trabalho, visando estender a aplicação de Rev-sol da ponte dos Florindos até o final da Vila dos Florindos, na rodovia ES-379, que liga Iúna a Muniz Freire,  em atenção a solicitação dos moradores.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao17reformaescolaterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao17reformaescolaterracorrida.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine a Secretária de Educação, Cultura e Esporte da Municipalidade Senhora Edna Viana da Fonseca a tomar as providências que se fizerem necessárias com sua equipe de trabalho, visando a realização da reforma da Escola da Comunidade de Terra Corrida, neste Município, em atenção aos pedidos dos moradores da Comunidade.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1612/indicacao18aplicacaodeasfaltoviladosguedes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1612/indicacao18aplicacaodeasfaltoviladosguedes.pdf</t>
   </si>
   <si>
     <t>Valci de Paula Montoni, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a tomar as providências que se fizerem necessárias com sua equipe de trabalho, visando a aplicação de asfalto no trecho da estrada que liga Iúna a Muniz Freire, que compreende a Vila dos Quedes, uma vez que o custo é o mesmo da aplicação do calçamento, sendo que a aplicação do asfalto vai atender melhor  e com mais qualidade e durabilidade.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao59limpezapracaginasio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao59limpezapracaginasio.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a atender a demanda dos Feirantes do município de Iúna, no sentido de lavar a Praça do Ginásio de Esportes de 7 em 7 dias, para melhorar o conforto aos Produtores e o atendimento à população.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1619/indicacao47salavacinacaounidadedesaudequilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1619/indicacao47salavacinacaounidadedesaudequilombo.pdf</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao12reparoponteserrinha01.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao12reparoponteserrinha01.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a realizar com sua equipe de trabalho o mais breve possível, reparo na ponte que fica na estrada que dá acesso a localidade de Serrinha 01.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1621/indicacao13reparoponteestradadofama.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1621/indicacao13reparoponteestradadofama.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a realizar com sua equipe de trabalho o mais breve possível, reparo na ponte que fica na estrada que passa pela Serra do Fama, próximo a balança de pesar gado e do cemitério dos Fortunatos, fazenda Heringer.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao14reparoscalcamentoruaacendinosilva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao14reparoscalcamentoruaacendinosilva.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Infraestrutura e Serviços Urbanos Senhor Leandro Lino da Silva a tomar as devidas providências com sua equipe de trabalho, no sentido de reparar o calçamento e o sistema de iluminação pública da Rua Acendino Silva e Travessa Luiza Florindo de Freitas, no Bairro Pito, nesta cidade, na entrada para a Loja de Material de Contrução “Construpasso” do Senhor Luciel, em frente à Igreja Presbiteriana, da Avenida Antônio Augusto de Oliveira, nesta cidade.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1641/indicacao15iluminacaopublicaruataclachequer.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1641/indicacao15iluminacaopublicaruataclachequer.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino da Silva a tomar as devidas providências que se fizerem necessárias com sua equipe de trabalho, no sentido de instalar rede de iluminação pública na Rua Tacla Abdo Chequer, que se inicia na Avenida Ademar Vieira da Cunha, bairro Vila Nova e termina na Rua Pedro Scardini, bairro Vale Verde, nesta cidade. Visando garantir segurança para os transeuntes que circular pela via no período noturno.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1642/indicacao71corrimaoruadasubestacao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1642/indicacao71corrimaoruadasubestacao.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias com sua equipe de trabalho, no sentido de instalar corrimão na Rua da Subestação, bairro Quilombo, onde foi construído muro, visando a segurança dos transeuntes.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1643/indicacao72manutencaestradastrocaminilhaspequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1643/indicacao72manutencaestradastrocaminilhaspequia.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para determinar ao Subprefeito do Distrito de Pequiá, município de Iúna, Senhor João Elias Colombo Horsth a tomar as providências que se fizerem necessárias com sua equipe de trabalho, no sentido de executar a manutenção das estradas da região e efetuar troca de manilhas na estrada que dá acesso a Fazenda Alegria, próximo a residência do Senhor Carlos Vieira.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1644/indicacao73inclusaoderuanoprojetodoasfalto.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1644/indicacao73inclusaoderuanoprojetodoasfalto.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para determinar ao Secretário Municipal de Gestão e Planejamento da Municipalidade, Senhor Waldrem Marcelo Oliveira a tomar as providências que se fizerem necessárias com sua equipe de trabalho, no sentido de que seja inserido no planejamento do asfalto para a cidade, a Rua José Antônio Lefêgo, no centro, onde ficam localizadas as empresas restaurante Jatobá, Maxpub e Café &amp; Cia, por se tratar da entrada da cidade e a qualidade precária que se encontra o calçamento.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1655/indicacao60programabolsaatleta.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1655/indicacao60programabolsaatleta.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Subsecretário de Esportes da Municipalidade, Senhor Renan Vieira César, que seja instituído no município de Iúna o programa Bolsa Atleta, para apoio financeiro aos atletas da nossa cidade. Assim, que esse programa, possa garantir condições básicas para que se dediquem ao treinamento e as Competições Estaduais, Nacionais, Sul-americanos, Pan-americanos, Mundiais, Olímpicos e Paraolímpicos. Temos que dar condições para nossos atletas serem campeões. Já somos referência da categoria do esporte Downhill no estado, com diversos títulos do nosso atleta Matteus Freitas Lima. E com o apoio do Poder Público para o esporte é certo que seremos destaque em outras modalidades de esporte. Assim, solicito em caráter de urgência a criação do Programa Bolsa Atleta. Pois,Esporte é saúde, esporte é vida!</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1656/indicacao39obrassantaclaraurbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1656/indicacao39obrassantaclaraurbano.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Públicos da Municipalidade, Senhor Leandro Lino da Silva a providenciar com sua equipe de trabalho com urgência, a execução na Comunidade de Santa Clara do Urbano, município de Iúna, das obras que abaixo seguem relacionadas:_x000D_
 I – reforma do Alambrado do Campo de Futebol;_x000D_
 II – construção de Vestiário com Banheiros no Campo de Futebol;_x000D_
 III – construção de Praça e Quadra de esportes;_x000D_
 IV – construção de Escola, sendo que a existentes o piso é baixo e entra água quando chove;_x000D_
 V – ampliação e reforma do Posto de Saúde.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1657/indicacao40patrolamentoruasviladosflorindos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1657/indicacao40patrolamentoruasviladosflorindos.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a autorizar sua equipe de trabalho a realizar o patrolamento e o ensaibramento das ruas da Vila dos Florindos, que fica localizada às margens da rodovia que liga Iúna a Muniz Freire.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1658/indicacao41reformaescolaconstrucaoquadrasantaclaracaparao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1658/indicacao41reformaescolaconstrucaoquadrasantaclaracaparao.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de realizar a reforma da Escola e construção de quadra de esportes na Comunidade de Santa Clara do Caparaó, (Santa Clara do Juca Italiano), neste município.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1659/indicacao42construcaodequadraembonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1659/indicacao42construcaodequadraembonsucesso.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Obras e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de realizar a construção de quadra de esportes na Comunidade de Bonsucesso, neste município.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1664/indicacao61limpezacasaspopulares.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1664/indicacao61limpezacasaspopulares.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva a providenciar a retirada de lixo e entulhos, limpeza e lavagem das ruas nas proximidades das casas populares no Bairro Guanabara.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao62ilumincaoruajoaoferreiradonascimento.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao62ilumincaoruajoaoferreiradonascimento.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar com sua equipe de trabalho, serviços de reparos e manutenção no sistema de iluminação pública da Rua João Ferreira, no Distrito de Pequiá, sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao63retiradaestruturadaponteparquedeexposicoes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao63retiradaestruturadaponteparquedeexposicoes.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, o término da retirada da estrutura da ponte que dá acesso ao Parque de Exposições, como prevenção, para evitar sérios danos durante o período de chuvas que se aproxima.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1667/indicacao64ilumincaoquadradepequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1667/indicacao64ilumincaoquadradepequia.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar com sua equipe de trabalho, serviços de reparos e manutenção no sistema de iluminação pública da Quadra de Esportes, no Distrito de Pequiá, sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao65abonoprofessores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao65abonoprofessores.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado a Ilustríssima Secretária de Educação, Cultura e Esporte da Municipalidade Senhora Edna Viana Fonseca, a viabilizar o pagamento de abono aos nossos professores da Rede Municipal de Ensino. O professor é aquele que ensina, que transmite conhecimento, é essencial para a formação do ser humano. Ser professor e ir além, rompendo barreiras das mais distintas adversidades da sala de aula. Profissão essa, que forma todas as outras. Nesse período de pandemia, a educação sofreu prejuízos irreparáveis, que jamais vamos conseguir recuperar, porém, só não foi pior, devido ao esforço, dedicação empenho, inovação, criatividade, e principalmente pelo amor aos seus alunos, pois tiveram que se reinventar para levar o conhecimento para dentro da casa do aluno. No qual, não tiveram nenhum apoio financeiro e estrutural para ministrarem dentro de sua ca</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1679/indicacao44reparospontecorregopiloes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1679/indicacao44reparospontecorregopiloes.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de realizar a troca de pranchões e reparos da ponte que fica localizada no Córrego dos Pilões, município de Iúna, próximo a propriedade rural do Senhor Orocide, divisa com o Senhor Zé do Agenor. A mesma se encontra bastante danificada e não oferece segurança aos seus usuários.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao45construcaobueirocorregopousoalto.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao45construcaobueirocorregopousoalto.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de realizar a construção de bueiro com manilhas 0,80, na estrada principal que passa próximo da residência do Senhor Marcelo, marido da Senhora Neuma, agente de saúde, no Córrego Pouso Alto, localidade de Santa Clara.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1683/indicacao58limpezaruaprefeitopauloexpedictoamaral.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1683/indicacao58limpezaruaprefeitopauloexpedictoamaral.pdf</t>
   </si>
   <si>
     <t>Adimilson de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, limpeza na Rua Prefeito Paulo Expedicto Amaral, pedido essa da Comunidade,</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1688/indicacao66reparoasfaltoferreiravale.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1688/indicacao66reparoasfaltoferreiravale.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Silva, a realizar, com sua equipe de trabalho, manutenção no asfalto da Avenida Antônio Augusto de Oliveira, em frente a Oficina do Oziel. Pois os buracos tem ocasionado grande transtorno aos moradores do bairro, bem como a quem transita pela via. Assim reduzimos os riscos de acidentes pela via.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1689/indicacao67ilumincaoavenidaaemarvieiradacunha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1689/indicacao67ilumincaoavenidaaemarvieiradacunha.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar com sua equipe de trabalho, serviços de reparos e manutenção no sistema de iluminação pública da Avenida Ademar Vieira da Cunha, no Bairro Vila Nova, próximo a residência da Sra. Camila (ACS) e da Dona Rute.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1690/indicacao68reparosnailumincaoproximoaocras.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1690/indicacao68reparosnailumincaoproximoaocras.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilustríssimo Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leandro Lino de Paula, a realizar com sua equipe de trabalho, serviços de reparos e manutenção no sistema de iluminação pública, próximo ao CRAS, nas proximidades da Igreja Maranata I.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1691/indicacao69manutencaoestradaspousoalto.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1691/indicacao69manutencaoestradaspousoalto.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência seja determinado ao Secretário de Agricultura e Interior da  Municipalidade a providenciar manutenção em caráter de urgência na estrada na comunidade do Pouso Alto, pois a estrada se encontra em péssimas condições,prejudicando os moradores no seu direito de ir e vir, bem como, impedindo que o transporte escolar faça de forma segura o transporte dos alunos, o qual tem ocasionado perigo para as nossas crianças e adolescentes.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao70manutencaoestradaspousoalto.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao70manutencaoestradaspousoalto.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência seja determinado ao Secretário de Agricultura e Interior da  Municipalidade que possa viabilizar o produto Revsol para a estrada que liga a BR262 a comunidade Pouso Alto, no trecho médio de 1km,pois,nesse período de chuva prejudica intensamente a passagem dos moradores, no qual leva grande prejuízo também o serviço de transporte escolar, colocando em risco a vida de nossas crianças e adolescentes. A comunidade há anos clama por esse benefício, no qual está disposto a contribuir com a mão de obra, caso seja necessário.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao71manutencaoestradascomunidadesaofrancisco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao71manutencaoestradascomunidadesaofrancisco.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava, para proceder a manutenção e ensaibramento da estrada que dá acesso a Comunidade de São Francisco, 3 Pontes, sentido ao falecido Sr. Derli e a fábrica do Lúcio. Pois a estrada encontra-se em condições péssimas, ocasionando grandes transtornos aos moradores do local, fato que tem causado prejuízo no atendimento à saúde, pois na comunidade tem uma Senhora acamada em tratamento de fisioterapia, e por condições da estrada o procedimento está sendo interrompido. Que se faça os devidos reparos em caráter de urgência, para atender os pedidos dos moradores e não interromper o tratamento da pessoa com problemas de saúde.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1694/indicacao72prestacaodeassistenciajuridica.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1694/indicacao72prestacaodeassistenciajuridica.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Chefe do Poder Executivo para instituir serviço de prestação de assistência jurídica à população carente. No último dia 03, o Supremo Tribunal Federal decidiu que os municípios podem criar serviços de assistência jurídica gratuita às pessoas necessitadas, uma vez que possui competência para legislar sobre assuntos de interesse local e suplementar a legislação Federal e a Estadual no que couber, conforme o artigo 30, I e II, da Constituição. A assistência jurídica deve ser entendida como a atividade que envolve, não só a defesa do assistido em processos judiciais, mas também serviços jurídicos como orientações individuais ou coletivas, esclarecimento de dúvidas acerca de assuntos que envolvem questões legislativas e mesmo um programa de informação a toda comunidade, em exercício típico de atividade de consultoria. É de suma importância a criação de atendimento jurídico gra</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1695/indicacao16elevacaohorasmaquinasparaprodutor.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1695/indicacao16elevacaohorasmaquinasparaprodutor.pdf</t>
   </si>
   <si>
     <t>Helton Amorim Cunha, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja enviado a Câmara Municipal projeto de lei ordinária elevando de 04 (quatro) horas para 08 (oito) horas o subsídio de horas máquinas cedidas aos produtores rurais do município de Iúna, com base no produto guiado no talão do produtor.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao73criacaodeabono.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao73criacaodeabono.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Chefe do Poder Executivo para que possa viabilizar a criação de um abono há ser pago aos nossos Servidores Efetivos, contratados e bolsistas da área da Saúde, que estão no atendimento direto, na linha de frente a Pandemia do COVID 19(Corona vírus).Profissionais que desde o início da Pandemia, exaustivamente no ato da sua função, arriscaram suas vidas e de seus familiares a todo tempo. No qual muitos se contaminaram, alguns ficando internado até mesmo na UTI. Pelo exposto, o referido abono aos nossos servidores públicos da Saúde, trata da Importância e Valorização da atuação desses profissionais, reconhecimento do trabalho árduo e dedicado para toda a população.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1713/indicacao74nataldeluzparosdistritos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1713/indicacao74nataldeluzparosdistritos.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado a Secretária de Educação, Cultura e Esporte da municipalidade, Sra Edna Viana da Fonseca, que seja viabilizado o natal de Luz para os Distritos de Nossa Senhora das Graças, Santíssima Trindade e Pequiá, oportunizando aos moradores locais e da Região, um momento de Alegria e Oportunidade, conforme está sendo preparado para a Sede de Iúna.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1714/indicacao75manutencaoestradaspousoalto_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1714/indicacao75manutencaoestradaspousoalto_2.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Agricultura e Interior da  Municipalidade Senhor João Marcos Dalvi Gava, para realizar a manutenção das estradas da Comunidade de Pouso Alto, no qual os moradores tem passado por diversas dificuldades no ir e vir, principalmente dificultando no transporte escolar, que tem ficado veículo agarrado, ocasionando transtorno aos alunos, que estão tendo que empurrar o veículo, chegando na escola molhados e sujos de barro .</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1715/indicacao76gradeparabueirovilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1715/indicacao76gradeparabueirovilanova.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, a instalação de uma grade (tampa) de bueiro, para a Avenida Ademar Vieira da Cunha, Vila Nova, subida do morro para o campo de futebol, o qual tem ocasionado um grande transtorno aos moradores.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao77manutencaodeiluminacaopublicavilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao77manutencaodeiluminacaopublicavilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência, que seja determinado ao Ilm.º S.r. Secretário de Infraestrutura e Serviços Urbanos da Municipalidade Leandro Lino de Paula, a realizar serviços de reparos no sistema de iluminação pública da Avenida José Luiz de Castro, Bairro Vila Nova (Beira Rio) nesta cidade, poste no qual está localizado próximo a uma oficina. Sabendo que a iluminação pública e um objeto de gestão de responsabilidade do município, e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao78manutencaodebueiropracavilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao78manutencaodebueiropracavilanova.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, a providenciar juntamente com sua equipe de trabalho, a manutenção no bueiro em frente à praça da Vila Nova, próximo a Igreja Católica, o qual tem ocasionado um grande transtorno aos moradores.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1718/indicacao79podadearvoresvilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1718/indicacao79podadearvoresvilanova.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Meio Ambiente, Limpeza Pública e Turismo da municipalidade, Senhor Manoel Arcangelo Rafael Gomes, a providenciar juntamente com sua equipe de trabalho, a poda da Arvore localizada no Trevo da Vila Nova, em frente à Igreja Católica e a Praça. Pois a mesma, já ultrapassou os fios, ocasionando perigo, bem como transtorno aos motoristas e motociclistas que fazem o trevo, pois os galhos já estão tomando metade da via.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1719/indicacao80fisioterapaeutaseterapeutas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1719/indicacao80fisioterapaeutaseterapeutas.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Chefe do Poder Executivo que após a publicação da Lei 14.231 no Diário Oficial da União, que seja incluído os Fisioterapeutas e Terapeutas Ocupacionais na Estratégias de Saúde da Família. O acesso da população aos profissionais de Fisioterapia muito desigual nas diferentes regiões do município, estando mais restrito a sede. A presença desses profissionais nas equipes de saúde da Família promoverá assistência para as pessoas mais necessitadas e carentes, oportunizando esse atendimento nos locais mais distantes, ou seja, nos distritos e todas as localidades da Zona Rural. Ficando o Gestor da Saúde, a responsabilidade de definir a forma de inserção e participação dos profissionais na Estratégia da Saúde da Família, de acordo  com a necessidade de saúde da nossa população.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1720/indicacao74divisaomaquinaspromaf.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1720/indicacao74divisaomaquinaspromaf.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a proceder com sua equipe de trabalho a divisão dos trabalhos da Equipe do PROMAF(Programa Municipal da Agricultura Familiar), para que 50% dos trabalhos sejam efetuados na Sede do município e outros 50% na região dos Distritos de São João do Príncipe e de Pequiá. Assim Todos os Produtores Rurais serão atendidos na mesma proporção.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1721/indicacao75manutencaoestradasbarrobranco.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1721/indicacao75manutencaoestradasbarrobranco.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica ao Excelentíssimo Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para que seja determinado ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar o Subsecretário Adriano Salviete da Silva, a providenciar a manutenção das estradas principais da Comunidade do Barro Branco, neste município.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1722/indicacao76manutencaoeaplicacaodesaibrolaranjadaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1722/indicacao76manutencaoeaplicacaodesaibrolaranjadaterra.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar o Subsecretário Adriano Salviete da Silva a proceder com sua equipe de trabalho a manutenção e aplicação de saibro nas estradas da Comunidade de Laranja Da Terra, nesse município.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao77manutencaoeaplicacaodesaibroterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao77manutencaoeaplicacaodesaibroterracorrida.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autorizar o Subsecretário Adriano Salviete da Silva a proceder com sua equipe de trabalho a manutenção e aplicação de saibro nas estradas da Comunidade de Terra Corrida, nesse município.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1724/indicacao78manutencaoeaplicacaodesaibrorioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1724/indicacao78manutencaoeaplicacaodesaibrorioclaro.pdf</t>
   </si>
   <si>
     <t>Matheus Fonseca de Souza, vereador do município de Iúna, no uso de suas atribuições legais e regimentais indica a Vossa Excelência, para que determine ao Secretário de Agricultura e Interior da Municipalidade Senhor João Marcos Dalvi Gava a autoriza o Subsecretário Adriano Salviete da Silva a provir com sua equipe de trabalho a manutenção e aplicação de saibro nas estradas das Comunidades de Rio Claro, Três Pontes e  São João do Príncipe, nesse município.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1731/indicacao81manutencaodebueiroruabenjaminconstant.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1731/indicacao81manutencaodebueiroruabenjaminconstant.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, paara realizar a limpeza nos bueiros da Rua Benjamin Constante, localizado nas proximidades do Restaurante É de Casa, próximo a ponte. Pois, devido as fortes chuvas ocasionadas e após a ultima enchente, o mesmo recebeu muita terra e está obstrui por completo. Assim, para evitarmos problemas futuros aos moradores e comerciantes que estão localizados nessa rua, é que se faz necessário a manutenção do mesmo.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1732/indicacao82manutencaodebueiropracacoroneljoaoosorio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1732/indicacao82manutencaodebueiropracacoroneljoaoosorio.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que seja determinado ao Secretário de Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leandro Lino da Silva, para realizar a limpeza nos bueiros da Praça Coronel João Osório, pois, devido às fortes chuvas ocasionadas e após a ultima enchente, os mesmos receberam acúmulos de terras e ficaram obstruídos por completo. Assim, para evitar problemas futuros aos moradores e comerciantes que estão localizados na praça, é que se faz necessário a manutenção dos mesmos.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Romário Batista Vieira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1141/plc_01.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1141/plc_01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA DE CARGOS COMISSIONADOS DA PREFEITURA MUNICIPAL DE IÚNA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1142/plc_02_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1142/plc_02_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA O DISPOSITIVO DA LEI COMPLEMENTAR Nº 06/2014.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1736/projleicompl_03_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1736/projleicompl_03_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PLANTA GENÉRICA DE VALORES - PGV DO MUNICÍPIO DE IÚNA; ALTERA E ACRESCENTA DISPOSITIVOS NA LEI 1.989, DE 08 DE DEZEMBRO DE 2005 (CÓDIGO TRIBUTÁRIO MUNICIPAL), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_lei_ordinaria_01_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_lei_ordinaria_01_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_lei_ordinaria_02_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_lei_ordinaria_02_2021.pdf</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_lei_ordinaria_03_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_lei_ordinaria_03_2021.pdf</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_lei_ordinaria_04_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_lei_ordinaria_04_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_lei_ordinaria_05_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_lei_ordinaria_05_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA PLANO PLURIANUAL DE 2018 A 2021 - PPA.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_lei_ordinaria_06_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_lei_ordinaria_06_2021.pdf</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1304/pl072021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1304/pl072021.pdf</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1346/prolei08-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1346/prolei08-2021.pdf</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_lei_ordinaria_09_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_lei_ordinaria_09_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO -CACS-FUNDEB.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1348/prolei10-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1348/prolei10-2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI PARCELAMENTO DE VALORES INSCRITOS EM DÍVIDA ATIVA MUNICIPAL.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1349/projlei11-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1349/projlei11-2021.pdf</t>
   </si>
   <si>
     <t>PRORROGA A VIGÊNCIA DE LICENÇAS E AUTORIZAÇÕES AMBIENTAIS EM DECORRÊNCIA DA DECRETAÇÃO DE CALAMIDADE PÚBLICA OCASIONADA PELA PANDEMIA DO NOVO CORONAVÍRUS (COVID-19).</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projleiordin12_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projleiordin12_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projlei_13_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projlei_13_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇPAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1476/projlei_14_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1476/projlei_14_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO  ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1488/projlei_15_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1488/projlei_15_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS EMPRESAS PRESTADORAS DE SERVIÇOS DE ENTREGA (DELIVERY) ON-LINE DE ALIMENTOS A ACEITAREM EM SUAS PLATAFORMAS O CADASTRAMENTO APENAS DE ESTABELECIMENTOS QUE ESTEJAM DEVIDAMENTE LICENCIADOS PELO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1517/projlei_16_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1517/projlei_16_2021.pdf</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES PROMOVIDAS NO CONTRATO DE CONSÓRCIO PÚBLICO POR MEIO DE DELIBERAÇÕES DA ASSEMBLEIA GERAL CIM POLO SUL, NO QUE DIZ RESPEITO AO INGRESSO DE NOVOS MUNICÍPIOS CONSORCIADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1518/projlei_17_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1518/projlei_17_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.787/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1521/projlei_18_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1521/projlei_18_2021.pdf</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1522/projlei_19_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1522/projlei_19_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.636/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1524/projlei_20_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1524/projlei_20_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO MANUSEIO, A UTILIZAÇÃO, A QUEIMA E A SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS NO TERRITÓRIO DO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1525/projlei_21_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1525/projlei_21_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL (CMDRS).</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1526/projlei_22_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1526/projlei_22_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.552/2014 E REVOGA A LEI MUNICIPAL N° 2.553/2014.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1542/projlei_23_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1542/projlei_23_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIA DA BÍBLIA DO MUNICÍPIO DE IÚNA E D´=A OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1543/projlei_24_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1543/projlei_24_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR TERRENO DO MUNICÍPIO À OAB-ES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1544/projlei_25_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1544/projlei_25_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 1.989/2005.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1545/projlei_26_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1545/projlei_26_2021.pdf</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1549/projlei_27_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1549/projlei_27_2021.pdf</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE SAÚDE.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1550/projlei_28_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1550/projlei_28_2021.pdf</t>
   </si>
   <si>
     <t>DENOMINA PONTO DE TÁXI.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1551/projlei_29_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1551/projlei_29_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1552/projlei_30_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1552/projlei_30_2021.pdf</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1553/projlei_31_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1553/projlei_31_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL - FMEIEF</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1627/projlei_32_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1627/projlei_32_2021.pdf</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1628/pl33_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1628/pl33_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2022 A 2025.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1629/projlei_34_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1629/projlei_34_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA CULTURA NO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1630/projlei_35_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1630/projlei_35_2021.pdf</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1631/projlei_36_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1631/projlei_36_2021.pdf</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1633/projlei_37_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1633/projlei_37_2021.pdf</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1634/projlei_38_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1634/projlei_38_2021.pdf</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1635/projlei_39_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1635/projlei_39_2021.pdf</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1636/projlei_40_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1636/projlei_40_2021.pdf</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1638/projlei_41_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1638/projlei_41_2021.pdf</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1639/projlei_42_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1639/projlei_42_2021.pdf</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1640/projlei_43_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1640/projlei_43_2021.pdf</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1647/projlei_44_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1647/projlei_44_2021.pdf</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1648/projlei_45_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1648/projlei_45_2021.pdf</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1649/projlei_46_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1649/projlei_46_2021.pdf</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1654/projlei_47_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1654/projlei_47_2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1669/projlei_48_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1669/projlei_48_2021.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IÚNA PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1670/projlei_49_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1670/projlei_49_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 2.933 DE 05 DE JULHO DE 2021.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1671/projlei_50_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1671/projlei_50_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.286/2010.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1672/projlei_51_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1672/projlei_51_2021.pdf</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1673/projlei_52_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1673/projlei_52_2021.pdf</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1674/projlei_53_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1674/projlei_53_2021.pdf</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1675/projlei_54_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1675/projlei_54_2021.pdf</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1676/projlei_55_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1676/projlei_55_2021.pdf</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1677/projlei_56_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1677/projlei_56_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS MUNICIPAIS DE IÚNA/ES.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1682/projlei_57_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1682/projlei_57_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.836/2019.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1684/projlei_58_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1684/projlei_58_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO ABONO-FUNDEB AOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1685/projlei_59_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1685/projlei_59_2021.pdf</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1697/projlei_60_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1697/projlei_60_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE JORNADA DE TRABALHO AO SERVIDOR QUE SEJA GENITOR, CURADOR OU RESPONSÁVEL LEGAL DE PESSOA COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1698/projlei_61_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1698/projlei_61_2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.321/2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1699/projlei_62_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1699/projlei_62_2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FORNECIMENTO DE ABSORVENTES HIGIÊNICOS NAS ESCOLAS MUNICIPAIS DE IÚNA/ES.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1700/projlei_63_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1700/projlei_63_2021.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE PREVENÇÃO AO SUICÍDIO E DE PROMOÇÃO DO DIREITO AO ACESSO À SAÚDE MENTAL ENTRE JOVENS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1701/projlei_64_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1701/projlei_64_2021.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1702/projlei_65_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1702/projlei_65_2021.pdf</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1302/projetoderesolucao_012021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1302/projetoderesolucao_012021.pdf</t>
   </si>
   <si>
     <t>MODIFICA ARTIGOS NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>SUPRIMI INCISO NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1319/pr-03_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1319/pr-03_2021.pdf</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1320/pr-04_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1320/pr-04_2021.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO AO ARTIGO 161DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1392/pres05-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1392/pres05-2021.pdf</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1395/pres06-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1395/pres06-2021.pdf</t>
   </si>
   <si>
     <t>MODIFICA ARTIGO NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1396/pres07-2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1396/pres07-2021.pdf</t>
   </si>
   <si>
     <t>SUPRIMI PARÁGRAFOS NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1489/projresolucao_08_2021.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1489/projresolucao_08_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SUSPENSÃO DE EDIL.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1171/remocaodepacientes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1171/remocaodepacientes.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ofício ao Excelentíssimo Senhor Secretário Estadual de Saúde informando que a ambulância da empresa .... contratada pelo Estado para executar remoção de pacientes, tem se negado remover o paciente se o mesmo não estiver entubado, sendo que este fato ocorre na Santa Casa de Iúna, sempre que o serviço é solicitado.  _x000D_
 _x000D_
 Que a decisão do plenário seja dirigida ao Secretário na Secretaria Estadual de Saúde, à Rua Eng. Guilherme José Monjardim Varejão, 225, Ed. Enseada Plaza, Enseada do Suá, Vitória/ES, CEP: 29390-000.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1174/retornosemaforo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1174/retornosemaforo.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ofício ao Diretor Geral do DETRAN/ES, Senhor Givaldo Vieira da Silva, solicitando retorno do funcionamento dos semáforos da cidade de Iúna, pois devido ao aumento de veículos está difícil transitar. _x000D_
 _x000D_
 Que a decisão do plenário seja remetida ao Diretor Geral do DETRAN/ES à Av. Fernando Ferrari, 1080, Ed. América Centro, Torre Sul, Mata da Praia, Vitória/ES, CEP: 29066-920.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1177/retornociretraniuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1177/retornociretraniuna.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ofício ao Diretor Geral do DETRAN/ES, Senhor Givaldo Vieira da Silva, solicitando retorno ao atendimento do DETRAN do município de Iúna, pois a população está sendo obrigada a se deslocar aproximadamente 25 km até o vizinho município de Ibatiba para ser atendida. _x000D_
 _x000D_
 Que a decisão do plenário seja remetida ao Diretor Geral do DETRAN/ES à Av. Fernando Ferrari, 1080, Ed. América Centro, Torre Sul, Mata da Praia, Vitória/ES, CEP: 29066-920.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimentocomandantepoliciamilitar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimentocomandantepoliciamilitar.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Comandante da 1ª CIA da Policia Militar de Iúna, Capitão Lucas Muzi Rios, solicitando desta corporação atenção especial para com a Comunidade de Recreio. Essa comunidade fica na divisa dos municípios de Iúna e Irupi e é cortada por uma estrada que liga o Boteco do Zé a obra abandonada da Escola Agrícola nas proximidades da Comunidade de Uberaba, sendo um trecho de aproximadamente dez quilômetros. Esta estrada forma um corredor entre os dois municípios permeando a Comunidade em toda sua extensão. Nos últimos tempos a Comunidade tem sido afetada com a presença de elementos perigosos praticando arrombamentos e furtos diversos. Sendo assim, se faz necessário a ronda policial e visitas as propriedades para atender os moradores e colher informações sobre os acontecimentos.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1216/01requerimentosesaredecegonha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1216/01requerimentosesaredecegonha.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício a Secretária de Estado da Saúde do Espírito Santo (SESA), solicitando respostas do Ofício n° 069/2020, enviado no dia 17 de junho de 2020, recebido em mãos pelo Senhor Gleidson Barbosa do Santos, requerendo a implantação da Rede Cegonha na Santa Casa de Iúna</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1251/01requerimentomocaopesarsirleybatistaguilherme.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1251/01requerimentomocaopesarsirleybatistaguilherme.pdf</t>
   </si>
   <si>
     <t>Requer que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Sirley Batista Guilherme, filha do Senhor João Guilherme, servidora pública aposentada no município, faleceu no dia primeiro de fevereiro do corrente ano, deixa filhos e netos e muitas saudades entre amigos._x000D_
 Que a decisão do plenário seja comunicada ao seu irmão Cézar Guilherme.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimentoprefeitoestacionamentofeira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimentoprefeitoestacionamentofeira.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Prefeito Municipal, para  que determine ao Departamento Responsável da Municipalidade , que estude a possibilidade de fechar a Rua em frente à Praça do Ginásio de Esportes da cidade nos dias de Feira, visando facilitar o trabalho dos Agricultores Familiares do município de Iúna,  e preservar um local adequado e seguro de estacionamento para os clientes nos dias da Feira.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1253/01requerimentomocaopesarjonasdomercadinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1253/01requerimentomocaopesarjonasdomercadinho.pdf</t>
   </si>
   <si>
     <t>Requer que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Jonas Souza da Silva, morador e empresário de nossa cidade, do ramo de frutas e verduras, falecido no dia 05 de fevereiro de 2021, na cidade de Iúna, deixa esposa, filhos e grandes amizades em nossa Comunidade.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1254/redutoresvelocidadees-185.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1254/redutoresvelocidadees-185.pdf</t>
   </si>
   <si>
     <t>VALCI DE PAULA MONTONI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer que seja encaminhado ofício ao Diretor Geral do DER/ES, Senhor Luiz Cesar Mareto Coura, solicitando estudo para instalar dois Redutores de Velocidade  e um Quebra-Molas na rodovia estadual ES-185, localidade de Barra Grande, na entrada para os armazéns da Coocafé, visando diminuir os acidentes ocorrido no local, inclusive com vítima fatal, pois o local fica na curva e é um entroncamento perigoso que dá acesso a localidade de São José do Irupi e recebe tráfego de veículos pesados que atendem a Coocafé. _x000D_
 _x000D_
 Que a decisão do plenário seja remetida ao Diretor Geral do DER/ES à Av. Marechal Mascarenhas de Moraes, 1501, Ilha de Santa Maria, Vitória/ES, CEP: 29051-015.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1285/03requerimentomocaodeaplausosjuliocezarmendel.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1285/03requerimentomocaodeaplausosjuliocezarmendel.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos para o Senhor Júlio Cézar Mendel, Presidente da FETAES (Federação dos Trabalhadores Rurais do Estado do Espirito Santo), pela sua visita ao município de Iúna no dia 28 de fevereiro do corrente ano, quando esteve com representantes do Sindicato dos Trabalhadores Rurais dos municípios de Iúna e Irupi, e graças a seu prestigio junto as organizações Sindicais do Estado, tem garantido, em seu segundo mandato consecutivo, espaços importantes junto as instituições de classe na Esfera Federal._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao mesmo na Sede da FETAES em Vitória/ES.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento02mocaodeaplausosescritoragisagomesdealmeida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento02mocaodeaplausosescritoragisagomesdealmeida.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Professora e Escritora Gisa Gomes de Almeida, pelo lançamento do livro, Clara a menina que amava rezar.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento03mocaodeaplausoscafeicultoresdocaparao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento03mocaodeaplausoscafeicultoresdocaparao.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a todos os Cafeicultores da Região do Caparaó, nos municípios de Dores do Rio Preto/ES, Divino de São Lourenço/ES, Guaçuí/ES, Alegre/ES, Muniz Freire/ES, Ibitirama/ES, Irupi/ES, Ibatiba/ES, São José do Calçado/ES, Espera Feliz/MG, Caparaó/MG, Alto Caparaó/MG, Manhumirim/MG, Alto Jequitibá/MG, Martins Soares/MG e em especial aos cafeicultores do município de Iúna/ES, pela conquista da Indicação Geográfica na modalidade Denominação de Origem.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1335/01requerimentomocaopesarsirleybatistaguilherme.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1335/01requerimentomocaopesarsirleybatistaguilherme.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Sirley Batista Guilherme, filha do Senhor João Guilherme, servidora pública aposentada no município, faleceu no dia primeiro de fevereiro do corrente ano, deixa filhos e netos e muitas saudades entre amigos._x000D_
 Que a decisão do plenário seja comunicada ao seu irmão Cézar Guilherme.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1336/02requerimentomocaodeapalusosongamigofiel.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1336/02requerimentomocaodeapalusosongamigofiel.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos a ONG Amigo Fiel pelos relevantes serviços prestados em nossa Comunidade, pelo carinho, cuidado e defesa dos animais do município de Iúna.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1337/03funcionamentodeacademias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1337/03funcionamentodeacademias.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência que viabilize juntamente com o Senhor Durval Dias Santiago, Secretário Municipal de Saúde, o retorno do funcionamento das Academias como atividade essencial à saúde, certamente cumprindo com todas as normas sanitárias de prevenção, normatizada pela Secretaria Municipal de Saúde. _x000D_
 Considerando o estado de emergência na saúde em decorrência da pandemia do coronavírus;_x000D_
 Considerando as mais distintas doenças existentes;_x000D_
 Considerando que pessoas com autismo (TEA), depressão. Doenças cardiovasculares, entre outras, utilizam os departamentos de academia para minimizar os efeitos de seu quadro clinico. Assim devemos entender que as academias fazem parte do corpo de saúde, pois estas, tem o objetivo de levar ao cidadão à prática de uma vida saudável. Essas atividades físicas proporcionam efeitos de bem estar físico e emocional.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1338/04emplacamentodeveiculos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1338/04emplacamentodeveiculos.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que oficie ao Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para determine ao Senhor Waldrem Marcelo, Secretário Municipal de Gestão, para que encaminhe a esta Casa de Leis, no prazo regimental, esclarecimentos por qual motivo os veículos KWID 046, 047, estão até a presente data sem placa, pois em momentos de emergência na saúde, necessita-se de todos os veículos disponíveis para atendimento a nossa população.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1339/requerimento04relatoriopromaf-jan.fev.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1339/requerimento04relatoriopromaf-jan.fev.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Agricultura e Interior, Senhor João Marcos Dalvi Gava, a encaminhar a Câmara Municipal no prazo de Lei, relatórios de atendimentos do PROMAF referente os meses de janeiro e fevereiro do ano de 2021, constando nome do agricultor, da Comunidade atendida e horas de atendimento.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1340/requerimento05relatorioassist.tecnica-jan.fev.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1340/requerimento05relatorioassist.tecnica-jan.fev.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Agricultura e Interior, Senhor João Marcos Dalvi Gava, a encaminhar a Câmara Municipal no prazo de Lei, relatórios de assistência técnica realizada pelos técnicos desta secretaria nos meses de janeiro e fevereiro no ano de 2021.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1341/requerimento06programacaometasassist.tecnicasec.agricultura.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1341/requerimento06programacaometasassist.tecnicasec.agricultura.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Agricultura e Interior, Senhor João Marcos Dalvi Gava, a encaminhar a Câmara Municipal no prazo de Lei, programação e metas de assistência técnica da secretaria para o ano de 2021.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento07sec.saudeatendimentomedicozonarural.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento07sec.saudeatendimentomedicozonarural.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Saúde, Senhor Durval Dias Santiago Júnior, a encaminhar a Câmara Municipal no prazo de Lei, os Distritos e Comunidades que possuem atendimento médico, os dias de atendimento e o número de pacientes a serem atendidos.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento08sec.saudeatendimentomedicounidadesaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento08sec.saudeatendimentomedicounidadesaude.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Saúde, Senhor Durval Dias Santiago Júnior, a encaminhar a Câmara Municipal no prazo de Lei, os dias de atendimento médico em cada Unidade de Saúde do município, o número de fichas e os tipos de atendimentos.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento09relatoriomanutencaoestradasjan.fev.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento09relatoriomanutencaoestradasjan.fev.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Agricultura e Interior, Senhor João Marcos Dalvi Gava, a encaminhar a Câmara Municipal no prazo de Lei, relatório das localidades da Zona Rural que receberam manutenção nas estradas nos meses de janeiro e fevereiro do ano de 2021, constando quantos quilômetros de manutenção foi realizado e quantos quilômetros é o total de todo o município.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento10sec.agriculturafaltaensaibramentoestardaspatroladas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento10sec.agriculturafaltaensaibramentoestardaspatroladas.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Agricultura e Interior, Senhor João Marcos Dalvi Gava, a encaminhar a Câmara Municipal no prazo de Lei, o motivo de não estar sendo realizado o ensaibramento nas estradas já patroladas.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1374/03requerimentocomandantepoliciamilitarrondapolicial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1374/03requerimentocomandantepoliciamilitarrondapolicial.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Comandante da 1ª CIA da Policia Militar de Iúna, Capitão Lucas Muzi Rios, solicitando desta corporação ronda policial nas Comunidades de Santa Clara do Caparaó, Pilões, Santa Clara do Urbano e localidades próximas, com intuito de neutralizar ações de bandidos, que nos últimos dias vem aterrorizando os moradores com roubos, subtraindo dos moradores carros e motos, máquinas agrícolas, eletrodomésticos, entre outros. Foram mais de vinte famílias espoliadas só no início deste ano.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1375/04informacaocreditosobresuplementar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1375/04informacaocreditosobresuplementar.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, membro da Comissão de Finanças, Orçamento, Obras e Serviços Públicos, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência que encaminhe a Câmara Municipal, no prazo de lei, relação da destinação dos recursos municipais, relativos ao projeto de lei ordinária de abertura de crédito adicional suplementar, informando quais fichas que serão adicionados os referidos valores.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1376/04suspencaopontoeletronicoservidores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1376/04suspencaopontoeletronicoservidores.pdf</t>
   </si>
   <si>
     <t>Pelo presente, solicito a Vossa Excelência que determine ao servidor responsável pelo Setor de RH da Prefeitura comunicar a suspenção do uso do ponto eletrônico dos servidores municipais ou adequar o uso do sistema de forma a evitar a disseminação do coronavírus, haja vista que o nosso município está em risco alto, no mapa exibido pelo Governo do Estado.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1390/05requerimentosantacasademisao-admissao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1390/05requerimentosantacasademisao-admissao.pdf</t>
   </si>
   <si>
     <t>EMERSON DA SILVA SANTOS, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Gestor da Santa Casa de Iúna, Senhor Ary Leal Faria, que comunique a essa Casa de Leis o quadro de pessoal atual e as demissões e contratações feitas no período de 15 de novembro do ano de 2020 até a presente data.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1397/05mocaodepesarmozia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1397/05mocaodepesarmozia.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão ordinária moção de profundo pesar pelo falecimento do Senhor José Rodrigues, mais conhecido com (Mozina), morador deste município e ex-servidor do município de Iúna lotado na Secretaria de Saúde como motorista e atualmente ocupava cargo na Secretaria de Obras da Prefeitura Municipal da cidade de Martins Soares/MG. O falecido era pessoa bem quista na sua Comunidade e deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Adimilson de Sousa, Edson Marcio de Almeida, Emerson da Silva Santos, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1398/09reuniaosantacasajuizpromotor.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1398/09reuniaosantacasajuizpromotor.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do Município de Iúna e demais vereadores abaixo assinados, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja solicitado agenda com o Juiz e Promotor da Comarca de Iúna, bem como, o Prefeito Municipal, Secretário Municipal de Saúde e Gestor da Santa de Iúna para pauta UTI Santa Casa de Iúna, pois,_x000D_
 Considerando a atual pandemia mundial do COVD-19;_x000D_
 Considerando o Decreto Estadual em Emergência em Saúde Pública;_x000D_
 Considerando que estamos vivenciando um colapso na saúde pública, devido a taxa de ocupação de leitos de UTI ocasionado pelo covid-19;_x000D_
 Considerando que o Estado precisa aumentar os leitos de UTI para minimizar a gravidade em que estamos vivendo;_x000D_
 Considerando que a Santa Casa de Iúna possui estrutura física adequada e suficiente para implantação de 10 leitos de UTI e que essa estrutura se encontra iniciada e bem adiantada. Sendo assim solicito que esse juízo disponibilize uma data pa</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1399/010requerimentoelzeniadvogada.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1399/010requerimentoelzeniadvogada.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim e demais vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que oficie ao Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, ao Delegado de Polícia de Iúna e a Promotoria de Justiça de Iúna, para que se possa dar prosseguimento/adiantamento ao processo de investigação da tentativa de homicídio ocorrido no município de Iúna, na residência da advogada Elzeni da Silva Oliveira, para não prover a impunidade.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento11mocaodeaplausosescritoragisagomesdealmeida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento11mocaodeaplausosescritoragisagomesdealmeida.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Professora e Escritora Gisa Gomes de Almeida, pelo lançamento do livro, Ana e suas duas casas.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida, Adimilson de Sousa, Emerson da Silva Santos, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1431/mocaodeaplausosguilhermepagani.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1431/mocaodeaplausosguilhermepagani.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, Estado do Espírito Santo,  por seus vereadores in fine assinados, no uso de suas atribuições legais e regimentais, fazem registrar na ata da sessão ordinária do dia 28 de abril de 2021 Moção de Aplausos ao jovem Guilherme Pagani Ferreira Silva, jovem frequente em nossa APAE, que vem demonstrando persuasão em sua vida escolar e como prêmio para tal dedicação, acaba de conquistar sua aprovação na V Olimpíada Nacional de Ciências, quando foi agraciado com a medalha de ouro pelo brilhante desempenho em trabalho de física, apresentado  na capital Brasília.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimentosessao_solene.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimentosessao_solene.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja realizado Sessão Solene em Comemoração à Semana de Enfermagem, para ser realizada nas dependências deste Poder Legislativo, em data a ser prevista pelo Presidente.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1433/011requerimentoder_es.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1433/011requerimentoder_es.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Diretor Geral do DER-ES, Sr. Luiz Cesar Maretto Coura, possa viabilizar o reparo na estrada Iúna x Ibitirama, após a saída de Uberaba ES-185, KM 34, no qual, por diversas vezes quase ocorreu acidentes graves, já que a pista esta interditada e fica dentro de uma curva. Vale ressaltar que os veículos sanitários da saúde de Iúna e Irupi, bem como as ambulâncias transitam todos os dias por essa estrada. Assim, antes que ocorra algum acidente fatal, levando vidas embora, os danos na ES-185 precisam de serem reparados, mas já se passou um ano e até o presente momento nada foi feito. É necessário que se faça com urgência os reparos para a liberação da via, pois, considerando o requerimento dessa Casa de Leis do ano de 2020, um ano se passou após as fortes chuvas que ocasionaram os danos e nada foi feito par</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento12policiamentocomunidadesrurais.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento12policiamentocomunidadesrurais.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Comandante da 2ª Cia. de Policia Militar de Iúna Capitão Lucas Muzi Rios, solicitando a possibilidade de aumentar o policiamento nas comunidades rurais no período da safra que está iniciando. É sabido da importância dessa instituição e que a sua presença junto as comunidades rurais, inspira segurança aos nossos produtores e familiares.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1446/06podaarvoresindustrial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1446/06podaarvoresindustrial.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja oficiado ao Escritório local da Escelsa, solicitando que seja feita a poda das árvores que ficam no Parque Industrial, pois os galhos estão encostando na rede elétrica de alta tensão, fato que coloca em risco as vidas das pessoas que transitam pelo local.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimentosessao_solene.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimentosessao_solene.pdf</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento13rendimentohoracontratadamaquinas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento13rendimentohoracontratadamaquinas.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Excelentíssimo Senhor Prefeito Municipal de Iúna, para que determine ao Secretário de Agricultura e Interior da Municipalidade, Senhor João Marcos Dalvi Gava, a encaminhar a Câmara Municipal no prazo de Lei, o relatório do rendimento médio por hora contratada, das máquinas terceirizadas, para manutenção das estradas rurais do município de Iúna.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1472/02placasinalizacao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1472/02placasinalizacao.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja remetido ofício ao Excelentíssimo Senhor Romeu Scheibe Neto, Superintendente Regional do DNIT, solicitando a instalação de placa de sinalização no Trevo da BR-262, que dá acesso à cidade de Iúna, indicando a entrada para as cidades de Iúna, Irupi e Ibitirama, pois está acontecendo de turistas passarem direto em direção a Minas Gerais, devido à falta de sinalização no local.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1495/07requerimentocaixaeconomicafederal.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1495/07requerimentocaixaeconomicafederal.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício a Caixa Econômica Federal, solicitando que reavalie os horários estabelecidos para funcionamento e atendimento dos “Pague Fácil”, devido ao período de pandemia, a agência bancária da CEF passou a funcionar das 08 à 13 horas, quem não chegava a tempo do atendimento podia socorrer aos Pague Fácil. Agora por determinação da CEF, estes estabelecimentos estão encerrando o atendimento também as 13:00 horas. Importante salientar que pelo menos a metade dos clientes da Caixa residem no interior do município ou em cidades vizinhas. Muitos não dispõem de transporte para acessar ao atendimento no período vespertino. Por isso, importante essa Casa de Leis intermediar junto a CEF, para que o funcionamento do “Pague Fácil” volte seu atendimento até às 17:00 horas.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1512/mocaocongratulacoesmariobarbosa.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1512/mocaocongratulacoesmariobarbosa.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos seus anais Moção de Congratulações ao Senhor Mário Luiz Barbosa pela passagem dos seus 90 anos de idade, comemorados em sua residência no município vizinho de Irupi. Mário Luiz Barbosa foi figura importante na emancipação política de Irupi, foi vice-Prefeito do município de Iúna na gestão do Prefeito Lino Garcia, sendo eleito primeiro prefeito do município. Pessoa de grande influência que tem marcado sua passagem nas páginas da história política destes dois municípios.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1513/mocaolouvorigrejaassembleiadedeus.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1513/mocaolouvorigrejaassembleiadedeus.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE IÚNA/ES por seus vereadores faz registrar nos seus anais Moção Congratulações a Igreja Evangélica Assembleia de Deus do Brasil, especialmente a Primeira Igreja Assembleia de Deus de Iúna, depois de ouvido o plenário, pela comemoração dos seus 110 anos de fundação, Instituição de grande importância para as Comunidades, que veio para apoiar, reconciliar e transformar vidas.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1514/07mocaoaplausoscaixaeconomica.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1514/07mocaoaplausoscaixaeconomica.pdf</t>
   </si>
   <si>
     <t>Emerson da Silva Santos, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos a Instituição Caixa Econômica Federal de Iúna/ES, pela comemoração dos seus 40 anos de funcionamento no município de Iúna, prestando serviços importantes aos nossos munícipes, com isto, colaborando para o desenvolvimento do Município de Iúna.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1515/013requerimentosessaosolenediadoevangelico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1515/013requerimentosessaosolenediadoevangelico.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja realizada uma Sessão Solene em Comemoração ao Dia do Evangélico, a ser realizada na Câmara Municipal em data a ser marcada._x000D_
 _x000D_
 Conforme a lei municipal nº 1.831/2002, artigo 1º, inciso III, que determina o dia 20 de julho como a data da consciência evangélica, como proposta para ser um momento de confraternização da comunidade cristã, reflexão e reconhecimento da importância que este segmento tem para a construção de uma sociedade mais justa e igualitária, pois quando a gente mostra a importância da comunidade evangélica para a sociedade como um todos, contribui para o resgate das famílias.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento15mocaopesarmoisesmartinscassiano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento15mocaopesarmoisesmartinscassiano.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Pesar pelo falecimento do Senhor MOISÉS MARTINS CASSIANO, falecido em Iúna no dia 26 de junho de 2021, casado com dona Ivani de Fátima Martins Gomes, deixa filhos e netos e muitas saudades entre amigos e parentes.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1538/012mocaopesarguilherminadias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1538/012mocaopesarguilherminadias.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Guilhermina Oliveira Dias, falecida em Iúna no dia 30 de junho de 2021, com 93 anos de idade. Deixa 04 filhos sendo, Normélia Oliveira Martins, Norma Amélia Martins, José Manoel Oliveira Martins e Edvaldo Oliveira Martins, 10 netos, 15 bisnetos, 01 tataraneto e 14 irmãos. A falecida foi professora durante 30 anos, deixando uma larga folha bons serviços prestados a Comunidade Iunense na área da educação.  Dona Guilhermina deixa saudades entre familiares e amigos pelo seu carisma e forma amável de tratamento que dispensava pessoas, sem alguma distinção. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família através da filha Norma Amélia Martins, residente no Bairro Quilombo, nesta cidade.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1539/07mocaodeaplausosclodoaldohenriqquesmartins.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1539/07mocaodeaplausosclodoaldohenriqquesmartins.pdf</t>
   </si>
   <si>
     <t>atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos para o Senhor CLODOALDO HENRIQUES MARTINS, empresário do ramo de adubo, há mais de 30 anos atendendo o produtor rural do município de Iúna e região do Caparaó. Proprietário de fábrica de ração, instalada no Parque Industrial de Iúna, que tem atendido a demanda do município e região do Caparaó, fato que tem levado o empresário a investir na compra da safra de milho do município de Iúna e de empresas do ramo._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao mesmo na sede de sua loja à Avenida Amintas Osório de Matos, Bairro Niterói, nesta cidade.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1540/08mocaoaplausosmarceloflorindofreitas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1540/08mocaoaplausosmarceloflorindofreitas.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos para o Médico MARCELO FLORINDO DE FREITAS, filho de Iúna que, depois de formado fixou residência na cidade Natal, Rio Grande do Norte, onde instalou clinica cardiológica. Atualmente o médico tem vindo a Iúna e atende pacientes na Clínica Gastren. Excelente profissional que conta com inúmeros pacientes na cidade de Natal e também em Iúna, atendendo a todos com o mesmo profissionalismo e dedicação._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao mesmo no seu consultório em Iúna.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento16reformaescolaterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento16reformaescolaterracorrida.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito Municipal de Iúna, para que determine ao Secretário de Gestão, Planejamento e Finanças da Municipalidade, Senhor Waldrem Marcelo Oliveira, a informar a Câmara Municipal no prazo de Lei,  a situação da reforma da Escola Municipal da localidade de Terra Corrida, neste Município, e a previsão da execução da obra.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1557/08requerimentocomandantepoliciamilitarrondapolicialfigueira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1557/08requerimentocomandantepoliciamilitarrondapolicialfigueira.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Comandante da 1ª CIA da Policia Militar de Iúna, Capitão Lucas Muzi Rios, solicitando desta corporação patrulhamento durante o dia no trecho que liga Iúna à Comunidade da Figueira, pois está tendo vários roubos nas intermediações. _x000D_
 Que a decisão do plenário seja comunicada ao Capitão Lucas Muzi Rios, na 1ª CIA da Policia Militar de Iúna.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1572/2021oficio088lixeirafrenteprediobb.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1572/2021oficio088lixeirafrenteprediobb.pdf</t>
   </si>
   <si>
     <t>AO: Ilm°. Sr._x000D_
        GERENTE DO BANCO DO BRASIL DE IÚNA _x000D_
 Ilustríssimo Senhor._x000D_
 Pelo presente, venho sugerir a Vossa Senhoria a instalação de lixeira em conjunto com o Poder Legislativo de Iúna, para evitar que o lixo gerado diariamente pelas duas instituições, lojas, lanchonetes e restaurante instalados nas proximidades, sendo depositado toda tarde em frente ao portão de entrada da garagem do prédio, pois o lixo é espalhado por animais, fato que tem prejudicado o acesso dos veículos e exposto visual negativo para os olhos dos nossos munícipes e visitantes.  O modelo da lixeira em questão deverá ser aprovado e instalado de forma a atender as duas partes e comportar o montante de lixo gerado no entorno. Encaminho em anexo demonstrativo técnico do modelo da lixeira proposta.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1573/012requerimentomocaopesargenesioangeloribeiro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1573/012requerimentomocaopesargenesioangeloribeiro.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Genésio Ângelo Ribeiro, pai do Paulinho (servidor da Prefeitura), do Adilson (Ex Gerente da Caixa Econômica) e da servidora aposentada Taninha, faleceu no dia dois de maio do corrente ano, deixa esposa, irmãos, filhos e netos e muitas saudades entre amigos.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1574/013requerimentosessaosolenediadoevangelico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1574/013requerimentosessaosolenediadoevangelico.pdf</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1575/15terrenooabde_iuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1575/15terrenooabde_iuna.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que oficie ao Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, para determine ao Senhor Waldrem Marcelo Oliveira, Secretário Municipal de Gestão, para que informe a esta Casa de Leis no prazo legal, quantos lotes o Município de Iúna possui, localização e metragem e se o terreno que está sendo doado a Ordem dos Advogados do Brasil, 16ª subseção de Iúna, encontra-se incluído na ação civil pública ajuizada pelo Município.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento17aluguelde_carros.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento17aluguelde_carros.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito Municipal de Iúna, no sentido de que seja informado a Câmara Municipal no prazo de Lei, através de relatório, o número de veículos alugados  pelo Município de Iúna com os números das placas, modelos e marcas e quais são as Secretarias que estão sendo atendidas com estes veículos.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento18mocaodeaplausosdemetriusecelmo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento18mocaodeaplausosdemetriusecelmo.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Demétrius Pinto Nascimento e Celmo da Silva Lanchini, que fizeram doação de projeto para fazer a construção de barragem de captação de água na Comunidade de Uberaba, visando atender a demanda da Escola e Comunidade.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1578/requerimento19reiterarequerimentos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1578/requerimento19reiterarequerimentos.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, reiterando o requerimento datado de 18 de março de 2021 que, solicita relatório de atendimento do PROMAF aos agricultores do Município, de janeiro e fevereiro de 2021 e o requerimento datado de 08 de julho de 2021 que,  requer informação sobre a obra de reforma da Escola da Comunidade de Terra Corrida. Requer, também, que seja informado no prazo de lei, a este Poder Legislativo o número de agricultores atendidos pelo PROMAF nos meses de março a julho de 2021, constando nome do agricultor, da Comunidade atendida e horas trabalhadas.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1579/03mocaopesarjonasalvesribeiro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1579/03mocaopesarjonasalvesribeiro.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Jonas Alves Ribeiro, pessoa religiosa, trabalhadora de boa índole que cultivava inúmeras amizades pelo tratamento que dispensa as pessoas, irmão do ex-vereador desta Casa João Batista Ribeiro. O falecido residia no Bairro Ferreira Vale, nesta cidade. Casado com a Senhora Luci Costa Ribeiro, deixa esposa, filhos, netos e muitas saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1580/04mocaopesarzilmalealamorim.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1580/04mocaopesarzilmalealamorim.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Zilma Leal de Amorim, moradora do Córrego Santo Antônio, neste município, viúva do Senhor Raimundo Francisco de Amorim, pessoa de boa índole que cultivava inúmeras amizades na Comunidade. Excelente mãe de família, pessoa religiosa, que deixa saudades entre familiares, parentes e amigos.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1581/05mocaopesarmarizeangelocastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1581/05mocaopesarmarizeangelocastro.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Profundo Pesar pelo falecimento da Senhora Marize Ângelo de Castro, filha do saudoso Célio de Castro, moradora desta cidade, falecida no dia 26 de julho do ano em curso. Deixa filhos, netos e saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1582/transporteescolar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1582/transporteescolar.pdf</t>
   </si>
   <si>
     <t>VALCI DE PAULA MONTONI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal Romário Batista Vieira, no sentido de que seja encaminhado à Câmara Municipal pela Secretaria de Educação no prazo de lei, relatório informando o número de veículos do transporte escolar circulando no município, a quantidade de alunos usuários do transporte escolar, o número de linhas existentes no município de Iúna, os horários e itinerários percorridos, bem como, os quilômetros percorrido por cada linha, haja vista que está havendo inúmeras reclamações por parte dos pais, alegando que o transporte está deixando alunos no ponto.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1600/09impressaocontracheques.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1600/09impressaocontracheques.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Departamento de Recursos Humanos da Prefeitura Municipal, para que volte a imprimir os contra cheques, pois vários servidores públicos não tem acesso ao portal da transparência, não tem conta de internet e, também, por morar na zona rural do município. Diante dos fatos se faz necessário a volta dos contra cheques impressos pelo RH, para atender à reivindicação dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1601/10mocaodepesarantoniopinheirogomes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1601/10mocaodepesarantoniopinheirogomes.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão ordinária moção de profundo pesar pelo falecimento do Senhor Antônio Pinheiro Gomes, morador deste município. O falecido era pessoa bem quista na sua Comunidade e deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1613/016audienciapublicaterrenooab.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1613/016audienciapublicaterrenooab.pdf</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1614/017mocaopesarderlyalvesribeiro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1614/017mocaopesarderlyalvesribeiro.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Derly Alves Ribeiro, falecido no dia 21 de agosto de 20121. Nascido em Tombos/MG em 1916, veio para a cidade de Alegre/ES e depois para Pequia/Iúna, casou aos 26 anos com dona Rosa, e em São José das Três Pontes constituiu família, e tiveram 6 filhos, 18 netos, 25 bisnetos e 2 tataranetos._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família na residência no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1615/018mocaopesaraleidevargasramos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1615/018mocaopesaraleidevargasramos.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal voto de profundo pesar pelo falecimento da Professora Senhora Aleide de Vargas Ramos, nascida em 05/04/1945, mãe de 02 filhos, avó de 05 netos e 08 bisnetos, nasceu em Juiz de Fora. Morou em Caratinga/MG, Rio de Janeiro/RJ Manhumirim/MG e Iúna/ES. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a filha Waleska Vargas Afonso em sua residência.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1616/mocaodepesarsebastiaochuengue.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1616/mocaodepesarsebastiaochuengue.pdf</t>
   </si>
   <si>
     <t>HELTON AMORIM CUNHA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado na ata dos trabalhos de hoje moção de profundo pesar pelo falecimento do Senhor Sebastião Chuengue, pai da Ana Clara, esposa do Eduardo do Boteco do Zé, faleceu na semana passada. Esposo da Senhora Margarete ex-professora.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1617/06mocaozezinhobidu.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1617/06mocaozezinhobidu.pdf</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor José Leal da Silveira, mais conhecido por (José Bidu), ocorrido no dia 25 de agosto de 2021, morador do Bairro Nossa Senhora da Penha, nesta Cidade, casado com Enas Oliveira da Silveira, tem uma filha de nome Rafaela e educou os filhos do primeiro casamento da esposa, de nomes Romário, João, Maria de Fátima e Rita. Deixa 02 netos e saudades entre familiares e amigos.  _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao irmão Luís Tomé Silveira, residente em Iúna.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1623/019mocaoaplausosapae_iuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1623/019mocaoaplausosapae_iuna.pdf</t>
   </si>
   <si>
     <t>Vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal Moção de Aplausos à APAE de Iúna, (Associação de Pais e Amigos dos Excepcionais) em comemoração à Semana Nacional da Pessoa com Deficiência Intelectual e Múltipla, bem como, pelos relevantes serviços prestados a Comunidade de Iúna.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1624/020prefeitopodaarvore.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1624/020prefeitopodaarvore.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que oficie ao Senhor Romário Batista Vieira, Prefeito Municipal de Iúna, que encaminhe a essa Casa de Leis toda documentação legal referente à Empresa que presta serviços de poda, supressão e destoca das árvores, as licenças ambientais, prestação de contas de quanto foi pago até o momento a empresa, relatório detalhado de cada serviço realizado com acervo fotográfico do antes e depois, justificativa de cada serviço realizado e apresentação de laudo técnico pelo engenheiro florestal ou ambiental.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1625/09mocaopesartoninhododelcides.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1625/09mocaopesartoninhododelcides.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Antônio Ribeiro, filho do Senhor Delcides Ribeiro e Senhora Ireni de Souza Ribeiro, falecido em Cachoeiro de Itapemirim/ES. Comerciante na cidade a muitos anos, faleceu no dia 30 de agosto de 2021. Deixa muitas saudades entre os familiares e amigos._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a sua filha Marília, funcionária do SICOOB.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento20sec.saudesalarioagentesaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento20sec.saudesalarioagentesaude.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado oficio ao Prefeito Municipal, Romário Batista Vieira, para que determine ao Secretário de Saúde, Senhor Durval Dias Santiago Júnior, que seja informado a essa Casa de Leis, no prazo legal, a forma de como está sendo feito o pagamento das Agentes de Saúde da Municipalidade, devido as reclamações das mesmas com a redução de salário.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento21mocaopesarluisjosedasilva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento21mocaopesarluisjosedasilva.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, moção de profundo pesar pelo falecimento do Senhor LUÍS JOSÉ DA SILVA, casado com a Senhora Eliane Almeida Calazans. Deixa saudades entre familiares, parentes e amigos._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a Senhora Eliane Almeida Calazans, residente nesta cidade.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Emmanuel Garcia de Amorim, Edson Marcio de Almeida, Emerson da Silva Santos, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1660/11mocaodecongratulacoesjornalnoticia35_anos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1660/11mocaodecongratulacoesjornalnoticia35_anos.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, Estado do Espírito Santo, por seus vereadores in fine assinados, no uso de suas atribuições legais e regimentais, fazem registrar na ata da sessão ordinária do dia 28 de setembro de 2021, Moção de Congratulações ao Jornal A Notícia de Iúna, pela comemoração de seus 35 anos, período que tem feito o registro da história do município de Iúna e Região do Caparaó. O jornal é dirigido pelo ex-vereador desta Casa de Leis José Saloto Sobrinho. Essa comemoração aconteceu no dia 25 de setembro do ano corrente, onde contou com a presença de diversas personalidades do meio político e Comerciantes, em destaque os Vereadores desta Casa de Leis e o Prefeito Municipal de Iúna. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a Diretoria na sede do Jornal, na Praça Coronel João Osório, centro, Iúna.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>Adimilson de Sousa, Edson Marcio de Almeida, Emerson da Silva Santos, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1661/mocaodeaplausosmatteusfreitaslima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1661/mocaodeaplausosmatteusfreitaslima.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, Estado do Espírito Santo, por seus vereadores in fine assinados, no uso de suas atribuições legais e regimentais, fazem registrar na ata da sessão ordinária do dia 28 de setembro de 2021, Moção de Aplausos ao jovem atleta Matteus Freitas de Lima, por representar o Município de Iúna e o Estado do Espírito Santo no Campeonato Panamericano de Downhill 2021, na cidade de Sapiranga (RS). A Câmara Municipal de Iúna tem o orgulho de homenageá-lo por ser o nosso Campeão Panamericano de Downhill. Parabéns por todo seu esforço e dedicação ao esporte, sendo exemplo para todos os Iunenses. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao Matteus Freitas Lima residente em Iúna/ES.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1662/10mocaodeaplausosmedicowilsonlopescardosoneto.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1662/10mocaodeaplausosmedicowilsonlopescardosoneto.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos ao médico Dr. WILSON LOPES CARDOSO NETO, pelo brilhante trabalho realizado na Santa Casa de Iúna, na Coordenação da Obstetrícia, desempenhado com responsabilidade, dedicação e respeito ao ser humano, trabalho que tem o reconhecimento dos servidores da Instituição e dos pacientes que por ele são atendidos.  _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao mesmo na sede da Santa Casa de Iúna à Avenida Presidente Tancredo Neves, Bairro Niterói, nesta cidade.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1663/11mocaodeaplausosmedicanatalyaparecidafumianmendes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1663/11mocaodeaplausosmedicanatalyaparecidafumianmendes.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos a médica Drª. NATALY APARECIDA FUMIAN MENDES, pelo excelente trabalho realizado como Diretora Técnica da Santa Casa de Iúna, desempenhado com seriedade, competência e lisura, fato que tem rendido elogios a sua pessoa por parte de colegas de trabalho e das pessoas que recorrem a Instituição para atendimento._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a mesma na sede da Santa Casa de Iúna à Avenida Presidente Tancredo Neves, Bairro Niterói, nesta cidade.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1168/mocaodelouvorcleriojoseborges.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1168/mocaodelouvorcleriojoseborges.pdf</t>
   </si>
   <si>
     <t>Que seja registrado na ata desta sessão Moção de Louvor ao ilustre escritor Clério José Borges em reconhecimento ao valoroso trabalho prestado nestes quarenta anos em favor da literatura capixaba, como trovador.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1170/mocaodepesarmargaridamariamendescezar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1170/mocaodepesarmargaridamariamendescezar.pdf</t>
   </si>
   <si>
     <t>Que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora Margarida Maria Mendes Cézar , esposa do saudoso Natalino Cézar, mãe de quatro filhos, moradora da localidade de Barra da Boa Sorte, Distrito de Nossa Senhora das Graças, falecida no dia 11 de janeiro de 2021, deixa filhos, netos, bisnetos e saudades entres parentes e amigos.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1172/01requerimentomocaoaplausoscaplucasmuzi.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1172/01requerimentomocaoaplausoscaplucasmuzi.pdf</t>
   </si>
   <si>
     <t>Que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos ao Capitão da Policia Militar Lucas Muzi Rios, Comandante da 2º Cia do 14º Batalhão da Policia Militar,  Cabo Jeferson Vauna, Cabo Benevicto, Soldado Romennig e Soldado Claudinei, pelo retorno das blitz com objetivo de  coibir os transtornos causados por veículos com características modificadas, como por exemplo, motos com escapamento adulterado, causando transtornos aos munícipes, e ferindo a legislação ambiental.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1173/01requerimentomocaopesarfranciscavieirareis.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1173/01requerimentomocaopesarfranciscavieirareis.pdf</t>
   </si>
   <si>
     <t>Que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Francisca Vieira dos Reis, ocorrido no dia 08 de janeiro de 2021, deixa filhos, netos e muitas saudades entre familiares e amigos. _x000D_
 Que a decisão do plenário seja encaminhada a sua filha, Elizete Viana de Almeida.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1175/01requerimentomocaopesaranaalmeidamatos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1175/01requerimentomocaopesaranaalmeidamatos.pdf</t>
   </si>
   <si>
     <t>Que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Ana Almeida Matos (Ana do Carmindo Bastião), moradora da Comunidade de Santa Clara do Juca Italiano, nascida em 26 de dezembro de 1922 e falecida em 09 de janeiro de 2021 com 94 anos, deixa filhos e netos e muitas saudades entre amigos._x000D_
 Que a decisão do plenário seja comunicada a filha Nilza Matos de Almeida, moradora na localidade de Santa Clara do Juca Italiano.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, Adimilson de Sousa, Edson Marcio de Almeida, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Helton Amorim Cunha, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1176/02requerimentomocaopesarorcendinaeduardadasilva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1176/02requerimentomocaopesarorcendinaeduardadasilva.pdf</t>
   </si>
   <si>
     <t>Que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Orcendina Eduarda da Silva, falecida em 18 de janeiro de 2021, deixa filhos, netos e muitas saudades entre amigos.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida, Emerson da Silva Santos</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1388/mocaodepesarjorgepaulino.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1388/mocaodepesarjorgepaulino.pdf</t>
   </si>
   <si>
     <t>EDSON MÁRCIO DE ALMEIDA e EMERSON DA SILVA SANTOS, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor Jorge Ribeiro do Nascimento, (mais conhecido como Jorge Paulino), morador da localidade de Terra Corrida, município de Iúna, pessoa conhecida e estima na sua Comunidade, que deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>Emerson da Silva Santos, Edson Marcio de Almeida, Jonathan Bonfante Moreira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1389/04requerimentomocaoaplausosedenmarcosvieiracezar.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1389/04requerimentomocaoaplausosedenmarcosvieiracezar.pdf</t>
   </si>
   <si>
     <t>Edson Márcio de Almeida, Emerson da Silva Santos e Jonathan Bonfante Moreira, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Moção de Aplausos ao Senhor Eden Marcos Vieira Cézar, pelos relevantes serviços prestados como servidor do Banco do Brasil no período de 25/04/1985 a 03/03/2021. Período esse, que exerceu seu trabalho com empenho e afeição.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>Emerson da Silva Santos, Adimilson de Sousa, Edson Marcio de Almeida, Emmanuel Garcia de Amorim, Geovan Furtado dos Reis, Helton Amorim Cunha, Jonathan Bonfante Moreira, Leonardo da Costa Oliveira, Matheus Fonseca de Souza, Paulo Henrique Leocádio da Silva, Valci de Paula Montoni</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1391/06requerimentomocaopesardoralinaraiderdeoliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1391/06requerimentomocaopesardoralinaraiderdeoliveira.pdf</t>
   </si>
   <si>
     <t>Os vereadores abaixo assinados, no uso de suas atribuições legais e regimentais fazem inserir na ata dos trabalhos legislativos do dia 29 de março de 2021, Moção de Profundo Pesar pelo falecimento da Senhora Doralina Raider de Oliveira, viúva do ex Prefeito de Iúna, Senhor José Augusto de Oliveira. Deixa muitas saudades entre familiares e amigos._x000D_
 Adimilson de Souza_x000D_
 Vereador_x000D_
 _x000D_
 Edson Márcio de Almeida_x000D_
 Vereador_x000D_
 _x000D_
 Emerson da Silva Santos_x000D_
 Vereador_x000D_
 _x000D_
 Emmanuel Garcia de Amorim_x000D_
 Vereador_x000D_
 _x000D_
 Geovan Furtado dos Reis_x000D_
 Vereador_x000D_
 _x000D_
 Helton Amorim Cunha_x000D_
 Vereador_x000D_
 Jonathan Bonfante Moreira_x000D_
 Vereador_x000D_
 _x000D_
 Leonardo da Costa Oliveira_x000D_
 Vereador_x000D_
 _x000D_
 Matheus Fonseca de Souza_x000D_
 Vereador_x000D_
 _x000D_
 Paulo Henrique Leocádio da Silva_x000D_
 Vereador_x000D_
 _x000D_
 Valci de Paula Montoni_x000D_
 Vereador</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1434/011requerimentomocaopesargenesioangeloribeiro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1434/011requerimentomocaopesargenesioangeloribeiro.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento do Senhor Genésio Ângelo Ribeiro, pai do Paulinho (servidor da Prefeitura), do Adilson (Ex Gerente da Caixa Econômica) e da servidora aposentada Taninha, faleceu no dia dois de maio do corrente ano, deixa esposa, irmãos, filhos e netos e muitas saudades entre amigos._x000D_
 Que a decisão do plenário seja comunicada ao seu filho Adilson.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1435/06requerimentomocaopesarmarlice.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1435/06requerimentomocaopesarmarlice.pdf</t>
   </si>
   <si>
     <t>Jonathan Bonfante Moreira, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Marlysse Carla da Silva Rocha, moradora da Comunidade de Santa Clara do Juca Italiano, nascida em 26 de dezembro de 1922 e falecida em 09 de janeiro de 2021 com 94 anos, deixa filhos e netos e muitas saudades entre amigos._x000D_
 Que a decisão do plenário seja comunicada a filha Nilza Matos de Almeida, moradora na localidade de Santa Clara do Juca Italiano</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1436/01mocaopesarjoaonestor.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1436/01mocaopesarjoaonestor.pdf</t>
   </si>
   <si>
     <t>Leonardo da Costa Oliveira vereador do município de Iúna no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja constado na ata desta sessão ordinária Moção de Profundo Pesar pelo falecimento do Senhor João Nunes da Costa, mais conhecido como (João Nestor), morador da localidade de Barra Grande, município de Ibatiba, pessoa conhecida em sua Comunidade, que faleceu no dia 18 do mês de abril do ano em curso, e que deixa saudades entre familiares e amigos. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a seu filho Senhor Claudeci da Silva Costa, mais conhecido como (Nem), residente na localidade de Barro Branco.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento14mocaopesargerfaldocostalima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento14mocaopesargerfaldocostalima.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, moção de pesar ao Senhor GERALDO COSTA LIMA, Engenheiro Agrônomo do INCAPER. Trabalhou em várias regiões do Caparaó, tendo prestado serviços nos municípios de Ibatiba e Irupi. Faleceu em 03 de junho do ano em curso e deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1668/017mocaopesarzeliaoliveirarios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1668/017mocaopesarzeliaoliveirarios.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal Voto de Profundo Pesar pelo falecimento da Senhora Zélia de Oliveira Rios, um ser humano incomparável exemplo de esposa, mãe, avó, amiga e uma mulher guerreira, mesmo, depois de casada conseguiu terminar os seus estudos e formar Professora. Aprovada em concurso para o magistério estadual, deu aulas na roça, zona rural de Iúna/ES por 2 anos. Foi uma mãe incansável, que criou os filhos com muita dedicação. Como diz a frase: ser mãe é padecer no paraíso, se emprega bem, aquela que procurava ser simplesmente, não a rainha do lar, mais uma mãe carinhosa e meiga, um orgulho para os filhos e as futuras gerações. Tudo que estou escrevendo, ainda é pouco para essa grande mulher. Como você bem disse, que Deus a receba com toda honra e glória. Merecedora eterna.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1681/021requerimentosessaosolenediaservidorpublico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1681/021requerimentosessaosolenediaservidorpublico.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja realizada uma Sessão Solene em Comemoração ao Dia do Servidor Público, reconhecendo e valorizando nossos servidores nas mais distintas funções, exercidas em todos os setores da administração pública, a ser realizada na Câmara Municipal em data a ser marcada.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1696/12mocaodelouvorgirlanemariaferreiraflorindo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1696/12mocaodelouvorgirlanemariaferreiraflorindo.pdf</t>
   </si>
   <si>
     <t>ADIMILSON DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Louvor à Iunense Girlane Maria Ferreira Florindo, pela conclusão do dourado em linguística. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a mesma em sua residência.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1725/mocaodeaplausosincaper.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1725/mocaodeaplausosincaper.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, Estado do Espírito Santo, por seus vereadores in fine assinados, no uso de suas atribuições legais e regimentais, fez registrar na ata da sessão ordinária do dia 18 de novembro de 2021 Moção de Aplausos ao Instituto Capixaba de Pesquisa, Assistência Técnica e Extensão Rural (INCAPER) pelos 65 anos de serviços de pesquisa aplicada, assistência técnica e extensão rural no âmbito do Estado do Espírito Santo. O INCAPER demonstra o seu comprometimento como partícipe do desenvolvimento sustentável do Estado, sendo que, ao realizar o seu papel, dará ao Espírito Santo destaque em soluções integradas de pesquisa, assistência técnica e extensão rural._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao Escritório local de Desenvolvimento Rural de Iúna-ES.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento22mocaodeaplausosdenevalvieirajunior.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento22mocaodeaplausosdenevalvieirajunior.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Cafeicultor Deneval Vieira Junior-Sitio Cordilheiras do Caparaó, Iúna-ES, pelo 13º lugar na classificação final na Categoria Arábica Cereja Descascado,no COFFEE OF THE YEAR 2021,no dia 12/11/2021 na Semana Internacional do Café, realizado em Belo Horizonte-MG.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento23mocaodeaplausosdenevalmirandavieira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento23mocaodeaplausosdenevalmirandavieira.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Cafeicultor Deneval Miranda Vieira-Sitio Cordilheiras do Caparaó, Iúna-ES, pelo 13º lugar na classificação final na Categoria Arábica-Natural ,no COFFEE OF THE YEAR 2021,no dia 12/11/2021 na Semana Internacional do Café, realizado em Belo Horizonte-MG.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento24mocaodeaplausossarahorts.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento24mocaodeaplausossarahorts.pdf</t>
   </si>
   <si>
     <t>MATHEUS FONSECA DE SOUZA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Cafeicultora Sara Horts -Fazenda Do Brás , Iúna-ES, pelo 13º lugar na classificação final na Categoria Canéfora  ,no COFFEE OF THE YEAR 2021,no dia 12/11/2021 na Semana Internacional do Café, realizado em Belo Horizonte-MG.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>Edson Marcio de Almeida, Emerson da Silva Santos, Geovan Furtado dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1733/08requerimentoedp.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1733/08requerimentoedp.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício a EDP solicitando informações de quantas extensões de rede estão pendentes no município de Iúna.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1734/022mocaopesaraugustodalrio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1734/022mocaopesaraugustodalrio.pdf</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que registre nos anais deste Poder Legislativo Municipal voto de profundo pesar pelo falecimento do Senhor Augusto Dal Rio,  83 anos, deixa 10 filhos, 12 netos e 2 bisnetos, católico, muito devoto de Nossa Senhora Aparecida, trabalhador rural, membro da Comunidade de São Sebastião em Trindade, ficou viúvo a 4 anos, a vida dele era cuidar do sítio, cuidar dos netos, aparava a família de toda forma. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao seu filho Rogério Dal Rio em sua residência.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -6753,67 +6753,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1687/declegis_01_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1729/declegis_02_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1704/declegis_03_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1705/declegis_04_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1706/declegis_05_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1178/emenda_plc_012021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1179/emenda_plc_022021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1180/emenda_plc032021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1181/emendaplc4.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1182/emendaplc5.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1351/emenda1plord09-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1352/emenda2plord09-2021_3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1354/emenda3plord09-2021_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1355/emenda4pl09-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1519/emenda_10_projlei_12_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1546/emenda_12_projlei_16-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1548/emenda_13_projlei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1583/emenda_14_projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1584/emenda_15_projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1585/emenda_16_projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1587/emenda_17_projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1588/emenda_18_projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1589/emenda_19_projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1591/emenda_20_porjlei_19_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1592/emenda_21_projlei_24_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1602/emenda22projlei_31_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1603/emenda23projlei_31_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1650/emenda24projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1651/emenda25projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1652/emenda26projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1707/emenda28projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1708/emenda29projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1709/emenda30projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1710/emenda31projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1711/emenda32projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1730/emenda33projlei_48_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1737/emenda35projleicomplementar_03_2021_2.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1738/emenda36projleicomplementar_03_2021_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1739/emenda37projleicomplementar_03_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1740/emenda38projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda39projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1742/emenda40projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1143/indicacao01limpezatrevopequia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1144/indicacao02iluminacaodoatacarejoaoicc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1145/indicacao03coletalixocorregolaje.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1146/indicacao04placatrevodeiuna.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1147/indicacao01retiradamanilhasdedepositolixo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1148/indicacao02apoioamigosdoverde.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1149/indicacao01reparocalcamentor-franciscoaugustocastro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1150/indicacao02reparocalcamentor-astrogildo_silveira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1151/indicacao01pontesantaclara.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1152/indicacao02campofutebolsantaclara.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1153/indicacao03quadracobertasantaclara.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1154/indicacao04pontenossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1155/indicacao05patrolarensaibrarestradasbarrobranco.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1156/indicacao06patrolarensaibrarestradasbonsucess.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao07patrolarensaibrarestradasserrafama.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao08pavimentacaoruassantaclara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao09pontesantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao10calamentoquadracobertabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao11calamentoquadracobertasantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao12estraedadospiloescalamentoquadracobertasantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao13reaberturaestradasenhorderli.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1164/casadoagricultor.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao01pontecorregodaonca.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao02patrolamentoestradasrurais.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao03reparocalcamentoruaipiranga.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao07calcamentoproximobardaeni.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao08farmaciabasicapequia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao09iluminacaoruaismaelvicentebarros.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao10lampadasled.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao01reparospontesaocristovao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao03farmaciabasicapequia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao04reformaampliacaounidadesaudesantaclaradourbano.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao05manutencaoestradassaojoaodoprincieerioclaro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao06manutencaoestardasbr262laranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao07empresacalcamentosaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao03reformacampobomdebolaguanabara-iluminacaopito.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1196/indicacao04reformaginasiopoliesportivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1197/indicacao05limpezadeentulho-calcamentoripirangaeastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao01iluminacaopito.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1199/indicacao14iluminacaoparqueexposicoes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1200/indicacao15placadefrentecreche.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1201/indicacao02construcaolaboratorioanalisesensorial.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1202/indicacao03reparosiluminacaoruaquintinobocaiuva.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1203/indicacao04reparosiluminacaoruasebastiaodocarmoamorim.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1204/indicacao05reparoiluminacaomilitinojosedelima.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao06calcamentoruaridavalmanoeldesouza.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao07calcamentoruasebastiaodocarmoamorim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao08reparoscalcamentoruamilitinojosedelima.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao09reparocalcamentoruaarlindorodriguesflorindo-guanabara.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao10reparosestradabeirariopequia.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao11reparosestradatrespontesprinciperioclaro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao12reparosestradaiuna-munizfreire.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao01patrolarestradasprincipe.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao02calcamentoponterioclaro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao03calcamentoruassededistrito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao11calcadaoavantonioaugustooliveira.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao12reformafachadaebancosescoalnagem.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao13reformaquadrasaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao14reformaquadralaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao15iluminacaopublicacomunidadefigueira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao16dragagembancodeareiariojosepedro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao17limpezaedragagemriopardo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao08manutencaoestradassaojoaodoprincieerioclaropaisagismo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao09reformaampliacaounidadesauderioclaro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao10reformaampliacaounidadesaudejotahorsthsaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1227/indicacao11manutencaoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao13manutencaoruaantoniojeronimodesouza.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao14manilhamentoestradaprincipalpocodoegito.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao15terminocalcamentorioclaro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao16secretariameioambientelixo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao06morrobarradaserra.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao07entulhosruasraulcaetanoastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao08ltaolixoavsaovicentedepaula.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao02limpezaparquedeexposicoes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao17agualoeamentosedmarguedesjoniflorindo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao18reformamataburro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao19arcondicionadacapelamortuaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao20mudancadeestrada.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao13analisesolofolha.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao14coletadelixocomunidaderural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao15cronogramacoletadelixocomunidaderural.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao16cronogramacoletadelixocomunidaderuralferiadocarnaval.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao17coletadelixocidade.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao18transbordodolixo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao19patrolamentodeestradas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao20cronogramadepatrolamento.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao04saneamentodepequia.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao06iluminacaocorregodolaje.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao18iluminacaopontesdomunicipio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao19reformaplaygroundpracaferreiravale.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao20instalacaodeplacasnaspracasecentromultiuso.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao17capelamortuariadistnossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao18crechedistnossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao19crechesantaclara.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao09calcamentocampobomdebolaguanabaraealambrado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao10iluminacaocampobomdebolapito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao11recapeamentoasfaltosedeiuna.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao12consertoestradasserrinhaieiicorregosantoantonio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao13manutencaocalcamentobairroguanabara.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao14iluminacaocasinhapopularbairronossasenhoradapenha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao15entulhosetrocadelampadasbentodealmeidamoco.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao16retiradadelixoeentulhoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao21construcaocapelasantissimatrindade.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao23iluminacaoparqueindustrialborrachariabrunooficinaedinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao01recuperacaopassarelaferreiravale.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao02patrolamentosantaclaracaparaopousoaltopiloes.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao03retiradaentulhobairroquilombo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao21manutencaopontelaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao22manutencaoretiradabarreirasterracorridaaltoterracorridasaojudas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao23manutencaoestradassantaclarapiloesfazendaalegriabomdestino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao07reparobueiroantoniolobato.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao21construcao_quadradeesportessantaclaradojuca.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao22construcao_quadradeesportessantaclaradourbano.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1290/indicacao23construcaopontealtotrindade.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao24manilhamentoecalcamentobairroaltolage.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao25calcamentoserrariagildinho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao26limpezaruaquintinobocaiuva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao27potralarensaibraresradassecundariassaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao02conclusaocalcamentoruarivadalmanoeldesouza.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao03lavagemav.presidentevargasedep.joaorios.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao20secretariaagriculturamanilhamentorioclaro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao21secretariaagriculturamanilhamentoestradaprincipalrioclaro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao22secretariaagriculturapatrolamentoensaibramentolaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao23pagamentopericulosidadesantacasa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao24scretariameioambienterecursoprocedimentosanimais.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao17manutencaocalcamentoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao18retiradaentulhosemanutencaocalcamentoruahermanantoniodasilveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao19retiradaentulhosebarrancoruaraulcaetanodasilva.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao20canaletaruaadilioamaralbairroguanabara.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao21limpezaruahermanantoniosilveira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao24servicosquadraesportesnossenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao24retiradadepedrarodovia379proximoterracorrida.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao25manutencaoestradasserrinhaibomdestinosantoantoniotrespontes.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao05reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao03retiradadeentulhos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao04podadearvores.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao05reparoavamphilophiooliveira.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao28limpezaconsultoriodentariosaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao29calcamentoruassantaclaradourbano.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao30calcamentoemfrentepostodesaudepito.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao31calcamentoaltouberaba.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao03lavagemav.presidentevargasedep.joaorios.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1329/indicacao22reparobueiroruahermanantoniosilveira.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao23calcamentoruaantoniobelodossantos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao27secretariainfraestruturaservicoiluminacaoterracorrida.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao28reparoensaibramentoestardaboasoreemorroredondo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao29coletadelixoserrinhaieii.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao32pavimentacaopicocolossus.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao33calcamentosebastiaogessimocezar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao34limpezaemanutencaodailuminacaorodoviacoronelleonciovieira.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao35calcamentoruavereadorgenesiodasilveira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao25retiradadeentulhos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao26reparocalcamento.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao24manutencaoruamonteiroalves.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao25reparomuraosaovicente-asfaltocasadaculturaateaguasanta.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao26reparocalcamentoruabentoalmeidamoco.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao27reparocalcamentoruaantoniomonteiroalves-pito.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao28reparocalcamentoruanovopostodesaudequilombo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao29quebramolasruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao30limpezaruahermanantoniosilveira.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao25construcaodebueiro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao26construcaodeponte.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao27vacinaparaprofessores.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao28vacinaparaagentesfunerarios.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao30manutencaoestradacachoeirachiador-rioclaro.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao31manilhamentoemanutencaoestardasrioclaro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao32calcamentoruaeuclidesjosemartins-guanabara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao33manutencaoestradauberabasentidoaltotrindade.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao34predioassociacaoamigofiel.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao35auxilioemergencial.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao36calcamentoemrioclaro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao37calcamentoruaatalibajosebarros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao38calcamentoruaarlindorodriguesflorindo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao39limpezadapracaantidesfaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao08calcamentosubstituirlampasruaeuclidesjosemartins.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao31patrolamnentoestadascorjatoba.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao40manutencaoestradasserrinha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao41manutencaoestradaspiloespedregulho.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao42auxiliotrabalhadorpanhacafe.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao43reparocalcamentoruaadiliodavinoassis.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao44limpezamargensavpresidentetanchedoneves.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao45esgotocorregolaje.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao09esgotocorregolaje.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao27limprezaruasloteamentocidadenova.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao28trocabrinquedospracabairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao29construcaopostosaudebairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao30construcaocrechebairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao31limpezaespacoproximoescoaldeolinda.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao33lavagemavamphilophiooliveira.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao34limpezamargensavenida.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao32proseguimentoderuanoguanabara.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao33patrolamentestradasserrinhaieii.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao29reformabueirosantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao31agentesaudeentregacorrespondencia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao32reparopontesantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao33patrlamentoestradasruraissantasclaraspedregulhpiloes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao34reformaampliacaoescolasantaclara.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao34reformacalcamentosantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao46aterrocabecopontepiloes.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao06crechepostosaudevilanova.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao07reformapracacoroneljoaoosorio.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao08reformacalcamentorualaurentinofreitas.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao09terrenodoacaooab.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao10aterrocabecadeponte.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao36redeeletricadistprincipe.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao37reparocalcamentoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao38reformaescolarioclaro.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao39reformaescolaprincipe.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao40reparosponteemboasorte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao41trocalampadasboasorte.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao42construcaounidadesaudepequia.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao35aquisicaoambulancia.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao36revisoesambulancias.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao37agentescomunitariossaudeendemia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao38leiestagiarios.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao38saudenahora.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao39disponibilizacaoginasioesportes.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao40ilumincaopublicavilanova.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao41ilumincaoavamintasosoriomatos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao42iluminacaocampofutebolpequia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao43ilumincaoruajorgecampospequia.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao44ilumincaoruapedroscardini.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao34reparoscalcamentosnoquilombo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao35reparoscalcamentoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao36reparossemaforos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao37retornoministeriotrabalho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao38lavarruasbairrospitonossasenhoradapenha.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao06reparopontesantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao47iluminacaopracavilanova.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao48melhoraestradasboasortetristesorte.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao49melhoraestradascorregohorst.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao50melhoraestradascorregosossego.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao11limpezaavamintasosoriomatos.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao12quebramolasavdeputadojoaorios.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao43extensaoredeeletricasantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao44patrolamentoreparocalcamentosaneamentobasico.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao45reformapracasaovicentepaula.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao51limpezacalcamentoterracorrida.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao52sistemaaguapotavelrioclaro.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao53aquisicaoalimentosprodutoresagriculturafamiliar.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao10esgotoviladosguedes.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao11reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao12trocalampadaspequia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao13limpezaquadra_e_ruapequia.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao46reparocalcamentorioclaro.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao47reparobueirorioclaro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao47revitalizacaoespacopublicoprincipe.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao49reparoampliacaopostosaudenossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao50reformaampliacaoescolasantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao45retirarpedrasconstruirbueirocordoslouback.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao46reparocalcamentoavademarcunharuajoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao39lixeiraquilombo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao40assist.casinhaspopulares.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao41assist.casaspopulares28.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao42quebramolasruamariaribeiroflorindo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao43reparocalcamentosruasanotoniomonteiroalves-tabeliaomanoelmoraes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao44podaarvoresproximoicc.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao45trocalampadasprosimoicc.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao07reparoscalcamentoavenidadeputado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao08reparopontebarrobranco.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao09construcaobueirotoinze.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao35reformacalcamentosantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao36trocavigaspontedivisaiunairupi.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao54reparobueiroboasorte.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao13quebramolasavsa_saovicentedepaula.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1527/indicacao04extensao_de_rede_em_sta_clara.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1528/indicacao05calcamento_sta_clara.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao47implantacaocapsemiuna.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao48apoioestudantesautistas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao49limpezaavademarvieiracunha.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao46lixeiraproximocemiteriolavarruaspodararvore.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao10construcaomanilhamentocorboaesperanca.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao37unidadebasicasaudesantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao38patrolamentoensaibramentoempedregulho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao55reparobueirocalcamentoruaantoniomonteiroalves.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao56manutencaoestradaacessonossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao51reparocalcamentocapelinhasaocristovao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao52servicodeinternet.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao53construcaopontealtotrindade.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao50reparoquadravilanova.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1559/indicacao51passarelaemfrentefarmaciamunicipal.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao52limpezageralcomunidadelaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao53secretariaagriculturaemeioambientemanilhamentolaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao54aopresidentecamaraaudienciapublicaoab.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao47salavacinacaounidadedesaudequilombo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao11limpezaescadariazigzag.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao57manutencaopontecomunidadejatoba.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao58molharestradacorregodoshorst.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao59limpezacanais_e_bueirosbairroferreiravale.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao60vagadeembarque-desembarque.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao61manutencaoestradaspiloes.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao62manutencaopontecomunidadepiloes.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao14melhorasistemailuminacaopracajohnnysoareslamas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao54reformaescolalaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao55retornodocarrofumace.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao54instalacaodelixeiraruaigrejatabernaculo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao55reparoiluminacaopracaantidesfaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao56reparoredeesgotopequia.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao63construcaobueiroestradaassociacaoirmaosprimos.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao64manutencaoestradabeirario.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao56construcaopostosaudeemtrindade.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao57construcaopostosaudeemnossendasgracas.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao57reparoredeesgotoruamilitinojoselima.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao58construcaocalcamentoreparoiluminacaomorroacessoirejasaocristovao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao70asfaltotechoestradaemrioclaro.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao15construcaoquebramolasfrenteclinicariopardo.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1610/indicacao16aplicacaorev_solviladosflorindos.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao17reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1612/indicacao18aplicacaodeasfaltoviladosguedes.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao59limpezapracaginasio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1619/indicacao47salavacinacaounidadedesaudequilombo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao12reparoponteserrinha01.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1621/indicacao13reparoponteestradadofama.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao14reparoscalcamentoruaacendinosilva.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1641/indicacao15iluminacaopublicaruataclachequer.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1642/indicacao71corrimaoruadasubestacao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1643/indicacao72manutencaestradastrocaminilhaspequia.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1644/indicacao73inclusaoderuanoprojetodoasfalto.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1655/indicacao60programabolsaatleta.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1656/indicacao39obrassantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1657/indicacao40patrolamentoruasviladosflorindos.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1658/indicacao41reformaescolaconstrucaoquadrasantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1659/indicacao42construcaodequadraembonsucesso.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1664/indicacao61limpezacasaspopulares.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao62ilumincaoruajoaoferreiradonascimento.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao63retiradaestruturadaponteparquedeexposicoes.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1667/indicacao64ilumincaoquadradepequia.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao65abonoprofessores.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1679/indicacao44reparospontecorregopiloes.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao45construcaobueirocorregopousoalto.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1683/indicacao58limpezaruaprefeitopauloexpedictoamaral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1688/indicacao66reparoasfaltoferreiravale.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1689/indicacao67ilumincaoavenidaaemarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1690/indicacao68reparosnailumincaoproximoaocras.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1691/indicacao69manutencaoestradaspousoalto.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao70manutencaoestradaspousoalto.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao71manutencaoestradascomunidadesaofrancisco.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1694/indicacao72prestacaodeassistenciajuridica.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1695/indicacao16elevacaohorasmaquinasparaprodutor.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao73criacaodeabono.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1713/indicacao74nataldeluzparosdistritos.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1714/indicacao75manutencaoestradaspousoalto_2.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1715/indicacao76gradeparabueirovilanova.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao77manutencaodeiluminacaopublicavilanova.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao78manutencaodebueiropracavilanova.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1718/indicacao79podadearvoresvilanova.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1719/indicacao80fisioterapaeutaseterapeutas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1720/indicacao74divisaomaquinaspromaf.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1721/indicacao75manutencaoestradasbarrobranco.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1722/indicacao76manutencaoeaplicacaodesaibrolaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao77manutencaoeaplicacaodesaibroterracorrida.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1724/indicacao78manutencaoeaplicacaodesaibrorioclaro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1731/indicacao81manutencaodebueiroruabenjaminconstant.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1732/indicacao82manutencaodebueiropracacoroneljoaoosorio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1141/plc_01.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1142/plc_02_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1736/projleicompl_03_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_lei_ordinaria_01_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_lei_ordinaria_02_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_lei_ordinaria_03_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_lei_ordinaria_04_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_lei_ordinaria_05_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_lei_ordinaria_06_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1304/pl072021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1346/prolei08-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_lei_ordinaria_09_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1348/prolei10-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1349/projlei11-2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projleiordin12_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projlei_13_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1476/projlei_14_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1488/projlei_15_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1517/projlei_16_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1518/projlei_17_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1521/projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1522/projlei_19_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1524/projlei_20_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1525/projlei_21_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1526/projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1542/projlei_23_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1543/projlei_24_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1544/projlei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1545/projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1549/projlei_27_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1550/projlei_28_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1551/projlei_29_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1552/projlei_30_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1553/projlei_31_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1627/projlei_32_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1628/pl33_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1629/projlei_34_2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1630/projlei_35_2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1631/projlei_36_2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1633/projlei_37_2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1634/projlei_38_2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1635/projlei_39_2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1636/projlei_40_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1638/projlei_41_2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1639/projlei_42_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1640/projlei_43_2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1647/projlei_44_2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1648/projlei_45_2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1649/projlei_46_2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1654/projlei_47_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1669/projlei_48_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1670/projlei_49_2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1671/projlei_50_2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1672/projlei_51_2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1673/projlei_52_2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1674/projlei_53_2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1675/projlei_54_2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1676/projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1677/projlei_56_2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1682/projlei_57_2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1684/projlei_58_2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1685/projlei_59_2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1697/projlei_60_2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1698/projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1699/projlei_62_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1700/projlei_63_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1701/projlei_64_2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1702/projlei_65_2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1302/projetoderesolucao_012021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1319/pr-03_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1320/pr-04_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1392/pres05-2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1395/pres06-2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1396/pres07-2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1489/projresolucao_08_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1171/remocaodepacientes.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1174/retornosemaforo.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1177/retornociretraniuna.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimentocomandantepoliciamilitar.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1216/01requerimentosesaredecegonha.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1251/01requerimentomocaopesarsirleybatistaguilherme.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimentoprefeitoestacionamentofeira.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1253/01requerimentomocaopesarjonasdomercadinho.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1254/redutoresvelocidadees-185.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1285/03requerimentomocaodeaplausosjuliocezarmendel.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento02mocaodeaplausosescritoragisagomesdealmeida.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento03mocaodeaplausoscafeicultoresdocaparao.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1335/01requerimentomocaopesarsirleybatistaguilherme.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1336/02requerimentomocaodeapalusosongamigofiel.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1337/03funcionamentodeacademias.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1338/04emplacamentodeveiculos.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1339/requerimento04relatoriopromaf-jan.fev.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1340/requerimento05relatorioassist.tecnica-jan.fev.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1341/requerimento06programacaometasassist.tecnicasec.agricultura.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento07sec.saudeatendimentomedicozonarural.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento08sec.saudeatendimentomedicounidadesaude.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento09relatoriomanutencaoestradasjan.fev.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento10sec.agriculturafaltaensaibramentoestardaspatroladas.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1374/03requerimentocomandantepoliciamilitarrondapolicial.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1375/04informacaocreditosobresuplementar.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1376/04suspencaopontoeletronicoservidores.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1390/05requerimentosantacasademisao-admissao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1397/05mocaodepesarmozia.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1398/09reuniaosantacasajuizpromotor.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1399/010requerimentoelzeniadvogada.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento11mocaodeaplausosescritoragisagomesdealmeida.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1431/mocaodeaplausosguilhermepagani.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimentosessao_solene.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1433/011requerimentoder_es.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento12policiamentocomunidadesrurais.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1446/06podaarvoresindustrial.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimentosessao_solene.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento13rendimentohoracontratadamaquinas.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1472/02placasinalizacao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1495/07requerimentocaixaeconomicafederal.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1512/mocaocongratulacoesmariobarbosa.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1513/mocaolouvorigrejaassembleiadedeus.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1514/07mocaoaplausoscaixaeconomica.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1515/013requerimentosessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento15mocaopesarmoisesmartinscassiano.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1538/012mocaopesarguilherminadias.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1539/07mocaodeaplausosclodoaldohenriqquesmartins.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1540/08mocaoaplausosmarceloflorindofreitas.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento16reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1557/08requerimentocomandantepoliciamilitarrondapolicialfigueira.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1572/2021oficio088lixeirafrenteprediobb.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1573/012requerimentomocaopesargenesioangeloribeiro.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1574/013requerimentosessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1575/15terrenooabde_iuna.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento17aluguelde_carros.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento18mocaodeaplausosdemetriusecelmo.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1578/requerimento19reiterarequerimentos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1579/03mocaopesarjonasalvesribeiro.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1580/04mocaopesarzilmalealamorim.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1581/05mocaopesarmarizeangelocastro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1582/transporteescolar.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1600/09impressaocontracheques.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1601/10mocaodepesarantoniopinheirogomes.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1613/016audienciapublicaterrenooab.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1614/017mocaopesarderlyalvesribeiro.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1615/018mocaopesaraleidevargasramos.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1616/mocaodepesarsebastiaochuengue.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1617/06mocaozezinhobidu.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1623/019mocaoaplausosapae_iuna.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1624/020prefeitopodaarvore.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1625/09mocaopesartoninhododelcides.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento20sec.saudesalarioagentesaude.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento21mocaopesarluisjosedasilva.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1660/11mocaodecongratulacoesjornalnoticia35_anos.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1661/mocaodeaplausosmatteusfreitaslima.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1662/10mocaodeaplausosmedicowilsonlopescardosoneto.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1663/11mocaodeaplausosmedicanatalyaparecidafumianmendes.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1168/mocaodelouvorcleriojoseborges.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1170/mocaodepesarmargaridamariamendescezar.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1172/01requerimentomocaoaplausoscaplucasmuzi.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1173/01requerimentomocaopesarfranciscavieirareis.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1175/01requerimentomocaopesaranaalmeidamatos.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1176/02requerimentomocaopesarorcendinaeduardadasilva.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1388/mocaodepesarjorgepaulino.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1389/04requerimentomocaoaplausosedenmarcosvieiracezar.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1391/06requerimentomocaopesardoralinaraiderdeoliveira.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1434/011requerimentomocaopesargenesioangeloribeiro.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1435/06requerimentomocaopesarmarlice.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1436/01mocaopesarjoaonestor.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento14mocaopesargerfaldocostalima.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1668/017mocaopesarzeliaoliveirarios.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1681/021requerimentosessaosolenediaservidorpublico.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1696/12mocaodelouvorgirlanemariaferreiraflorindo.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1725/mocaodeaplausosincaper.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento22mocaodeaplausosdenevalvieirajunior.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento23mocaodeaplausosdenevalmirandavieira.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento24mocaodeaplausossarahorts.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1733/08requerimentoedp.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1734/022mocaopesaraugustodalrio.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1687/declegis_01_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1729/declegis_02_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1704/declegis_03_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1705/declegis_04_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1706/declegis_05_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1178/emenda_plc_012021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1179/emenda_plc_022021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1180/emenda_plc032021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1181/emendaplc4.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1182/emendaplc5.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1351/emenda1plord09-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1352/emenda2plord09-2021_3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1354/emenda3plord09-2021_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1355/emenda4pl09-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1519/emenda_10_projlei_12_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1546/emenda_12_projlei_16-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1548/emenda_13_projlei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1583/emenda_14_projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1584/emenda_15_projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1585/emenda_16_projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1587/emenda_17_projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1588/emenda_18_projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1589/emenda_19_projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1591/emenda_20_porjlei_19_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1592/emenda_21_projlei_24_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1602/emenda22projlei_31_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1603/emenda23projlei_31_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1650/emenda24projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1651/emenda25projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1652/emenda26projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1707/emenda28projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1708/emenda29projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1709/emenda30projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1710/emenda31projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1711/emenda32projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1730/emenda33projlei_48_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1737/emenda35projleicomplementar_03_2021_2.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1738/emenda36projleicomplementar_03_2021_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1739/emenda37projleicomplementar_03_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1740/emenda38projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1741/emenda39projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1742/emenda40projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1143/indicacao01limpezatrevopequia.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1144/indicacao02iluminacaodoatacarejoaoicc.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1145/indicacao03coletalixocorregolaje.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1146/indicacao04placatrevodeiuna.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1147/indicacao01retiradamanilhasdedepositolixo.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1148/indicacao02apoioamigosdoverde.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1149/indicacao01reparocalcamentor-franciscoaugustocastro.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1150/indicacao02reparocalcamentor-astrogildo_silveira.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1151/indicacao01pontesantaclara.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1152/indicacao02campofutebolsantaclara.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1153/indicacao03quadracobertasantaclara.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1154/indicacao04pontenossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1155/indicacao05patrolarensaibrarestradasbarrobranco.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1156/indicacao06patrolarensaibrarestradasbonsucess.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1157/indicacao07patrolarensaibrarestradasserrafama.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1158/indicacao08pavimentacaoruassantaclara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1159/indicacao09pontesantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1160/indicacao10calamentoquadracobertabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1161/indicacao11calamentoquadracobertasantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1162/indicacao12estraedadospiloescalamentoquadracobertasantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1163/indicacao13reaberturaestradasenhorderli.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1164/casadoagricultor.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1165/indicacao01pontecorregodaonca.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1166/indicacao02patrolamentoestradasrurais.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1167/indicacao03reparocalcamentoruaipiranga.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1185/indicacao07calcamentoproximobardaeni.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1186/indicacao08farmaciabasicapequia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1187/indicacao09iluminacaoruaismaelvicentebarros.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1188/indicacao10lampadasled.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1189/indicacao01reparospontesaocristovao.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1190/indicacao03farmaciabasicapequia.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1191/indicacao04reformaampliacaounidadesaudesantaclaradourbano.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1192/indicacao05manutencaoestradassaojoaodoprincieerioclaro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1193/indicacao06manutencaoestardasbr262laranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1194/indicacao07empresacalcamentosaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1195/indicacao03reformacampobomdebolaguanabara-iluminacaopito.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1196/indicacao04reformaginasiopoliesportivo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1197/indicacao05limpezadeentulho-calcamentoripirangaeastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1198/indicacao01iluminacaopito.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1199/indicacao14iluminacaoparqueexposicoes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1200/indicacao15placadefrentecreche.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1201/indicacao02construcaolaboratorioanalisesensorial.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1202/indicacao03reparosiluminacaoruaquintinobocaiuva.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1203/indicacao04reparosiluminacaoruasebastiaodocarmoamorim.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1204/indicacao05reparoiluminacaomilitinojosedelima.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1205/indicacao06calcamentoruaridavalmanoeldesouza.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1206/indicacao07calcamentoruasebastiaodocarmoamorim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1207/indicacao08reparoscalcamentoruamilitinojosedelima.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1208/indicacao09reparocalcamentoruaarlindorodriguesflorindo-guanabara.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1209/indicacao10reparosestradabeirariopequia.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1210/indicacao11reparosestradatrespontesprinciperioclaro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1211/indicacao12reparosestradaiuna-munizfreire.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1212/indicacao01patrolarestradasprincipe.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1213/indicacao02calcamentoponterioclaro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1214/indicacao03calcamentoruassededistrito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1217/indicacao11calcadaoavantonioaugustooliveira.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1218/indicacao12reformafachadaebancosescoalnagem.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1219/indicacao13reformaquadrasaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1220/indicacao14reformaquadralaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1221/indicacao15iluminacaopublicacomunidadefigueira.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1222/indicacao16dragagembancodeareiariojosepedro.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1223/indicacao17limpezaedragagemriopardo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1224/indicacao08manutencaoestradassaojoaodoprincieerioclaropaisagismo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1225/indicacao09reformaampliacaounidadesauderioclaro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1226/indicacao10reformaampliacaounidadesaudejotahorsthsaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1227/indicacao11manutencaoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1229/indicacao13manutencaoruaantoniojeronimodesouza.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1230/indicacao14manilhamentoestradaprincipalpocodoegito.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1231/indicacao15terminocalcamentorioclaro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1232/indicacao16secretariameioambientelixo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1233/indicacao06morrobarradaserra.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1234/indicacao07entulhosruasraulcaetanoastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1235/indicacao08ltaolixoavsaovicentedepaula.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1236/indicacao02limpezaparquedeexposicoes.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1237/indicacao17agualoeamentosedmarguedesjoniflorindo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1238/indicacao18reformamataburro.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1239/indicacao19arcondicionadacapelamortuaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1240/indicacao20mudancadeestrada.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1241/indicacao13analisesolofolha.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1242/indicacao14coletadelixocomunidaderural.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1243/indicacao15cronogramacoletadelixocomunidaderural.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1244/indicacao16cronogramacoletadelixocomunidaderuralferiadocarnaval.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1245/indicacao17coletadelixocidade.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1246/indicacao18transbordodolixo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1247/indicacao19patrolamentodeestradas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1248/indicacao20cronogramadepatrolamento.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1249/indicacao04saneamentodepequia.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1250/indicacao06iluminacaocorregodolaje.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1261/indicacao18iluminacaopontesdomunicipio.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1262/indicacao19reformaplaygroundpracaferreiravale.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1263/indicacao20instalacaodeplacasnaspracasecentromultiuso.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1264/indicacao17capelamortuariadistnossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1265/indicacao18crechedistnossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1266/indicacao19crechesantaclara.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1267/indicacao09calcamentocampobomdebolaguanabaraealambrado.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1268/indicacao10iluminacaocampobomdebolapito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1269/indicacao11recapeamentoasfaltosedeiuna.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1270/indicacao12consertoestradasserrinhaieiicorregosantoantonio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1271/indicacao13manutencaocalcamentobairroguanabara.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1272/indicacao14iluminacaocasinhapopularbairronossasenhoradapenha.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1273/indicacao15entulhosetrocadelampadasbentodealmeidamoco.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1274/indicacao16retiradadelixoeentulhoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1275/indicacao21construcaocapelasantissimatrindade.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1277/indicacao23iluminacaoparqueindustrialborrachariabrunooficinaedinho.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1278/indicacao01recuperacaopassarelaferreiravale.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1279/indicacao02patrolamentosantaclaracaparaopousoaltopiloes.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1280/indicacao03retiradaentulhobairroquilombo.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1281/indicacao21manutencaopontelaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1282/indicacao22manutencaoretiradabarreirasterracorridaaltoterracorridasaojudas.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1283/indicacao23manutencaoestradassantaclarapiloesfazendaalegriabomdestino.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1284/indicacao07reparobueiroantoniolobato.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1288/indicacao21construcao_quadradeesportessantaclaradojuca.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1289/indicacao22construcao_quadradeesportessantaclaradourbano.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1290/indicacao23construcaopontealtotrindade.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1291/indicacao24manilhamentoecalcamentobairroaltolage.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1292/indicacao25calcamentoserrariagildinho.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1293/indicacao26limpezaruaquintinobocaiuva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1294/indicacao27potralarensaibraresradassecundariassaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1295/indicacao02conclusaocalcamentoruarivadalmanoeldesouza.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1296/indicacao03lavagemav.presidentevargasedep.joaorios.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1305/indicacao20secretariaagriculturamanilhamentorioclaro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1306/indicacao21secretariaagriculturamanilhamentoestradaprincipalrioclaro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1307/indicacao22secretariaagriculturapatrolamentoensaibramentolaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1308/indicacao23pagamentopericulosidadesantacasa.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1309/indicacao24scretariameioambienterecursoprocedimentosanimais.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1310/indicacao17manutencaocalcamentoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1311/indicacao18retiradaentulhosemanutencaocalcamentoruahermanantoniodasilveira.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1312/indicacao19retiradaentulhosebarrancoruaraulcaetanodasilva.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1313/indicacao20canaletaruaadilioamaralbairroguanabara.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1314/indicacao21limpezaruahermanantoniosilveira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1315/indicacao24servicosquadraesportesnossenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1316/indicacao24retiradadepedrarodovia379proximoterracorrida.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1317/indicacao25manutencaoestradasserrinhaibomdestinosantoantoniotrespontes.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1318/indicacao05reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1321/indicacao03retiradadeentulhos.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1322/indicacao04podadearvores.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1323/indicacao05reparoavamphilophiooliveira.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1324/indicacao28limpezaconsultoriodentariosaojoaodoprincipe.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1325/indicacao29calcamentoruassantaclaradourbano.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1326/indicacao30calcamentoemfrentepostodesaudepito.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1327/indicacao31calcamentoaltouberaba.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1328/indicacao03lavagemav.presidentevargasedep.joaorios.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1329/indicacao22reparobueiroruahermanantoniosilveira.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1330/indicacao23calcamentoruaantoniobelodossantos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1332/indicacao27secretariainfraestruturaservicoiluminacaoterracorrida.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1333/indicacao28reparoensaibramentoestardaboasoreemorroredondo.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1334/indicacao29coletadelixoserrinhaieii.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1356/indicacao32pavimentacaopicocolossus.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1357/indicacao33calcamentosebastiaogessimocezar.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1358/indicacao34limpezaemanutencaodailuminacaorodoviacoronelleonciovieira.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1359/indicacao35calcamentoruavereadorgenesiodasilveira.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1360/indicacao25retiradadeentulhos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1361/indicacao26reparocalcamento.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1363/indicacao24manutencaoruamonteiroalves.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1364/indicacao25reparomuraosaovicente-asfaltocasadaculturaateaguasanta.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1365/indicacao26reparocalcamentoruabentoalmeidamoco.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1366/indicacao27reparocalcamentoruaantoniomonteiroalves-pito.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1367/indicacao28reparocalcamentoruanovopostodesaudequilombo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1368/indicacao29quebramolasruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1369/indicacao30limpezaruahermanantoniosilveira.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1370/indicacao25construcaodebueiro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1371/indicacao26construcaodeponte.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1372/indicacao27vacinaparaprofessores.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1373/indicacao28vacinaparaagentesfunerarios.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1377/indicacao30manutencaoestradacachoeirachiador-rioclaro.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1378/indicacao31manilhamentoemanutencaoestardasrioclaro.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1379/indicacao32calcamentoruaeuclidesjosemartins-guanabara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1380/indicacao33manutencaoestradauberabasentidoaltotrindade.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1381/indicacao34predioassociacaoamigofiel.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1382/indicacao35auxilioemergencial.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1383/indicacao36calcamentoemrioclaro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1384/indicacao37calcamentoruaatalibajosebarros.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1385/indicacao38calcamentoruaarlindorodriguesflorindo.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1386/indicacao39limpezadapracaantidesfaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1387/indicacao08calcamentosubstituirlampasruaeuclidesjosemartins.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1401/indicacao31patrolamnentoestadascorjatoba.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1402/indicacao40manutencaoestradasserrinha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1403/indicacao41manutencaoestradaspiloespedregulho.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1404/indicacao42auxiliotrabalhadorpanhacafe.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1405/indicacao43reparocalcamentoruaadiliodavinoassis.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1406/indicacao44limpezamargensavpresidentetanchedoneves.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1407/indicacao45esgotocorregolaje.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1408/indicacao09esgotocorregolaje.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1409/indicacao27limprezaruasloteamentocidadenova.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1410/indicacao28trocabrinquedospracabairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1411/indicacao29construcaopostosaudebairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1412/indicacao30construcaocrechebairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1413/indicacao31limpezaespacoproximoescoaldeolinda.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1414/indicacao33lavagemavamphilophiooliveira.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1415/indicacao34limpezamargensavenida.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1416/indicacao32proseguimentoderuanoguanabara.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1417/indicacao33patrolamentestradasserrinhaieii.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1418/indicacao29reformabueirosantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1420/indicacao31agentesaudeentregacorrespondencia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1421/indicacao32reparopontesantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1422/indicacao33patrlamentoestradasruraissantasclaraspedregulhpiloes.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1423/indicacao34reformaampliacaoescolasantaclara.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1424/indicacao34reformacalcamentosantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1425/indicacao46aterrocabecopontepiloes.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1426/indicacao06crechepostosaudevilanova.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1427/indicacao07reformapracacoroneljoaoosorio.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1428/indicacao08reformacalcamentorualaurentinofreitas.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1429/indicacao09terrenodoacaooab.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1430/indicacao10aterrocabecadeponte.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1439/indicacao36redeeletricadistprincipe.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1440/indicacao37reparocalcamentoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1441/indicacao38reformaescolarioclaro.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1442/indicacao39reformaescolaprincipe.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1443/indicacao40reparosponteemboasorte.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1444/indicacao41trocalampadasboasorte.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1445/indicacao42construcaounidadesaudepequia.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1447/indicacao35aquisicaoambulancia.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1448/indicacao36revisoesambulancias.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1449/indicacao37agentescomunitariossaudeendemia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1450/indicacao38leiestagiarios.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1451/indicacao38saudenahora.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1452/indicacao39disponibilizacaoginasioesportes.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1453/indicacao40ilumincaopublicavilanova.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1454/indicacao41ilumincaoavamintasosoriomatos.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1455/indicacao42iluminacaocampofutebolpequia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1456/indicacao43ilumincaoruajorgecampospequia.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1457/indicacao44ilumincaoruapedroscardini.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1458/indicacao34reparoscalcamentosnoquilombo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1459/indicacao35reparoscalcamentoruaastrogildosilveira.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1460/indicacao36reparossemaforos.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1461/indicacao37retornoministeriotrabalho.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1462/indicacao38lavarruasbairrospitonossasenhoradapenha.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1463/indicacao06reparopontesantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1464/indicacao47iluminacaopracavilanova.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1465/indicacao48melhoraestradasboasortetristesorte.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1466/indicacao49melhoraestradascorregohorst.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1467/indicacao50melhoraestradascorregosossego.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1468/indicacao11limpezaavamintasosoriomatos.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1469/indicacao12quebramolasavdeputadojoaorios.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1477/indicacao43extensaoredeeletricasantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1478/indicacao44patrolamentoreparocalcamentosaneamentobasico.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1479/indicacao45reformapracasaovicentepaula.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1480/indicacao51limpezacalcamentoterracorrida.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1481/indicacao52sistemaaguapotavelrioclaro.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1482/indicacao53aquisicaoalimentosprodutoresagriculturafamiliar.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1483/indicacao10esgotoviladosguedes.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1484/indicacao11reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1485/indicacao12trocalampadaspequia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1486/indicacao13limpezaquadra_e_ruapequia.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1490/indicacao46reparocalcamentorioclaro.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1491/indicacao47reparobueirorioclaro.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1492/indicacao47revitalizacaoespacopublicoprincipe.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1493/indicacao49reparoampliacaopostosaudenossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1494/indicacao50reformaampliacaoescolasantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1496/indicacao45retirarpedrasconstruirbueirocordoslouback.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1497/indicacao46reparocalcamentoavademarcunharuajoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1498/indicacao39lixeiraquilombo.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1499/indicacao40assist.casinhaspopulares.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1500/indicacao41assist.casaspopulares28.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1501/indicacao42quebramolasruamariaribeiroflorindo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1502/indicacao43reparocalcamentosruasanotoniomonteiroalves-tabeliaomanoelmoraes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1503/indicacao44podaarvoresproximoicc.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1504/indicacao45trocalampadasprosimoicc.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1505/indicacao07reparoscalcamentoavenidadeputado.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1506/indicacao08reparopontebarrobranco.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1507/indicacao09construcaobueirotoinze.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1508/indicacao35reformacalcamentosantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1509/indicacao36trocavigaspontedivisaiunairupi.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1510/indicacao54reparobueiroboasorte.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1511/indicacao13quebramolasavsa_saovicentedepaula.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1527/indicacao04extensao_de_rede_em_sta_clara.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1528/indicacao05calcamento_sta_clara.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1529/indicacao47implantacaocapsemiuna.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1530/indicacao48apoioestudantesautistas.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1531/indicacao49limpezaavademarvieiracunha.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1532/indicacao46lixeiraproximocemiteriolavarruaspodararvore.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1533/indicacao10construcaomanilhamentocorboaesperanca.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1534/indicacao37unidadebasicasaudesantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1535/indicacao38patrolamentoensaibramentoempedregulho.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1536/indicacao55reparobueirocalcamentoruaantoniomonteiroalves.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1537/indicacao56manutencaoestradaacessonossasenhoragracas.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1554/indicacao51reparocalcamentocapelinhasaocristovao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1555/indicacao52servicodeinternet.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1556/indicacao53construcaopontealtotrindade.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1558/indicacao50reparoquadravilanova.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1559/indicacao51passarelaemfrentefarmaciamunicipal.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1560/indicacao52limpezageralcomunidadelaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1561/indicacao53secretariaagriculturaemeioambientemanilhamentolaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1562/indicacao54aopresidentecamaraaudienciapublicaoab.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1563/indicacao47salavacinacaounidadedesaudequilombo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1564/indicacao11limpezaescadariazigzag.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1565/indicacao57manutencaopontecomunidadejatoba.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1566/indicacao58molharestradacorregodoshorst.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1567/indicacao59limpezacanais_e_bueirosbairroferreiravale.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1568/indicacao60vagadeembarque-desembarque.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1569/indicacao61manutencaoestradaspiloes.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1570/indicacao62manutencaopontecomunidadepiloes.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1571/indicacao14melhorasistemailuminacaopracajohnnysoareslamas.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1593/indicacao54reformaescolalaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1594/indicacao55retornodocarrofumace.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1595/indicacao54instalacaodelixeiraruaigrejatabernaculo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1596/indicacao55reparoiluminacaopracaantidesfaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1597/indicacao56reparoredeesgotopequia.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1598/indicacao63construcaobueiroestradaassociacaoirmaosprimos.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1599/indicacao64manutencaoestradabeirario.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1604/indicacao56construcaopostosaudeemtrindade.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1605/indicacao57construcaopostosaudeemnossendasgracas.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1606/indicacao57reparoredeesgotoruamilitinojoselima.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1607/indicacao58construcaocalcamentoreparoiluminacaomorroacessoirejasaocristovao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1608/indicacao70asfaltotechoestradaemrioclaro.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1609/indicacao15construcaoquebramolasfrenteclinicariopardo.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1610/indicacao16aplicacaorev_solviladosflorindos.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1611/indicacao17reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1612/indicacao18aplicacaodeasfaltoviladosguedes.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1618/indicacao59limpezapracaginasio.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1619/indicacao47salavacinacaounidadedesaudequilombo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1620/indicacao12reparoponteserrinha01.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1621/indicacao13reparoponteestradadofama.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1622/indicacao14reparoscalcamentoruaacendinosilva.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1641/indicacao15iluminacaopublicaruataclachequer.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1642/indicacao71corrimaoruadasubestacao.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1643/indicacao72manutencaestradastrocaminilhaspequia.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1644/indicacao73inclusaoderuanoprojetodoasfalto.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1655/indicacao60programabolsaatleta.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1656/indicacao39obrassantaclaraurbano.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1657/indicacao40patrolamentoruasviladosflorindos.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1658/indicacao41reformaescolaconstrucaoquadrasantaclaracaparao.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1659/indicacao42construcaodequadraembonsucesso.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1664/indicacao61limpezacasaspopulares.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1665/indicacao62ilumincaoruajoaoferreiradonascimento.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1666/indicacao63retiradaestruturadaponteparquedeexposicoes.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1667/indicacao64ilumincaoquadradepequia.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1678/indicacao65abonoprofessores.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1679/indicacao44reparospontecorregopiloes.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1680/indicacao45construcaobueirocorregopousoalto.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1683/indicacao58limpezaruaprefeitopauloexpedictoamaral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1688/indicacao66reparoasfaltoferreiravale.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1689/indicacao67ilumincaoavenidaaemarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1690/indicacao68reparosnailumincaoproximoaocras.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1691/indicacao69manutencaoestradaspousoalto.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1692/indicacao70manutencaoestradaspousoalto.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1693/indicacao71manutencaoestradascomunidadesaofrancisco.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1694/indicacao72prestacaodeassistenciajuridica.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1695/indicacao16elevacaohorasmaquinasparaprodutor.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1712/indicacao73criacaodeabono.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1713/indicacao74nataldeluzparosdistritos.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1714/indicacao75manutencaoestradaspousoalto_2.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1715/indicacao76gradeparabueirovilanova.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1716/indicacao77manutencaodeiluminacaopublicavilanova.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1717/indicacao78manutencaodebueiropracavilanova.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1718/indicacao79podadearvoresvilanova.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1719/indicacao80fisioterapaeutaseterapeutas.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1720/indicacao74divisaomaquinaspromaf.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1721/indicacao75manutencaoestradasbarrobranco.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1722/indicacao76manutencaoeaplicacaodesaibrolaranjadaterra.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1723/indicacao77manutencaoeaplicacaodesaibroterracorrida.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1724/indicacao78manutencaoeaplicacaodesaibrorioclaro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1731/indicacao81manutencaodebueiroruabenjaminconstant.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1732/indicacao82manutencaodebueiropracacoroneljoaoosorio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1141/plc_01.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1142/plc_02_2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1736/projleicompl_03_2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1255/projeto_lei_ordinaria_01_2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1256/projeto_lei_ordinaria_02_2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1257/projeto_lei_ordinaria_03_2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1258/projeto_lei_ordinaria_04_2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1259/projeto_lei_ordinaria_05_2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1260/projeto_lei_ordinaria_06_2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1304/pl072021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1346/prolei08-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1347/projeto_lei_ordinaria_09_2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1348/prolei10-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1349/projlei11-2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1438/projleiordin12_2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1475/projlei_13_2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1476/projlei_14_2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1488/projlei_15_2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1517/projlei_16_2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1518/projlei_17_2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1521/projlei_18_2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1522/projlei_19_2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1524/projlei_20_2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1525/projlei_21_2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1526/projlei_22_2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1542/projlei_23_2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1543/projlei_24_2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1544/projlei_25_2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1545/projlei_26_2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1549/projlei_27_2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1550/projlei_28_2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1551/projlei_29_2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1552/projlei_30_2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1553/projlei_31_2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1627/projlei_32_2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1628/pl33_2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1629/projlei_34_2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1630/projlei_35_2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1631/projlei_36_2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1633/projlei_37_2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1634/projlei_38_2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1635/projlei_39_2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1636/projlei_40_2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1638/projlei_41_2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1639/projlei_42_2021.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1640/projlei_43_2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1647/projlei_44_2021.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1648/projlei_45_2021.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1649/projlei_46_2021.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1654/projlei_47_2021.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1669/projlei_48_2021.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1670/projlei_49_2021.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1671/projlei_50_2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1672/projlei_51_2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1673/projlei_52_2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1674/projlei_53_2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1675/projlei_54_2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1676/projlei_55_2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1677/projlei_56_2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1682/projlei_57_2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1684/projlei_58_2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1685/projlei_59_2021.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1697/projlei_60_2021.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1698/projlei_61_2021.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1699/projlei_62_2021.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1700/projlei_63_2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1701/projlei_64_2021.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1702/projlei_65_2021.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1302/projetoderesolucao_012021.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1319/pr-03_2021.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1320/pr-04_2021.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1392/pres05-2021.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1395/pres06-2021.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1396/pres07-2021.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1489/projresolucao_08_2021.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1171/remocaodepacientes.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1174/retornosemaforo.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1177/retornociretraniuna.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1215/requerimentocomandantepoliciamilitar.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1216/01requerimentosesaredecegonha.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1251/01requerimentomocaopesarsirleybatistaguilherme.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1252/requerimentoprefeitoestacionamentofeira.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1253/01requerimentomocaopesarjonasdomercadinho.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1254/redutoresvelocidadees-185.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1285/03requerimentomocaodeaplausosjuliocezarmendel.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1286/requerimento02mocaodeaplausosescritoragisagomesdealmeida.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1287/requerimento03mocaodeaplausoscafeicultoresdocaparao.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1335/01requerimentomocaopesarsirleybatistaguilherme.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1336/02requerimentomocaodeapalusosongamigofiel.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1337/03funcionamentodeacademias.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1338/04emplacamentodeveiculos.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1339/requerimento04relatoriopromaf-jan.fev.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1340/requerimento05relatorioassist.tecnica-jan.fev.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1341/requerimento06programacaometasassist.tecnicasec.agricultura.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1342/requerimento07sec.saudeatendimentomedicozonarural.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1343/requerimento08sec.saudeatendimentomedicounidadesaude.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1344/requerimento09relatoriomanutencaoestradasjan.fev.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1345/requerimento10sec.agriculturafaltaensaibramentoestardaspatroladas.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1374/03requerimentocomandantepoliciamilitarrondapolicial.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1375/04informacaocreditosobresuplementar.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1376/04suspencaopontoeletronicoservidores.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1390/05requerimentosantacasademisao-admissao.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1397/05mocaodepesarmozia.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1398/09reuniaosantacasajuizpromotor.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1399/010requerimentoelzeniadvogada.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1400/requerimento11mocaodeaplausosescritoragisagomesdealmeida.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1431/mocaodeaplausosguilhermepagani.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1432/requerimentosessao_solene.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1433/011requerimentoder_es.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1437/requerimento12policiamentocomunidadesrurais.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1446/06podaarvoresindustrial.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1470/requerimentosessao_solene.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1471/requerimento13rendimentohoracontratadamaquinas.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1472/02placasinalizacao.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1495/07requerimentocaixaeconomicafederal.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1512/mocaocongratulacoesmariobarbosa.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1513/mocaolouvorigrejaassembleiadedeus.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1514/07mocaoaplausoscaixaeconomica.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1515/013requerimentosessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1516/requerimento15mocaopesarmoisesmartinscassiano.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1538/012mocaopesarguilherminadias.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1539/07mocaodeaplausosclodoaldohenriqquesmartins.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1540/08mocaoaplausosmarceloflorindofreitas.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1541/requerimento16reformaescolaterracorrida.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1557/08requerimentocomandantepoliciamilitarrondapolicialfigueira.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1572/2021oficio088lixeirafrenteprediobb.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1573/012requerimentomocaopesargenesioangeloribeiro.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1574/013requerimentosessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1575/15terrenooabde_iuna.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1576/requerimento17aluguelde_carros.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1577/requerimento18mocaodeaplausosdemetriusecelmo.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1578/requerimento19reiterarequerimentos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1579/03mocaopesarjonasalvesribeiro.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1580/04mocaopesarzilmalealamorim.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1581/05mocaopesarmarizeangelocastro.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1582/transporteescolar.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1600/09impressaocontracheques.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1601/10mocaodepesarantoniopinheirogomes.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1613/016audienciapublicaterrenooab.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1614/017mocaopesarderlyalvesribeiro.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1615/018mocaopesaraleidevargasramos.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1616/mocaodepesarsebastiaochuengue.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1617/06mocaozezinhobidu.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1623/019mocaoaplausosapae_iuna.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1624/020prefeitopodaarvore.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1625/09mocaopesartoninhododelcides.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1626/requerimento20sec.saudesalarioagentesaude.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1645/requerimento21mocaopesarluisjosedasilva.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1660/11mocaodecongratulacoesjornalnoticia35_anos.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1661/mocaodeaplausosmatteusfreitaslima.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1662/10mocaodeaplausosmedicowilsonlopescardosoneto.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1663/11mocaodeaplausosmedicanatalyaparecidafumianmendes.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1168/mocaodelouvorcleriojoseborges.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1170/mocaodepesarmargaridamariamendescezar.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1172/01requerimentomocaoaplausoscaplucasmuzi.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1173/01requerimentomocaopesarfranciscavieirareis.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1175/01requerimentomocaopesaranaalmeidamatos.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1176/02requerimentomocaopesarorcendinaeduardadasilva.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1388/mocaodepesarjorgepaulino.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1389/04requerimentomocaoaplausosedenmarcosvieiracezar.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1391/06requerimentomocaopesardoralinaraiderdeoliveira.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1434/011requerimentomocaopesargenesioangeloribeiro.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1435/06requerimentomocaopesarmarlice.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1436/01mocaopesarjoaonestor.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1487/requerimento14mocaopesargerfaldocostalima.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1668/017mocaopesarzeliaoliveirarios.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1681/021requerimentosessaosolenediaservidorpublico.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1696/12mocaodelouvorgirlanemariaferreiraflorindo.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1725/mocaodeaplausosincaper.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1726/requerimento22mocaodeaplausosdenevalvieirajunior.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1727/requerimento23mocaodeaplausosdenevalmirandavieira.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1728/requerimento24mocaodeaplausossarahorts.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1733/08requerimentoedp.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2021/1734/022mocaopesaraugustodalrio.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H579"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>