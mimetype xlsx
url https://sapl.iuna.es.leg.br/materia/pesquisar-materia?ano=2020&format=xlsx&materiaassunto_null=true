--- v0 (2026-01-16)
+++ v1 (2026-03-19)
@@ -54,147 +54,147 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>João Elias</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1135/decles032020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1135/decles032020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SESSÃO SOLENE DE ENTREGA DE TÍTULOS DE CIDADÃO IUNENSE, IUNENSE AUSENTE, IUNENSE PRESENTE E A COMENDA PARLAMENTAR DO RIO PARDO DE 2020.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1136/decles042020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1136/decles042020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE DE 2020.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1137/decles052020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1137/decles052020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE AUSENTE DE 2020.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1138/decles062020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1138/decles062020.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE PRESENTE DE 2020.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1139/decles072020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1139/decles072020.pdf</t>
   </si>
   <si>
     <t>CONCEDE COMENDA PARLAMENTAR DO RIO PARDO DE 2020.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei</t>
   </si>
   <si>
     <t>Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/952/emenda_projeto_lei_ordinaria_17_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/952/emenda_projeto_lei_ordinaria_17_2020.pdf</t>
   </si>
   <si>
     <t>REDUZ O VALOR DO CRÉDITO SUPLEMENTAR PARA CONSTRUÇÃO DE CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>Darlan Barglini</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/953/emenda_projeto_lei_ordinaria_21_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/953/emenda_projeto_lei_ordinaria_21_2020.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO PRIMEIRO E SUPRIME O ARTIGO TERCEIRO DO PROJETO DE LEI ORDINÁRIA 21/2020.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/</t>
+    <t>http://sapl.iuna.es.leg.br/media/</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja encaminhado a Câmara Municipal de Iúna projeto de lei ordinária, dispondo sobre a isenção e remissão do Imposto Predial e Territorial Urbano – IPTU e Taxas de Serviços Urbanos, incidentes sobre os imóveis afetados pelas catástrofes climáticas que determinaram a decretação do Estado de Calamidade Pública no Município de Iúna. Segue anexo modelo de projeto de lei ordinária.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira a efetuar reparos na ponte do Córrego Barro Branco e patrolamento e retirada de pequenas barreiras na Estrada, próximo à casa do Produtor rural João Lima.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira a efetuar reparos no Sistema de Iluminação Pública da Avenida José Luiz de Castro, Bairro Vila Nova, nesta Cidade.</t>
   </si>
   <si>
     <t>917</t>
   </si>
@@ -264,983 +264,983 @@
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Diretor de Esporte, Senhor Erasmo Rocha Gonçalves, juntamente com a Secretaria de Obras, proporcionar a manutenção do campo Bom de Bola do Bairro Quilombo, ofertando assim condições dignas aos desportistas, jovens e crianças que utilizam o espaço do campo para suas atividades físicas, de lazer e prática de esportes.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Julio Soldado</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a providenciar juntamente com sua equipe de trabalho a limpeza da Localidade de Santa Clara do Urbano, haja vista que, no dia 08 de março acontecerá um Encontro de Trilheiros na localidade.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/936/indicacao11calcamentoruavalterpereirasales.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/936/indicacao11calcamentoruavalterpereirasales.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a realizar o calçamento na Rua Valter Pereira Sales, no Distrito de Nossa Senhora das Graças, em atenção a pedidos dos moradores.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/937/indicacao12iluminacaoruajoaquimflorindosobrinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/937/indicacao12iluminacaoruajoaquimflorindosobrinho.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a realizar a substituição da lâmpada do poste da Rua Joaquim Florindo Sobrinho, centro, em frente a Escola Viva Henrique Coutinho, pois a Rua que fica no morro encontra-se totalmente no escuro e sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/938/indicacao13iluminacaoavademarvieiradacunha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/938/indicacao13iluminacaoavademarvieiradacunha.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a realizar a substituição da lâmpada do poste da Avenida Ademar Vieira da Cunha, Bairro Vila Nova, em frente ao antigo Posto de Saúde, sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/939/indicacao14iluminacaoavpresidentegetuliovargas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/939/indicacao14iluminacaoavpresidentegetuliovargas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a proceder reparo e manutenção da iluminação pública do poste da Avenida Presidente Getúlio Vargas, Centro, próximo a Farmácia do Dimas, em atendimento aos comerciante.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/940/indicacao15recuperacaocalcamentocidade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/940/indicacao15recuperacaocalcamentocidade.pdf</t>
   </si>
   <si>
     <t>Que seja designado uma equipe composta por servidores públicos com expertise e capacidade técnica a realizar vistoria por toda cidade, juntamente com os responsáveis pelas obras realizadas pela empresa Saleah, para que se providencie o mais urgente possível os reparos nos calçamentos da cidade, pois, o péssimo estado que se encontra os calçamentos de nossa cidade tem ocasionado graves transtornos e danos aos nossos munícipes.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/943/indicacao02pontelocalserradofama.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/943/indicacao02pontelocalserradofama.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho a construção de Ponte de madeira na localidade de Serra do Fama, estrada que dá acesso a propriedade rural de Ivanilce da Penha Almeida Nascimento e José Ferreira, haja vista que em razão das fortes chuvas as estradas estão em precárias condições de transito e pontes foram arrancadas pelo grande volume de águas.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/944/indicacao03corrimaopontelocaltrespontes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/944/indicacao03corrimaopontelocaltrespontes.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho a construção de Corrimão de proteção na Ponte localizada no Córrego Três Pontes, Distrito de Pequiá, devido ao alto índice de acidentes ocorridos no local, onde, recentemente, caíram dois veículos.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/947/quebramolasavademarvieiradacunha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/947/quebramolasavademarvieiradacunha.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a providenciar com sua equipe de trabalho com urgência, a construção de Quebra-molas na Rua Ademar Vieira da Cunha, no Bairro Vila Nova, em frente ao Buffet P.C., visando reduzir a velocidade dos veículos automotores no local.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/992/indicacao01patrolamentoensaibramentoterracorrida.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/992/indicacao01patrolamentoensaibramentoterracorrida.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a realizar o patrolamento e ensaibramento das estradas vicinais e adjacentes da localidade de Terra Corrida e também pós divisa no sentido de Terra Corrida a Muniz Freire.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao02assistenciasocialmascaraalcoolgel.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao02assistenciasocialmascaraalcoolgel.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Assistência e Desenvolvimento Social da Municipalidade Senhora Maura Bullerjanh Guzzo, que possa adquirir e fornecer as famílias carentes assistidas pelo CRAS, máscaras e álcool em gel para prevenção, tendo em vista a Pandemia que estamos enfrentando.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, infraestrutura e serviços urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira, que possa fazer as podas das árvores em frente à Prefeitura e na descida para a rodoviária, pois a mesma está atrapalhando o trafego de veículos e estacionamento.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao04socorristasecretariadesaude.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao04socorristasecretariadesaude.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade Senhora Vanessa Leocádio Adame, a providenciar equipe com no mínimo quatro profissionais de enfermagem para compor a equipe de socorrista, pois no momento a equipe é formada somente por motorista e um técnico de enfermagem que trabalha com carga horária de oito horas diária.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao05melhoriapontepostolorena.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao05melhoriapontepostolorena.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade Senhor Flaviano Sanguini de Oliveira e sua equipe de trabalho, a providenciar melhorias na Ponte que dá acesso ao Bairro Quilombo, próximo ao Posto Lorena.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/998/indicacao06recuperacaocalcadaoemurosaovicente.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/998/indicacao06recuperacaocalcadaoemurosaovicente.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade Senhor Flaviano Sanguini de Oliveira e sua equipe de trabalho, a providenciar melhorias no calçadão do muro na Avenida São Vicente de Paulo, próximo ao Satírio, pois devido ao buraco no calçadão, está trazendo insegurança aos pedestres e pode ocasionar acidentes.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/999/indicacao07meio-fiocampobomdebola.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/999/indicacao07meio-fiocampobomdebola.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade Senhor Flaviano Sanguini de Oliveira e sua equipe de trabalho, que seja feito a construção de meio-fio e canaleta no Campo Bom de Bola, no Bairro Nossa Senhora da Penha, para que evite enxurrada em dias de chuva no campo, haja vista que o Campo Bom de bola está passando por reforma.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1000/indicacao08adequacaoregulamentacaosituacaodosservidorespublicos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1000/indicacao08adequacaoregulamentacaosituacaodosservidorespublicos.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Gestão da Municipalidade Senhor Rodrigo Arêas Amorim e sua equipe de trabalho, que seja elaborado um estudo de adequação e regulamentação no que tange a situação dos servidores públicos que ocupam cargos no quadro pessoal da Prefeitura de Iúna, haja visto que hoje encontramos servidores mecânicos exercendo cargos de operadores de maquinas e motorista, vigia exercendo cargo de motorista, serventes ocupando cargos de atendentes, operários exercendo cargos de motorista, etc...</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1001/indicacao09secretariadeobrasiluminacaoruaantoniomonteiroalves.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1001/indicacao09secretariadeobrasiluminacaoruaantoniomonteiroalves.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa substituir lâmpada queimada na Rua Antônio Monteiro Alves, Pito, próximo ao imóvel n°145, no bairro Nossa Senhora da Penha. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1002/indicacao10secretariadeobrasiluminacaoruacarlosalbertorios.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1002/indicacao10secretariadeobrasiluminacaoruacarlosalbertorios.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa substituir lâmpada queimada na Rua Carlos Alberto Rios, no bairro Quilombo, a pedido do morador Maxuel. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Arilson Ferreira de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1026/indicacao01extensaoredeiluminacao.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1026/indicacao01extensaoredeiluminacao.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, que possa realizar um Extensão de Rede Elétrica na Rua Antônio Belo dos Santos. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1027/indicacao02limpezaloteamentocolossus.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1027/indicacao02limpezaloteamentocolossus.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, que possa realizar limpeza nas ruas do Loteamento Colossus (Avazeg), no Bairro Quilombo.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1028/indicacao04extensaode.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1028/indicacao04extensaode.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira a efetuar reparos no Sistema de Iluminação Pública da Avenida José Luiz de Castro, Bairro Vila Nova, nesta Cidade.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1043/indicacao16iluminacaoavpresidentetancredoneves.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1043/indicacao16iluminacaoavpresidentetancredoneves.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a realizar a substituição das lâmpadas dos postes da Avenida Presidente Tancredo Neves, trecho entre o Atacarejo Caparaó e o ICC (Iúna Campestre Clube), sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1044/indicacao17iluminacaoavamintasosorioatos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1044/indicacao17iluminacaoavamintasosorioatos.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a realizar a substituição da lâmpada do poste da Avenida Amintas Osório de Matos, Bairro Niterói, próximo ao Aperitivo Lanches,  pois sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1045/indicacao18reparocalcamentovilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1045/indicacao18reparocalcamentovilanova.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira a realizar os devidos Reparos no calçamento da Av. José Luís de Castro, Bairro Vila Nova, nas proximidades da Mercearia Folli.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao19pagaemtnopericulosidadeprofissionaissaude.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao19pagaemtnopericulosidadeprofissionaissaude.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adami a realizar um estudo de impacto financeiro na Instituição, para que enquanto perdurar a Pandemia relativa ao Covid-19, possa efetuar pagamento de Periculosidade (40%) a todos os Profissionais de Saúde que estão na linha de frente para o combate ao Coronavírus. Sabendo que os Enfermeiros, Médicos e Técnicos de Enfermagem estão diretamente expostos ao risco de contaminação pelo vírus, que existe a possibilidade de transmissão da infecção para os próprios familiares de sua casa, que muitos profissionais estão totalmente abalados e trabalhando sobre forte pressão psicológica, que muitos profissionais de saúde no Brasil e no Espírito Santo já estão contaminados, que inúmeros profissionais de saúde pelo mundo foram a óbito, que muitos profissionais de saúde do Brasil já vieram a óbito e que existe a imediata possibilidade de contaminação de nossos Guerreiros Profissionais de Saúde de nosso município,</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1047/indicacao20pagamentopericulosidadesantacasa.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1047/indicacao20pagamentopericulosidadesantacasa.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Gestor da Santa Casa de Iúna, Senhor Ary Leal Faria a realizar um estudo de impacto financeiro na Instituição, para que enquanto perdurar a Pandemia relativa ao Covid-19, possa efetuar pagamento de Periculosidade (40%) a todos os Profissionais de Saúde que estão na linha de frente para o combate ao Coronavírus. Sabendo que os Enfermeiros, Médicos e Técnicos de Enfermagem estão diretamente expostos ao risco de contaminação pelo vírus, que existe a possibilidade de transmissão da infecção para os próprios familiares de sua casa, que muitos profissionais estão totalmente abalados e trabalhando sobre forte pressão psicológica, que muitos profissionais de saúde no Brasil e no Espírito Santo já estão contaminados, que inúmeros profissionais de saúde pelo mundo foram a óbito, que muitos profissionais de saúde do Brasil já vieram a óbito e que existe a imediata possibilidade de contaminação de nossos Guerreiros Profissionais de Saúde de nosso município.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1048/indicacao21pontesantaclara.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1048/indicacao21pontesantaclara.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho em caráter de urgência,  os devidos reparos na ponte na entrada de Santa Clara, pois devido ao estado crítico que a mesma se encontra, corre risco de cair caso aconteça chuvas fortes, porém, a mesma está sendo degradada com o passar do tempo, diminuindo assim o espaço onde passam os veículos, ocasionando risco as pessoas e aos veículos que transitam pela ponte.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1049/indicacao22calcamentocomunidadesantaclara.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1049/indicacao22calcamentocomunidadesantaclara.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini juntamente com sua equipe de trabalho, para fazer os devidos reparos no calçamento de dentro da Comunidade de Santa Clara do Urbano, danificado pelas fortes chuvas no início do ano. Essa indicação representa os anseios da Comunidade.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1050/indicacao23insalubridadeacs.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1050/indicacao23insalubridadeacs.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adame, juntamente com sua equipe de trabalho, para que possa viabilizar para que os Agentes Comunitários de Saúde possam passar a receber insalubridade. Pois os mesmos tem papel fundamental e de grande importância na saúde pública do município, nesse momento de pandemia, e também atuam na linha de frente se expondo a riscos e perigos referente ao coronavírus. Antes mesmo a exposição do covid-19, essa categoria já se expõe nas suas atividades diárias, como por exemplo com pacientes com tuberculose, entre outras doenças contagiosas.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Que seja determinado ao Procurador Geral do Município, Senhor San Martin Donato Roosevelt, para que se faça junto a sua equipe jurídica alteração da Lei do PDM para melhor atender aos munícipes.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1052/indicacao25secretariadeobrasiluminacaosantaclaradourbano.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1052/indicacao25secretariadeobrasiluminacaosantaclaradourbano.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Senhor Flaviano Sanguini de Oliveira, juntamente com sua equipe de trabalho, reparo na iluminação pública na Comunidade de Santa Clara do Urbano.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1053/indicacao26secretariadeobrasicalcamentoprincipe.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1053/indicacao26secretariadeobrasicalcamentoprincipe.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Senhor Flaviano Sanguini de Oliveira, juntamente com sua equipe de trabalho, a viabilidade de calçamento no Distrito de São João do Príncipe, rua após o Posto de Saúde e na subida da Escola.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adame, pagamento de insalubridade aos Agentes Comunitários de Saúde e que os mesmos sejam capacitados e equipados com EPIs, para desenvolverem funções de orientação, prevenção e fiscalização por todo o município, adotando passos estratégicos, para assim tentar minimizar os efeitos da pandemia.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1055/indicacao28secretariadeassistenciasocialestruturamoradoresderua.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1055/indicacao28secretariadeassistenciasocialestruturamoradoresderua.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Assistência e Desenvolvimento Social da Municipalidade, Senhora Maura Bullerjahn Guzzo Rosa, para viabilizar estrutura física para que moradores de rua ou que mesmo andarilhos que estejam de passagem pelo município, tenham condições dignas, pelo menos para um banho e duas alimentações por dia. A solidariedade faz a diferença na vida de todos e torna o mundo um lugar melhor. Nessa época de frio, precisamos agasalhar o próximo; fazer o bem é aproximar-se de Deus, e o setor público deve assumir seu papel no ato de ajudar quem necessita.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1056/indicacao29secretariadeobrasreparocalcamentovilanova.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1056/indicacao29secretariadeobrasreparocalcamentovilanova.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo/manutenção do calçamento da Avenida José Luís de Castro no Bairro Vila Nova. Após a Empresa que estava fazendo as obras para tratamento de esgoto passar por esta rua, a mesma ficou toda danificada, ocasionando perigo e transtorno aos moradores e pessoas que transitam pela mesma. Essa avenida, possui sete comércios e um alto índice de carros, motos e pessoas que passam pela mesma. Assim é de grande importância que a manutenção seja feita em caráter de urgência.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1057/indicacao30subprefeitura.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1057/indicacao30subprefeitura.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Subprefeito, Senhor Antônio Manoel Leal de Amorim e ao Secretário de Agricultura e Agronegócio da Municipalidade, Senhor Robson Fardim Tristão, a realizar a manutenção em algumas estradas na Comunidade de Santa Clara do Urbano, bem como retirada de pedras nas proximidades da casa do Senhor Paulo e Adilson.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1058/indicacao31secretariasaude.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1058/indicacao31secretariasaude.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adame, para que seja disponibilizado marmitex aos motoristas das ambulâncias que estiverem de plantão, para evitar o risco de contaminação aos seus familiares.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1059/indicacao32prefeitomunicipal.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1059/indicacao32prefeitomunicipal.doc</t>
   </si>
   <si>
     <t>Considerando a atual pandemia mundial do COVD-19;_x000D_
 Considerando o Decreto Municipal em Emergência em Saúde Pública;_x000D_
 Considerando a Indicação nº 19/2020 da Câmara Municipal de Iúna;_x000D_
 Considerando a Indicação nº 20/2020 da Câmara Municipal de Iúna;_x000D_
 Considerando a Indicação nº 23/2020 da Câmara Municipal de Iúna;_x000D_
 Considerando a Indicação nº 27/2020 da Câmara Municipal de Iúna;_x000D_
 Considerando o vídeo publicado nas redes sociais do próprio prefeito, informando pagamento da insalubridade em grau máximo aos servidores da saúde que se encontram na linha de frente no combate ao COVID-19.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1060/indicacao33secretariadeobrasiluminacaoruajoseluizdecastro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1060/indicacao33secretariadeobrasiluminacaoruajoseluizdecastro.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo da iluminação na Rua José Luís de Castro no Bairro Vila Nova. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1061/indicacao34secretariadeobrasiluminacaoavantonioaugustooliveira.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1061/indicacao34secretariadeobrasiluminacaoavantonioaugustooliveira.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo da iluminação na Avenida Augusto Antônio de Oliveira, Ferreira Vale, poste ao lado da academia do Two. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1062/indicacao35secretariadeobrasesubprefeituralixeirasantaclaradourbano.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1062/indicacao35secretariadeobrasesubprefeituralixeirasantaclaradourbano.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, e ao Subprefeito Senhor Antônio Manuel Leal de Amorim, a providenciar juntamente com suas equipes de trabalho, a instalação de mais 2 contêineres de lixo na Comunidade de Santa Clara do Urbano, bem como o recolhimento do lixo 1 vez por semana. Devido ao número crescente de habitantes, teve um aumento considerável na produção de lixo, no qual as lixeiras que possuem, não estão suportando a grande quantidade de lixo produzido pela comunidade. Pois, devemos reconhecer que manter a cidade limpa, bem como suas comunidades da área rural, é promover a qualidade de vida da população, pois assim, conseguimos eliminar possíveis focos transmissores de várias doenças e ao mesmo tempo conciliada, ajudando ao enfrentamento da pandemia pelo Covid-19.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1063/indicacao36secretariadeobras.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1063/indicacao36secretariadeobras.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Educação da Municipalidade, Senhor André Luiz Ferreira, juntamente com sua equipe de trabalho, providenciar a instalação de uma unidade educacional “Creche” na Comunidade de Santa Clara do Urbano. Considerando o constante crescimento populacional da comunidade, aproximadamente 600 pessoas residindo na área cadastrada pelos Agentes Comunitários de Saúde; Considerando que após um levantamento efetuado, constatamos que existe uma demanda viável para implantação de uma Creche em Período Integral para atender as famílias que residem na comunidade, principalmente se tratando de Zona Rural, no qual ao chegar o período da safra, as famílias se dedicam em tempo integral a Colheita do Café, não tendo com quem deixar seus filhos menores de 5 anos, muitas vezes tendo que leva-los para lavoura; Considerando que esta é uma comunidade antiga e merece ser valorizada pelo Poder Público.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1064/indicacao37secretariadesaudetesterapidocovi19.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1064/indicacao37secretariadesaudetesterapidocovi19.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adame, a providenciar a compra de Testes Rápidos para Detecção dos anticorpos COVID-19 IgG/IgM; para melhor se organizar no atendimento aos seus servidores municipais, principalmente os da saúde. Considerando a Portaria Nº 1.666 de 1º de julho de 2020, que dispõe sobre a_x000D_
 transferência de recursos financeiros aos estados, distrito federal e município para enfrentamento da emergência de saúde pública de importância internacional _x000D_
 decorrente do coronavírus - covid 19;</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1065/indicacao38_reforma_da_unidade_de_sauda_da_sta_clara.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1065/indicacao38_reforma_da_unidade_de_sauda_da_sta_clara.doc</t>
   </si>
   <si>
     <t>Considerando que a saúde e direito de todos e dever do estado, garantido mediante políticas sociais e econômicas que visem a redução do risco de doença e de outros agravos e ao acesso universal e igualitário as ações e serviços para promoção, proteção e recuperação.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1066/indicacao39secretariadeobrasiluminacao_rua_galaor_rios.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1066/indicacao39secretariadeobrasiluminacao_rua_galaor_rios.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo da iluminação na Rua Galaor Rios, em frente ao Mercado Carioca. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1067/indicacao40secretariadeobrasiluminacaoruaastrogildosilveira.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1067/indicacao40secretariadeobrasiluminacaoruaastrogildosilveira.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo da iluminação na Rua Astrogildo Silveira, Quilombo, próximo à casa da Sra. Sheila Olimpio. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1068/indicacao41secretariadeobrasiluminacaoruaantoniomonteiroalves.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1068/indicacao41secretariadeobrasiluminacaoruaantoniomonteiroalves.doc</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1069/indicacao42secretariadeobrasreparocalcamentocentro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1069/indicacao42secretariadeobrasreparocalcamentocentro.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar os reparos do calçamento da Rua Durval Saturnino Cézar na subida do Sicoob, no Bairro Centro.  Pois, o calçamento danificado vem ocasionando grandes transtornos aos munícipes que passam por essa rua. Assim é de grande importância que os reparos sejam feitos em caráter de urgência.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1070/indicacao43secretariadeobrasreparofaixapedestre.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1070/indicacao43secretariadeobrasreparofaixapedestre.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar os reparos nas faixas/quebra-molas e calçamento danificados na Rua Argemiro Antônio da Silva, nas proximidades do Supermercado MultiShow. Pois tem ocasionado grandes transtornos aos pedestres, motoristas e motociclistas. Assim evitar que acidentes ocorram nessa localidade e melhor atender nossa comunidade. Assim é de grande importância que os reparos sejam feitos em caráter de urgência.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1071/indicacao44secretariadeobrasreparofaixapedestre.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1071/indicacao44secretariadeobrasreparofaixapedestre.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar os reparos nas faixas/quebra-molas e calçamento danificados na Rua Espirito Santo, nas proximidades da Escola Dr. Nagem Abikair. Levando maior segurança aos pedestres que utilizam essa faixa e garantindo condições melhores na via para os motoristas e motociclistas. Assim é de grande importância que os reparos sejam feitos em caráter de urgência.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1072/indicacao45pagamentoenfermeirosicepi.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1072/indicacao45pagamentoenfermeirosicepi.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adami a realizar um estudo de impacto financeiro na Instituição, para que enquanto perdurar a Pandemia relativa ao Covid-19, que seja viabilizado de insalubridade em grau máximo de (40%) para os Enfermeiros do Programa ICEPI que compõem o quadro de Profissionais de Saúde da Linha de Frente ao combate do Covid-19. Sabendo que os Enfermeiros do Programa ICEPI, estão diretamente expostos ao risco de contaminação pelo vírus, que existe a possibilidade de transmissão da infecção para os próprios familiares de sua casa, que muitos profissionais estão totalmente abalados e trabalhando sobre forte pressão psicológica, que muitos profissionais de saúde no Brasil e no Espírito Santo já estão contaminados, que inúmeros profissionais de saúde pelo mundo foram a óbito, que muitos profissionais de saúde do Brasil já vieram a óbito e que existe a imediata possibilidade de contaminação.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1073/indicacao46pagamentomedicosmaismedicos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1073/indicacao46pagamentomedicosmaismedicos.doc</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adami a realizar um estudo de impacto financeiro na Instituição, para que enquanto perdurar a Pandemia relativa ao Covid-19, que seja viabilizado de insalubridade em grau máximo de (40%) para os Médicos do programa Mais Médicos, que compõem o quadro de Profissionais de Saúde da Linha de Frente ao combate do Covid-19.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao47secretariadeobrasiluminacaoav.presidentetrancedoneves.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao47secretariadeobrasiluminacaoav.presidentetrancedoneves.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo da iluminação na Avenida Presidente Trancedo Neves, em frente a Santa Casa. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao48secretariadeobrasiluminacaotrindade.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao48secretariadeobrasiluminacaotrindade.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras da Municipalidade, Senhor Flaviano Sanguini de Oliveira, para que com sua equipe de trabalho, possa realizar o reparo da iluminação no Distrito de Trindade, na Avenida principal, pois encontram-se vários postes com as lâmpadas queimadas. Sabendo que a iluminação pública é um objeto de gestão de responsabilidade do Município e os munícipes merecem ver seus impostos em prestação de serviços de qualidade. Neste caso, apesar de não ser fator diretamente interligado com a segurança pública, algumas ocorrências criminais são atreladas com a falta de iluminação. Assim, a iluminação pública possui um papel fundamental na qualidade de vida e segurança para toda comunidade.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Everaldo da Belo Aço</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao01manutencaobueiro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao01manutencaobueiro.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira a realizar a manutenção de um bueiro na Rua Amphilophio de Oliveira, em frente a academia da Senhora Leilimar, devido aos transtornos causados e a pedido dos moradores.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao02retiradadelixoseentulhos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao02retiradadelixoseentulhos.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira juntamente com sua equipe de trabalho a realizar a retirada de lixos e entulhos no sentido para Nossa Senhora das Graças, saída do Bairro do Quilombo para Água Santa e para o Parque Industrial, pois tem causado transtornos e mau cheiro e com as chuvas pode proliferar o mosquito da Dengue.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao03lixeirasquebradas.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao03lixeirasquebradas.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira juntamente com sua equipe de trabalho a realizar limpeza das lixeiras e um levantamento das lixeiras que se encontram, quebradas no município e providenciar suas trocas.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1082/indicacao04substituicaolampadasqueimadas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1082/indicacao04substituicaolampadasqueimadas.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a providenciar juntamente com sua equipe de trabalho, com urgência, a substituição de lâmpadas queimadas no Sistema de Iluminação Pública das localidades de Pequiá, Laranja da Terra e Santa Clara do Caparaó (Urbano), em atenção a pedidos dos moradores.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao05retiradadebarreiras.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao05retiradadebarreiras.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Agronegócio da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho com urgência, a retirada de barreiras na estrada principal que liga a BR-262 até a localidade de Santa Clara do Caparaó (Urbano), que se encontra com muita lama devidas as chuvas que tem caído na região. A melhoria da estrada facilitará o acesso dos produtores rurais as sua propriedades.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1084/indicacao06reformaestradalaranjadaterra.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1084/indicacao06reformaestradalaranjadaterra.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Agronegócio da Municipalidade Senhor Robson Fardim Tristão e ao Sub Prefeito da Região de Pequiá Senhor Antônio Manoel Leal de Amorim, a providenciar juntamente com sua equipe de trabalho, reforma da estrada vicinal da Comunidade de Laranja da Terra, que dá acesso a Igreja local.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1085/indicacao07reformapontepequia.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1085/indicacao07reformapontepequia.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, para que com sua equipe de trabalho, realizar reforma na ponte do Córrego do Pouso Alto, Distrito de Pequiá, onde dá acesso a propriedade do Senhor Anselmo Alves de Oliveira. Haja vista que o proprietário disponibiliza as vigas e irá precisar apenas dos pranchões.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Maria Miguelina</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1093/indicacao01multalixo.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1093/indicacao01multalixo.doc</t>
   </si>
   <si>
     <t>Que seja por Vossa Excelência regulamentado o PDM Municipal multando os munícipes que jogam lixos e entulhos as margens dos rios e córregos do nosso município, bem como, daqueles que colocam lixo fora do local e horário da coleta de lixo determinado pelo executivo.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1094/indicacao02multalixo.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1094/indicacao02multalixo.doc</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1095/indicacao01patrolamentoestradas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1095/indicacao01patrolamentoestradas.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Agronegócio da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho patrolamento e ensaibramento das estradas vicinais de Bom Sucesso, Córrego Santo Antônio, Serrinhas e outras, devido às fortes chuvas que atingiu o município. A melhoria da estrada facilitará o acesso dos produtores rurais as suas propriedades, uma vez que a colheita do café está próxima.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1096/indicacao02consertoasfaltogetuliovargas.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1096/indicacao02consertoasfaltogetuliovargas.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira a providenciar juntamente com sua equipe de trabalho, conserto do asfalto da Avenida Presidente Getúlio Vargas e na descida da Mercearia do Romário, devido aos buracos que estão atrapalhando o trânsito de veículos.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1097/indicacao03pontecorregodolaje.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1097/indicacao03pontecorregodolaje.docx</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura e Agronegócio da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho, conserto de ponte em direção da propriedade do Senhor Nil Barbosa, filho do saudoso Osvaldo Barbosa, na localidade Córrego do Laje, próximo a Água Santa.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1101/indicacao02patrolamentoserrinha.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1101/indicacao02patrolamentoserrinha.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar com sua equipe de trabalho patrolamento e ensaibramento da estrada da Serrinha.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao03lavagemruaquintinobocaiuva.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao03lavagemruaquintinobocaiuva.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini de Oliveira a providenciar com sua equipe de trabalho lavagem da Rua Quintino Bocaiuva, no sentido do Gildinho Madeiras, devido a muita poeira e por existir moradores desta localidade com problemas respiratórios.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1111/indicacao11subprefeitopequiapontosturisticos.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1111/indicacao11subprefeitopequiapontosturisticos.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Sub Prefeito de Pequiá Senhor Antônio Manoel Leal de Amorim, para que possa atender as necessidades dos pontos turísticos da Região de São João do Príncipe e Rio Claro, haja visto que na subida da Cachoeira da Hidrolândia tem um morro que com qualquer chuva dificulta o acesso, precisando assim de melhorias com ensaibramento, permitindo acesso aos moradores e visitantes do local.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1112/indicacao12subprefeitopequiapontosturisticosrioclaro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1112/indicacao12subprefeitopequiapontosturisticosrioclaro.doc</t>
   </si>
   <si>
     <t>Que seja determinado ao Sub Prefeito de Pequiá Senhor Antônio Manoel Leal de Amorim, para que possa atender as necessidades do ponto turístico da Região de Rio Claro, nas proximidades do refúgio do Sedro, precisamente na Cachoeira do Rogério, pois o acesso naquela localidade é difícil e necessita de ensaibramento nas estradas para dá acessibilidade aos moradores e visitantes, necessitando também de máquinas para atender o local com abertura de praça para que os visitantes consigam manobrar os veículos.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao49secretariadeobrasreparopontesantaclaraurbano.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao49secretariadeobrasreparopontesantaclaraurbano.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, para que com sua equipe de trabalho, possa realizar os reparos e concerto da Ponte de Entrada na Santa Clara do Urbano. Assim é de grande importância que os reparos sejam feitos em caráter de urgência.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao50limpezaestradalanrajadaterra.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao50limpezaestradalanrajadaterra.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura e Agronegócio da Municipalidade, Senhor Robson Fardim Tristão, para que seja realizada limpeza da Estrada que liga Laranja da Terra à BR 262, devido às chuvas, vários galhos de árvores caíram nas estradas.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao51limpezaestradasaojoaodoprincipe.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao51limpezaestradasaojoaodoprincipe.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura e Agronegócio da Municipalidade, Senhor Robson Fardim Tristão, para que seja realizada manutenção na Estrada que liga BR 262 no Distrito de São João do Príncipe e Rio Claro, que devido à chuva ocasionou danos pela via, bem como a retirada de algumas árvores que estão caindo, ocasionando risco as pessoas que passam pela via.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao14iluminacaoavpresidentegetuliovargas.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao14iluminacaoavpresidentegetuliovargas.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a proceder reparo e manutenção da iluminação pública do poste da Avenida Presidente Getúlio Vargas, Centro, próximo a Farmácia do Dimas, em atendimento aos comerciantes.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1123/indicacao22calcamentocomunidadesantaclara.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1123/indicacao22calcamentocomunidadesantaclara.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Flaviano Sanguini juntamente com sua equipe de trabalho, para fazer os devidos reparos no calçamento de dentro da Comunidade de Santa Clara do Urbano, danificado pelas fortes chuvas no início do ano. Essa indicação representa os anseios da Comunidade.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1128/indicacao08reformapontecorregofama.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1128/indicacao08reformapontecorregofama.docx</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, para que com sua equipe de trabalho, possa realizar a reforma da Ponte no Córrego do Fama, descendo para Laranja da Terra. Assim é de grande importância que os reparos sejam feitos em caráter de urgência.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/877/mensagem_de_veto_01_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/877/mensagem_de_veto_01_2020.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO AUTÓGRAFO DA LEI N° 2.873/2019.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>MÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Adriano Ornelas, Marquinho da Saúde</t>
   </si>
   <si>
     <t>ADRIANO SALVIETE DA SILVA E JOSÉ MARCOS DE MORAES, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos ao Senhor Juvenil Pereira e ao seu filho Natan Pereira de Souza , pela atuação corajosa e voluntária no salvamento e resgate com barco motorizado das vítimas decorrentes das fortes chuvas que atingiram a cidade de Iúna no dia 24 de janeiro de 2020. Que a decisão do plenário seja comunicada ao Senhor Juvenil Pereira e ao seu filho, em sua residência.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>ADRIANO SALVIETE DA SILVA E JOSÉ MARCOS DE MORAES, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos ao Senhor Hélio Roldão Sousa Junior, pela atuação voluntária na ajuda aos comerciantes localizados na Beira Rio, vítimas da enchente de 24 de janeiro de 2020 no município de Iúna.</t>
   </si>
@@ -1275,1057 +1275,1057 @@
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos ao Senhor Paulo Sérgio Dutra Ferreira, pela atuação voluntária usando um barco a remo, no salvamento e resgate das vítimas decorrentes das fortes chuvas que atingiram a cidade de Iúna no dia 24 de janeiro de 2020. Que a decisão do plenário seja comunicada ao Senhor Paulo Sérgio Dutra Ferreira, em sua residência.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos ao Comando da 2º Cia do 14º Batalhão em Iúna, pela atuação do Capitão Lucas Muzi e sua equipe composta pelo Cabo Laurindo e Soldados Ferreira e Romening, pela atuação de salvamento e resgates das vítimas no Distrito de Nossa Senhora das Graças no dia 24 de janeiro do corrente ano, decorrente das chuvas que atingiram o município de Iúna. Que a decisão do plenário seja comunicada ao Comandante da 2º Cia do 14º Batalhão.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos ao Senhor Flaviano Sanguini de Oliveira, pela atuação no salvamento e resgate das vítimas decorrentes das fortes chuvas que atingiram o Distrito de Nossa Senhora das Graças no dia 24 de janeiro. Que a decisão do plenário seja comunicada ao Senhor Flaviano Sanguini de Oliveira.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos aos Membros da Primeira Igreja Assembleia de Deus em Iúna, pelos trabalhos realizados durante a semana após a enchente que atingiu o município de Iúna, atuando na limpeza dos comércios e residências dos munícipes. Que a decisão do plenário seja comunicada aos Membros da Primeira Igreja Assembleia de Deus de Iúna.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/941/mocaoaplausosalineterrarioszampier.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/941/mocaoaplausosalineterrarioszampier.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a médica Doutora Aline Terra Rios Zampier, pelos serviços prestados a nossa Comunidade, e pelo carinho, dedicação, cuidados aplicados e por todo seu trabalho em defesa da vida. _x000D_
 Que a decisão do plenário seja comunicada a mesma em sua residência, em Iúna.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/942/mocaodepesaranapaulaalvesdamasceno.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/942/mocaodepesaranapaulaalvesdamasceno.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar à Senhora Ana Paula Alves Damasceno, pelo falecimento de sua filha ocorrido no dia 25 de Fevereiro de 2020. _x000D_
 Que a decisão do plenário seja comunicada a mesma em sua residência.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/945/mocaopesarluziabernardo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/945/mocaopesarluziabernardo.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento da Senhora Luzia Bernardo, moradora do Distrito Pequia e pessoa muito querida na Comunidade. _x000D_
 Que a decisão do plenário seja comunicada aos familiares em Pequiá.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/946/mocaopesarelianaalmeida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/946/mocaopesarelianaalmeida.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento da Senhora Eliana Almeida, ex-Presidente do Sindicato Patronal de Iúna, pessoa estima na comunidade, pela forma como dispensa tratamento igualitário a todos. Sua gestão à frente do Sindicato foi pautada de uma atuação integra e honesta. A falecida deixa saudades entre amigos e familiares._x000D_
 Que a decisão do plenário seja comunicada ao filho Jociano almeida em sua residência em Iúna.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1007/02_-_mocaodepesarcarlospereirasalesjunior.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1007/02_-_mocaodepesarcarlospereirasalesjunior.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor Carlos Pereira Sales Júnior, servidor público municipal, muito querido por todos.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1008/03_-_mocaodepesarantoniomarquesdasilva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1008/03_-_mocaodepesarantoniomarquesdasilva.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor Antônio Marques da Silva, conhecido popularmente por Tonhe Palmeira, morador do Quilombo, sofreu nos últimos dias um AVC e se encontrava internado na Santa Casa de Misericórdia de Guaçuí, deixa filhos ,filhas,noras,genros,netos e netas.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1009/04_-_mocaodepesaredineiasouzasilvamatos.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1009/04_-_mocaodepesaredineiasouzasilvamatos.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI e EMMANUEL GARCIA DE AMORIM, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora ,Edineia Souza da Silva Matos, deixa filho, filha ,genro e neto, moradora do Quilombo, lutava há anos contra um câncer.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1010/05_-_mocaodepesarromildogomesdeaguiar.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1010/05_-_mocaodepesarromildogomesdeaguiar.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor Romildo Gomes de Aguiar, morador do Bairro Quilombo, cabelereiro a mais de 30 anos em Iúna, deixa esposa e filhos.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1011/06_-_mocaodeaplausosdr.ricardofernandesrezende.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1011/06_-_mocaodeaplausosdr.ricardofernandesrezende.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Médico Ricardo Fernandes Rezende, em comemoração ao seu aniversário neste mês de junho e pela dedicação e serviços prestados na área da saúde aos munícipes Iunenses.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1012/07_-_mocaodepesaredithsouzaleite.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1012/07_-_mocaodepesaredithsouzaleite.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora, Edith Souza Leite, moradora do Distrito São João do Príncipe, pessoa íntegra e adorada por todos, iria completar 100 anos, deixa filhos e netos.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1013/08_-_mocaodepesarlaurafelixsahett.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1013/08_-_mocaodepesarlaurafelixsahett.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora, Laura Félix Sahett, havia completado 100 anos em dezembro de 2019, nascida em Alegre, morava há 21 anos no Distrito de Nossa Senhora das Graças. Foi trabalhadora doméstica, lavadeira e lavradora. Era conhecida por ser muito caridosa e gostava de ajudar o próximo. Deixa cinco filhos e dezesseis netos, além de muita saudade.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1014/09_-_mocaodepesarmariaaparecidabatistagomes.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1014/09_-_mocaodepesarmariaaparecidabatistagomes.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora, Maria Aparecida Batista Gomes, viúva, filha do Senhor Aldo Batista, foi criada na Comunidade de Boa Sorte, trabalhadora rural, morava há alguns anos no Distrito de Nossa Senhora das Graças onde era muito conhecida por fazer belos trabalhos de crochê. Pessoa íntegra e adorada por todos, deixa filhos e muita saudade.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1015/10_-_mocaodeaplausosdurvaldiassantiago.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1015/10_-_mocaodeaplausosdurvaldiassantiago.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Presidente do SINDISPII, Senhor Durval Dias Santiago Júnior e aos Diretores, pela obra da sede do Sindicato que já está em fase de acabamento e irá trazer mais comodidade e conforto aos funcionários e sócios desta Instituição.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1016/11_-_mocaodepesarantoniooliveiradasilva.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1016/11_-_mocaodepesarantoniooliveiradasilva.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor, Antônio Oliveira da Silva, ocorrido no dia 30 de junho do corrente ano. Servidor aposentado, serviu o município de Iúna por 36 anos. Morador do Bairro Quilombo, deixa esposa, filhos e netos.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1017/12_-_mocaodepesar_zayr_batista_vieira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1017/12_-_mocaodepesar_zayr_batista_vieira.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, PAULO HENRIQUE LEOCADIO DA SILVA e ARILSON FERREIRA DE OLIVEIRA vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor, Zayr Batista Vieira, ocorrido no dia 18 de junho do corrente ano. Sr. Zayr era conhecido carinhosamente como Sr. Lotim, homem honesto, religioso, agricultor. Residia no Córrego Boa Sorte e frequentava assiduamente a 1ª Igreja Batista de Iúna, localizada na Comunidade de Nossa Senhora das Graças. Deixa 6 filhos, 13 netos e 14 bisnetos.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1018/13_-_mocaodepesarsebastianamaximianasaloto.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1018/13_-_mocaodepesarsebastianamaximianasaloto.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhora Sebastiana Maximiana Saloto, 84 anos ,moradora do Bairro Vila Nova faleceu no dia 12 de Julho, vítima de COVID 19. Ela deixa seu esposo Djalma Saloto e seis filhos: José,Jesiel,Deucenir,Gersé,Neusedir e Adilson,netos e bisnetos.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1019/14_-_mocaodepesarherondinavianadesouza.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1019/14_-_mocaodepesarherondinavianadesouza.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhora Herondina Viana de Souza, ocorrido no dia 10 de julho, , moradora do córrego dos Pilões, deixa filhos, netos e bisnetos .</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1020/15_-_mocaodepesarsebastiaocaetano.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1020/15_-_mocaodepesarsebastiaocaetano.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor Sebastião Caetano, ex servidor público, morador do Bairro Quilombo, deixa esposa, filhos e netos.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1021/16_-_mocaodeaplausoscarlosrobertodeandrade.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1021/16_-_mocaodeaplausoscarlosrobertodeandrade.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Senhor Carlos Roberto de Andrade, pelos serviços prestados aos munícipes Iunenses no cargo de motorista por mais de 16 anos ,pessoa atenciosa ,profissional, amigo e dedicado, pediu demissão do cargo no mês de julho de 2020.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1022/17_-_mocaodepesarjose_goulart.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1022/17_-_mocaodepesarjose_goulart.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor José Goulart, morador do Bairro Quilombo, deixa esposa, filhos e netos.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1023/18_-_mocaodepesardeibsonfreitaspedron.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1023/18_-_mocaodepesardeibsonfreitaspedron.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Vereador de Irupi Deibson de Freitas Pedron, ocorrido no dia 04 de setembro do corrente ano. Que além de vereador, era funcionário público municipal, atuante na Secretaria de Saúde do Município, como Técnico de Enfermagem, um profissional de saúde humano, prestativo, competente, sempre disposto a ajudar quem quer que seja. No poder Legislativo, um vereador que sempre defendia a saúde de Irupi. Ocorrido no dia 04 de setembro do ano de 2020.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1024/19_-_mocaodeaplausosgrupocasa.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1024/19_-_mocaodeaplausosgrupocasa.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Grupo C.A.S.A (Coletivo de Ação Social e Ambiental), pela intervenção nas Margens do Rio Pardo, no Bairro Vila Nova.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1025/20_-_mocaodepesardjalmasaloto.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1025/20_-_mocaodepesardjalmasaloto.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor Djalma Saloto, morador do Bairro Vila Nova, faleceu no dia 04 de setembro do ano corrente. Ele deixa seis filhos: José, Jesiel, Deucenir, Gersé, Neusedir e Adilson, netos e bisnetos.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1030/mocaodepesarzeliacostadeoliveira.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1030/mocaodepesarzeliacostadeoliveira.docx</t>
   </si>
   <si>
     <t>ARILSON FERREIRA DE OLIVEIRA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora, ZÉLIA COSTA DE OLIVEIRA, falecida no dia 13 de maio do corrente ano, moradora da Rua Cícero Sousa no Bairro Quilombo. A falecida deixa esposo, filhos, netos e bisnetos.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1031/mocaodepesaralucioguilherme.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1031/mocaodepesaralucioguilherme.docx</t>
   </si>
   <si>
     <t>ARILSON FERREIRA DE OLIVEIRA e DARLAN SILVA BARGLINI, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor, Alucio Guilherme, falecido no dia 03 de setembro do corrente ano, morador da Rua Francisco Augusto de Castro no Bairro Quilombo. O falecido deixa 11 filhos, 14 netos e 6 bisnetos.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1032/3_-_mocaoaplausosprofissionaisdeenfermagemsantacasadeiuna.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1032/3_-_mocaoaplausosprofissionaisdeenfermagemsantacasadeiuna.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos aos Profissionais de Enfermagem (Enfermeiros e Técnicos de Enfermagem) da Santa Casa de Iúna, pelos serviços prestados a nossa Comunidade, e pelo carinho, dedicação, cuidados aplicados e por todo seu trabalho em defesa da vida.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1033/4_-_mocaoaplausosprofissionaisdeenfermagemsecretariadesaudedeiuna.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1033/4_-_mocaoaplausosprofissionaisdeenfermagemsecretariadesaudedeiuna.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos aos Profissionais de Enfermagem (Enfermeiros e Técnicos de Enfermagem) da Secretária Municipal de Saúde de Iúna, pelos serviços prestados a nossa Comunidade, e pelo carinho, dedicação, cuidados aplicados e por todo seu trabalho em defesa da vida.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1034/5_-_mocaoaplausosprofissionaisdeenfermagemlardosvelhinhoscaparao.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1034/5_-_mocaoaplausosprofissionaisdeenfermagemlardosvelhinhoscaparao.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos aos Profissionais de Enfermagem (Enfermeiros e Técnicos de Enfermagem) da CAMAG “Centro Assistencial Maria Giovanina Galote (Lar dos Velhinhos do Caparaó), pelos serviços prestados a nossa Comunidade, e pelo carinho, dedicação, cuidados aplicados e por todo seu trabalho em defesa da vida.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1035/6_-_mocaoaplausosprofissionail_de_enfermagem_maria_josde_silva_borges.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1035/6_-_mocaoaplausosprofissionail_de_enfermagem_maria_josde_silva_borges.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos a Técnica de Enfermagem , Maria José Silvas Borges pelos seus 30 anos de serviços prestados na Santa Casa de Iúna pelo carinho, dedicação, cuidados aplicados e por todo seu trabalho em prol de toda sociedade iunense.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1036/7_-_mocaodepesarlucileiacostasalviete.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1036/7_-_mocaodepesarlucileiacostasalviete.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Profundo Pesar à Senhora Lucileia da Costa Salviete, pelo seu falecimento ocorrido no dia 17 de setembro de 2020.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>Marquinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1079/mocaodeaplausosedmarhenriquesolindoflorindo.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1079/mocaodeaplausosedmarhenriquesolindoflorindo.docx</t>
   </si>
   <si>
     <t>JOSÉ MARCOS DE MORAES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos aos Programa Domingão na Roça, cujo seus apresentadores são Edmar Henriques da Costa (mais conhecido como Acanhado) e Olindo Florindo de Freitas, pelo entretenimento  aos domingos de manhã, bate papos, por levar a alegria aos ouvintes</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1080/mocaodeaplausosresenhasamba.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1080/mocaodeaplausosresenhasamba.docx</t>
   </si>
   <si>
     <t>JOSÉ MARCOS DE MORAES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Grupo Resenha Samba (Leonardo, Rafael, Rogério, Dhean, Marciel, Gabriel e Breno) pela realização da Live no dia 30 de maio do corrente ano, em prol de arrecadação de cestas básicas, tendo sido arrecadado 50 cestas básicas e 50 cobertores, que serão doados  em benefício das famílias carentes do município de Iúna.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1081/mocaodeaplausosromarioejoaomarcoscarvalho.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1081/mocaodeaplausosromarioejoaomarcoscarvalho.docx</t>
   </si>
   <si>
     <t>JOSÉ MARCOS DE MORAES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos aos proprietários Romário Dias Carvalho e João Marcos de Carvalho, pela iniciativa de usarem seus tratores para raparem a estrada que liga Bonsucesso a Iúna.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1086/mocaopesarclaer.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1086/mocaopesarclaer.docx</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA E JOÃO ELIAS COLOMBO HORSTH, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Profundo Pesar pelo falecimento do Senhor CLAER FERREIRA DA ROCHA, morador da Comunidade do Rio Claro e pessoa muito querida por todos, deixa filhos e netos.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1087/mocaopesarrobertocarlosquarto.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1087/mocaopesarrobertocarlosquarto.docx</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Profundo Pesar pelo falecimento do Senhor ROBERTO CARLOS QUARTO, filho de Iúna, morava no município de Queimados, Estado do Rio de Janeiro, era Secretário de Direitos Humanos e Promoção da Cidadania. Deixará saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1098/mocaopesardeonillabortolongarcia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1098/mocaopesardeonillabortolongarcia.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA e ROGÉRIO CÉZAR, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Profundo Pesar pelo falecimento da Senhora Deonilla Bortolon Garcia, ex-Primeira Dama do Município de Iúna, pessoa estima na comunidade, pela forma como dispensa tratamento igualitário a todos. A falecida deixa saudades entre filhos, netos, bisnetos e demais familiares e entre os amigos.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1099/mocaopesarjosedelfino.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1099/mocaopesarjosedelfino.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, DARLAN SILVA BARGLINI e ARILSON FERREIRA DE OLIVEIRA, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Profundo Pesar pelo falecimento do Senhor José Delfino de Oliveira, pessoa integra e muito conhecido na cidade. O falecido deixa saudades entre sua esposa, filhos, netos, demais familiares e amigos.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1100/mocaopesarrubensgarcia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1100/mocaopesarrubensgarcia.doc</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Profundo Pesar pelo falecimento do Senhor Rubens Garcia, mais conhecido como Nanico, pessoa integra e muito conhecido na cidade, proprietário rural, fornecedor de saibro para o município de Iúna e outros municípios, filho do ex prefeito de Iúna Lino Garcia. O falecido deixa saudades entre seus pais, esposa, filhos, netos, irmãos, demais familiares e amigos.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1103/mocaoaplausosprefeitaguacui.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1103/mocaoaplausosprefeitaguacui.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, a inserção nos anais deste Poder Legislativo do Município de Iúna, de Moção de Aplausos a Prefeita do município de Guaçuí, Senhora Vera Costa, pelos excelentes serviços prestados à frente da administração pública e com transparência em seus atos como administradora. Que a decisão do plenário seja comunicada a Prefeita Municipal de Guaçuí.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1104/mocaodepesarerenirodriguesdesouza.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1104/mocaodepesarerenirodriguesdesouza.docx</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhora Ereni Rodrigues de Souza, ocorrido no dia 25 de julho do corrente ano. A falecida tinha 98 anos, era uma pessoa muito querida por todos. Deixará saudades entre os filhos, netos, bisnetos e tataranetos.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1105/mocaodepesarmauraferreiradelima.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1105/mocaodepesarmauraferreiradelima.docx</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhora Maura Ferreira de Lima, ocorrido no dia 27 de julho do corrente ano. A falecida era moradora do Distrito de Nossa Senhora das Graças. Pessoa muito querida por todos, deixará saudades entre os filhos e netos.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1113/mocao20depesarherondinavianadesouza.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1113/mocao20depesarherondinavianadesouza.docx</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1114/mocao21deaplausosdiafuncionalismopublico.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1114/mocao21deaplausosdiafuncionalismopublico.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Servidores Públicos da Prefeitura Municipal de Iúna e os Funcionários Públicos da Câmara Municipal, pelo data 28 de outubro, onde se comemora o dia do Servidor Público._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao Sindicato dos Servidores Públicos de Iúna e Irupi (SINDSPII).</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao22depesarmariaimaculadaamorim.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao22depesarmariaimaculadaamorim.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora Maria Imaculada Amorim de Oliveira,  ocorrido no dia 14 de novembro, filha do saudoso Nenê Pedro, deixa filhos e netos. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao seu filho Rogério Antônio de Oliveira, na Rua José Pedro Gonçalves n°252, Bairro Quilombo.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1116/mocao23deaplausosrusso.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1116/mocao23deaplausosrusso.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Senhor José Balbino dos Santos, mais conhecido como Russo da Mercearia, em comemoração ao seu aniversário onde completa 80 anos. Pessoa integra e querida por todos.  _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao homenageado em sua residência na Rua Francisco Augusto de Castro, Bairro Quilombo.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1127/mocaoaplausospastormargarino.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1127/mocaoaplausospastormargarino.doc</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Aplausos ao Pastor Margarino Celestino de Medeiros, pelas Bordas de Ouro de Matrimonio, seus 25 anos de Jubileu de Prata como Pastor Presidente da 1° Igreja Assembleia de Deus de Iúna e 50 anos Jubileu de Ouro de Ministério.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1129/mocaopesarjoaozape.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1129/mocaopesarjoaozape.docx</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo do Município de Iúna, Moção de Profundo Pesar pelo falecimento do Senhor JOÃO ZAPE, morador na Comunidade de Pequiá, pessoa muito querida por todos, deixa filhos e netos.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/885/projeto_lei_complementar_01_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/885/projeto_lei_complementar_01_2020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE, NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES, SANÇÕES E PENALIDADES ADMINISTRATIVAS EM CASOS DE MAUS-TRATOS À ANIMAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/886/projeto_lei_complementar_02_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/886/projeto_lei_complementar_02_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS COMPLEMENTARES N° 005/2014 E 006/2014</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_lei_complementar_03_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_lei_complementar_03_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS COMPLEMENTARES N° 05/2014 E 06/2014.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/948/projeto_lei_complementar_04_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/948/projeto_lei_complementar_04_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E O PLANO DE CARREIRA E VENCIMENTOS DA CÂMARA MUNICIPAL DE IÚNA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>Weliton Virgilio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/955/plc_52020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/955/plc_52020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI COMPLEMENTAR N° 006/2014</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/977/lc062020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/977/lc062020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 006/2014.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/981/plc072020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/981/plc072020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR MUNICIPAL N° 005/2014.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1131/plc082020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1131/plc082020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.989/2005 - CÓDIGO TRIBUTÁRIO MUNICIPAL DO MUNICÍPIO DE IÚNA-ES.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1132/plc092020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1132/plc092020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A TABELA DE VALORES-BASE PARA O EXERCÍCIO FINANCEIRO DE 2021 E ALTERA A LEI N° 1.989/2005 - CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE IÚNA-ES.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1133/plc102020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1133/plc102020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.847/2002.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/887/projeto_lei_ordinaria_01_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/887/projeto_lei_ordinaria_01_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO POR DESIGNAÇÃO TEMPORÁRIA DE AUXILIAR DE CRECHE.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/888/projeto_lei_ordinaria_02_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/888/projeto_lei_ordinaria_02_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER BOLSA DE FORMAÇÃO AOS PROFISSIONAIS DA SECRETARIA MUNICIPAL DE SAÚDE, VINCULADOS AO PROGRAMA DE QUALIFICAÇÃO DA ATENÇÃO PRIMÁRIA À SAÚDE.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_lei_ordinaria_03_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_lei_ordinaria_03_2020.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 2.802/2019.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/890/projeto_lei_ordinaria_04_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/890/projeto_lei_ordinaria_04_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/891/projeto_lei_ordinaria_05_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/891/projeto_lei_ordinaria_05_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE ÁREAS PÚBLICAS PARA IMPLEMENTAÇÃO DE OBRAS DE CONSTRUÇÃO DE ESTAÇÕES ELEVATÓRIAS DE ESGOTO, CAIXA  ELEVADA E BOOSTER NO LOTEAMENTO CIDADE NOVA.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/892/projeto_lei_ordinaria_06_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/892/projeto_lei_ordinaria_06_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/933/projeto_lei_ordinaria_07_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/933/projeto_lei_ordinaria_07_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE. ATENDER CENTRO DE APOIO.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/894/projeto_lei_ordinaria_08_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/894/projeto_lei_ordinaria_08_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/932/projeto_lei_ordinaria_09_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/932/projeto_lei_ordinaria_09_2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 2.387/2011 E CONCEDE ADICIONAL DE PRODUTIVIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE E DE ENDEMIAS.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/895/projeto_lei_ordinaria_10_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/895/projeto_lei_ordinaria_10_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/896/projeto_lei_ordinaria_11_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/896/projeto_lei_ordinaria_11_2020.pdf</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/897/projeto_lei_ordinaria_12_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/897/projeto_lei_ordinaria_12_2020.pdf</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_lei_ordinaria_13_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_lei_ordinaria_13_2020.pdf</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/899/projeto_lei_ordinaria_14_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/899/projeto_lei_ordinaria_14_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_lei_ordinaria_15_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_lei_ordinaria_15_2020.pdf</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/901/projeto_lei_ordinaria_16_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/901/projeto_lei_ordinaria_16_2020.pdf</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/902/projeto_lei_ordinaria_17_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/902/projeto_lei_ordinaria_17_2020.pdf</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/903/projeto_lei_ordinaria_18_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/903/projeto_lei_ordinaria_18_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/904/projeto_lei_ordinaria_19_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/904/projeto_lei_ordinaria_19_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS SUBSÍDIOS DOS VEREADORES.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_lei_ordinaria_20_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_lei_ordinaria_20_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL. ATENDER CENTRO DE APOIO.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/949/projeto_lei_ordinaria_21_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/949/projeto_lei_ordinaria_21_2020.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/950/projeto_lei_ordinaria_22_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/950/projeto_lei_ordinaria_22_2020.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS COMISSIONADOS.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/951/projeto_lei_ordinaria_23_2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/951/projeto_lei_ordinaria_23_2020.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO MUNICIPAL, DOS VEREADORES E DOS SECRETÁRIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/954/pl_242020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/954/pl_242020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/956/pl_252020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/956/pl_252020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O COMÉRCIO AMBULANTE E A PRESTAÇÃO DE SERVIÇOS AMBULANTES NAS VIAS E NOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/957/pl_262020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/957/pl_262020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 2.849/2019</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/958/pl_272020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/958/pl_272020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/959/pl_282020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/959/pl_282020.pdf</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/962/pl_292020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/962/pl_292020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/963/pl_302020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/963/pl_302020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/964/pl_312020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/964/pl_312020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/965/pl32-2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/965/pl32-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/966/pl33-2020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/966/pl33-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA E REGULAMENTA A CESSÃO DE ESTAGIÁRIOS DO MUNICÍPIO DE IÚNA À ORGÃO PÚBLICOS ESTADUAIS E FEDERAIS</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/967/pl34.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/967/pl34.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1560/1997 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/968/pl352020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/968/pl352020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.873/2019 - LEI ORÇAMENTÁRIA ANUAL</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/969/pl3620202.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/969/pl3620202.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO FINANCEIRO DE 2020 - LDO - LEI MUNICIPAL Nº 2.855/2019</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/970/pl372020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/970/pl372020.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS IGREJAS E OS TEMPLOS DE QUALQUER CULTO COMO ATIVIDADE ESSENCIAL EM PERÍODOS DE CALAMIDADE PÚBLICA NO MUNICÍPIO DE IÚNA/ES</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/971/pl382020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/971/pl382020.pdf</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/972/pl392020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/972/pl392020.pdf</t>
   </si>
   <si>
     <t>DENOMINA UNIDADE DE SAÚDE</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/973/pl402020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/973/pl402020.pdf</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/974/pl412020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/974/pl412020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/975/pl422020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/975/pl422020.pdf</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/976/pl432020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/976/pl432020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.182/2008.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/978/pl442020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/978/pl442020.pdf</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/979/pl452020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/979/pl452020.pdf</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/980/pl462020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/980/pl462020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO E MANUTENÇÃO DOS TRIBUTOS MUNICIPAIS EM DIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/982/pl472020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/982/pl472020.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 2.464/2013.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/983/pl482020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/983/pl482020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DIRETRIZES, CRITÉRIOS, CONTROLE, PENALIDADES E LIMITES NA EMISSÃO DE SONS E RUÍDOS DE QUALQUER NATUREZA.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/984/pl492020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/984/pl492020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 2.137/2008.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/985/pl502020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/985/pl502020.pdf</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/986/pl512020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/986/pl512020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO PLANO PLURIANUAL PARA O QUADRIÊNIO 2018 A 2021 - LEI N° 2.644/2017 - E DA LEI 2905/2019, QUE DISPÕE SOBRE A LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/987/pl522020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/987/pl522020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO E MANUNTENÇÃO DOS TRIBUTOS MUNICIPAIS EM DIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/988/pl532020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/988/pl532020.pdf</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/989/pl542020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/989/pl542020.pdf</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/990/pl552020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/990/pl552020.pdf</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/991/pl562020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/991/pl562020.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IÚNA PARA EXERCÍCIO FINANCEIRA DE 2021.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1130/pl592020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1130/pl592020.pdf</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1134/pl602020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1134/pl602020.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O TRANSPORTE REMUNERADO PRIVADO INDIVIDUAL DE PASSAGEIROS, SOLICITADO EXCLUSIVAMENTE POR USUÁRIOS PREVIAMENTE CADASTRADOS EM APLICATIVOS OU OUTRAS PLATAFORMAS DE COMUNICAÇÃO EM REDE.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1140/pl612020.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1140/pl612020.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIAS PÚBLICAS NO LOTEAMENTO CIDADE NOVA.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja solicitado do Recursos Humanos da administração, informações sobre os custos com os professores nos anos de 2017, 2018 e 2019, quantidade de contratação por Designação Temporária e se houve queda do recurso do FUNDEB em virtude do município ceder alunos ao Estado e se existe um cronograma de devolução do restante de valor para o Estado.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja solicitado do Prefeito Municipal informações sobre a forma que será realizado convênio junto ao Estado referente ao atendimento do SAMU no município, como será a contratação dos profissionais da equipe do SAMU e qual o local onde irá funcionar o apoio e quem irá arcar com os custos do local.</t>
   </si>
   <si>
     <t>914</t>
   </si>
@@ -2335,267 +2335,267 @@
 b – relação dos Conselhos Municipais criados pela legislação municipal vigente que se encontram inativos, assim como a justificativa quanto a inatividade; _x000D_
 c – especificação dos membros titulares e respectivos cargos, assim como a especificação dos suplementes de cada Conselho Municipal; _x000D_
 d – especificação do local, data e horário em que ocorrem as reuniões de cada Conselho Municipal; _x000D_
 e – dados de contato (telefone e e-mail) do Presidente e Secretário de cada Conselho Municipal; f – se existe algum Servidor disponível para atender as necessidades dos conselhos;</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna a tomar as providencias cabíveis e administrativas junto a Empresa EDP/Escelsa para fazer a manutenção do poste na Rua Rivadal Manoel de Souza, Bairro Nossa Senhora da Penha, em sentido a Madeireira do Gildinho, de qual o poste esta caindo, causando transtornos a comunidade e sérios riscos as pessoas que ali transitam. Se necessário for, acionar ao Ministério Público, já que o responsável pela iluminação pública do município nos informou que fez a solicitação há uma semana. Pelo bem e presando pela segurança dos nossos munícipes, que seja realizado a notificação com urgência.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR e DARLAN SILVA BARGLINI, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna, solicitando que seja remetido à Câmara Municipal no prazo de lei, a documentação referente a construção da Passarela que liga o Bairro Guanabara ao parque de Exposições da cidade de Iúna, conforme abaixo:_x000D_
 _x000D_
 - Laudo da Engenharia Civil e o Projeto;_x000D_
 - Laudo da Engenharia Ambiental e o Projeto Ambiental;_x000D_
 - Laudo do IEMA.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1003/03_-_requerimentoassistenciasocialcartaoreconstrucao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1003/03_-_requerimentoassistenciasocialcartaoreconstrucao.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja solicitado da Secretaria de Assistência Social informações a respeito do Cartão Reconstrução, disponibilizado pelo Governo Estadual para atender as famílias atingidas pelas fortes chuvas de janeiro do corrente ano, pois existem usuários que não receberam e não tem informações até o momento.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1004/04_-_requerimentocontabilidade.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1004/04_-_requerimentocontabilidade.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI e ROGERIO CEZAR, vereadores desta Casa de Leis, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência após consulta ao plenário, que seja solicitado informações da Contabilidade da administração sobre os recursos disponíveis em todas contas. Se for convênio, informar números e valores. Se for recurso próprio, informar valores e fontes das arrecadações.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1005/05_-_requerimentoprefeitobalancetesetembro.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1005/05_-_requerimentoprefeitobalancetesetembro.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência após consulta ao plenário, que seja solicitado ao Prefeito para que encaminhe a essa Casa de Leis, o balancete do mês de setembro.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer da Vossa Excelência após consulta ao plenário, que seja solicitado ao Prefeito a ATA da reunião do COMDUR (Conselho Municipal de Desenvolvimento Urbano e Rural) relativo a mensagem n° 41/2019 (Projeto de Lei n° 43/2020).</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimentosecagricultura.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimentosecagricultura.docx</t>
   </si>
   <si>
     <t>ARILSON FERREIRA DE OLIVEIRA, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência após consulta ao plenário, solicita ao Secretário de Agricultura e Agronegócio da Municipalidade Senhor Robson Fardim Tristão, informações sobre a localização do Operador Gerson Sodré Assis, uma vez que este operador se encontra atendendo na Zona Rural.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_controladoria_geral_01.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_controladoria_geral_01.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, comunico a Vsª. Sra. que no dia 28/04/2020, foi realizado requerimento ao Sr. Cristiano Dias Bento, Secretario de Interior e Transportes da municipalidade, requerendo informações sobre o uso indevido da ambulância. Assim solicito que possa averiguar tal procedimento e posteriormente, que seja comunicado a esta casa legislativa, conforme segue em anexo o requerimento.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_ao_controlador_geral_02.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_ao_controlador_geral_02.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que possa emitir um relatório de todos os processos que tramitavam por este órgão de controle até o ultimo dia de exoneração dos servidores que atualmente estão no controle, bem como um relatório dos procedimentos após o retorno dos mesmos servidores e qual foi o desenvolvimento/andamento dos processos.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_controladoria_geral_03.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_controladoria_geral_03.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, solicito que apure o fato do nome do servidor público, Adriano Nobre Knup, lotado na unidade de saúde de Laranja da Terra, na função de técnico de enfermagem, estar com seu nome constando como diretor clinico/gerente/administrador no cadastro nacional de estabelecimento de saúde-CNES, sem o consentimento do mesmo, conforme a ficha de estabelecimento de identificação em anexo.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimentoder_es_04.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimentoder_es_04.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Diretor Geral DER-ES, Sr. Luiz Cesar Maretto Coura, solicitando que após as grandes chuvas e enchentes que ocorreram em todo Estado do Espírito Santo no final do mês de janeiro, ocasionando grandes prejuízos humano e materiais. Assim, solicito que este órgão possa viabilizar o reparo na estrada Iúna x Ibitirama, após a saída de Uberaba, no qual, por diversas vezes quase ocorreu acidentes, já que a pista esta interditada e fica dentro de uma curva. Vale ressaltar que os veículos sanitários a saúde de Iúna e Irupi, bem como as ambulâncias transitam todos os dias por essa estrada. Assim, antes que ocorra algum acidente fatal, levando vidas embora, ou até mesmo, entra um outro período chuvoso e venha a ser a pista toda interditada, ocasionando graves problemas para muitas pessoas.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1041/requerimentochefedegabinete_05.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1041/requerimentochefedegabinete_05.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, encaminho ao Chefe de Gabinete Sr. Faguiner Martins Salvador,  para que seja enviado a essa Casa de Leis toda documentação comprobatória referente aos gastos do Covid-19, enviado através do Ofício PMI n° 286/2020 (notas fiscais, processos licitatório  ou dispensa, pregão, tomada de preços).</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimentoder_es2_06.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimentoder_es2_06.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Diretor Geral DER-ES, Sr. Luiz Cesar Maretto Coura, solicitando implantação de um redutor de velocidade no KM 17 na ES 185, próximo a entrada para a ponte do Felinho, logo após a Lar dos Velhinhos.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1088/consertocalcadadefrago.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1088/consertocalcadadefrago.doc</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna  para que seja realizado o conserto da calçada em frente a Defrago, que devido às fortes chuvas que atingiram o município no mês de janeiro do corrente ano, deixou os pedestres sem local para caminhar, tendo que andar no asfalto e correndo o risco de se acidentarem. Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1089/informacoessecretariadeeducacaoobradeolinda.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1089/informacoessecretariadeeducacaoobradeolinda.doc</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna  para que seja determinado ao Secretário de Educação, Senhor André Luiz Ferreira, informações sobre o andamento da obra na Escola Deolinda Amorim de Oliveira, previsão para conclusão da obra, caso a obra esteja parada informar o motivo. Solicito também situação das obras em andamento de todas as Creches e Escolas municipais.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1090/pontebeirarioconstrucaomataburro.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1090/pontebeirarioconstrucaomataburro.doc</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna  para que seja determinado ao Secretário de Agricultura, Senhor Robson Fardim Tristão e sua equipe de trabalho, a providenciar a reforma da Ponte da Beira Rio, próximo ao Senhor Zé Leite, e construção de mata burro próximo ao Senhor Valter, no Distrito de Pequiá.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1091/radares_da_br262_entrada_de_pequia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1091/radares_da_br262_entrada_de_pequia.doc</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Superintendente do DNIT Sr. Romeu Sheibe Neto, buscando esclarecimentos sobre a retirada dos radares na BR 262, da entrada do Distrito de Pequiá. A população precisa saber sobre a possibilidade de novas instalações de radares ou lombadas eletrônicas, ou qualquer outro dispositivo. Com a retirada do mesmo, os carros e carretas transitam em alta velocidade, podendo causar alto índice de acidentes.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Ministério Público, que possa intervir junto ao Poder Executivo, para que seja determinado ao Secretário de Interior e Transportes, Senhor Cristiano Dias Bento, que seja paralisado nos Fins de Semana e retidos no pátio toda a frota municipal, exceto os veículos essenciais (saúde e limpeza pública), no período eleitoral, haja vista várias denúncias onde os veículos estão sendo utilizados para fins eleitoreiros. Que seja determinado um controle rígido dos hodômetros de máquinas pesadas e velocímetros dos veículos pequenos.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimentoagriculturarobsontristao.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimentoagriculturarobsontristao.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício a Secretária de Agricultura da municipalidade, Senhor Robson Fardim Tristão, que seja remetido à Câmara Municipal no prazo de lei, solicitado pela Associação Comunitária dos Agricultores Familiares da Cabeceira do São Cristóvão, algumas horas de serviços de retroescavadeira e caminhão caçamba, visando preparar uma área onde será instalado um secador de café em beneficio a comunidade.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1107/requerimentorh.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1107/requerimentorh.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao RH – Recursos Humanos do Município, solicito informações se todos os professores da Rede Pública Municipal estão recebendo o piso Nacional dos Profissionais da Educação. E caso haja alguém porque não está enquadrado.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1108/requerimentosauderecursofederalcoronavirus.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1108/requerimentosauderecursofederalcoronavirus.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício a Secretária de Saúde da municipalidade, Senhora Vanessa Leocádio Adame, que seja remetido à Câmara Municipal no prazo de lei, o plano de trabalho para utilização do Recurso Federal, relacionado ao Programa Federativo de Enfrentamento do Coronavírus, no valor de aproximadamente 4.000.000,00 (quatro milhões de reais) destinado ao município. Esse requerimento se dá, justamente, para essa Casa de Leis poder acompanhar e fiscalizar os gastos da administração, uma vez que serão despesas sem licitação.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimentosecretariaestadualcienciaetecnologia.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimentosecretariaestadualcienciaetecnologia.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício à Secretaria Estadual da Ciência e Tecnologia – SECTI, para que seja informado a viabilidade de retomada e conclusão das obras da Escola Técnica que está paralisada no município de Iúna.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1110/secretariadeobrasrelatorioobrasnomunicipio.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1110/secretariadeobrasrelatorioobrasnomunicipio.doc</t>
   </si>
   <si>
     <t>ROGÉRIO CÉZAR, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Secretário de Obras da municipalidade, Senhor Flaviano Sanguini de Oliveira, que seja remetido à Câmara Municipal no prazo de lei, relatório de todas as obras em andamento no município constando em cada uma:</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento06contabilidade.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento06contabilidade.docx</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento07seceducacao.docx</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento07seceducacao.docx</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja solicitado ao Secretário de Educação, o Senhor André Luiz Ferreira, uma previsão da chegada e distribuição de cestas básicas.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1124/requerimento09abonoservidoressaude.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1124/requerimento09abonoservidoressaude.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência depois de ouvido o plenário, que a Prefeitura de Iúna em caráter de urgência, realize o estudo de de viabilidade financeira para criação de abono salarial aos servidores públicos da saúde e outros serviços essenciais, em razão dos riscos que estes profissionais estão se expondo ao combate desta pandemia do novo coronavírus.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1125/requerimento10governadorpoliciacivil.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1125/requerimento10governadorpoliciacivil.doc</t>
   </si>
   <si>
     <t>A Câmara Municipal de Iúna, por meio dos vereadores que esta subscrevem, manifesta a Moção de Apoio à Comissão dos Aprovados no Concurso da Polícia Civil ES 2018, e solicita a sua excelência, em caráter de urgência, A IMEDIATA CONCLUSÃO DO REFERIDO CONCURSO E NOMEAÇÃO DOS APROVADOS, bem como o aproveitamento de todo o cadastro de reserva com vistas à recomposição do quadro de Investigadores, Escrivães, Peritos, Médicos Legistas e Auxiliares de Perícia.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1126/requerimento11ministeriopublicopontesanta.doc</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1126/requerimento11ministeriopublicopontesanta.doc</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Ministério Público,_x000D_
 Considerando a Indicação de Serviço n° 21;_x000D_
 Considerando a Indicação de Serviço n° 49;_x000D_
 Considerando os diversos pedidos na Tribuna na Câmara Municipal de Iúna, solicitando às providências cabíveis e alertando dos riscos graves que podem acontecer. Solicitamos ao Ministério Público que possa intervir junto ao Poder Executivo providências urgentes para reparo e manutenção da ponte da Comunidade de Santa Clara do Urbano, antes que possa acontecer danos materiais e pior ainda, danos humanos.  Segue em anexo as fotos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2905,67 +2905,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1135/decles032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1136/decles042020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1137/decles052020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1138/decles062020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1139/decles072020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/952/emenda_projeto_lei_ordinaria_17_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/953/emenda_projeto_lei_ordinaria_21_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/936/indicacao11calcamentoruavalterpereirasales.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/937/indicacao12iluminacaoruajoaquimflorindosobrinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/938/indicacao13iluminacaoavademarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/939/indicacao14iluminacaoavpresidentegetuliovargas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/940/indicacao15recuperacaocalcamentocidade.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/943/indicacao02pontelocalserradofama.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/944/indicacao03corrimaopontelocaltrespontes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/947/quebramolasavademarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/992/indicacao01patrolamentoensaibramentoterracorrida.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao02assistenciasocialmascaraalcoolgel.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao04socorristasecretariadesaude.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao05melhoriapontepostolorena.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/998/indicacao06recuperacaocalcadaoemurosaovicente.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/999/indicacao07meio-fiocampobomdebola.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1000/indicacao08adequacaoregulamentacaosituacaodosservidorespublicos.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1001/indicacao09secretariadeobrasiluminacaoruaantoniomonteiroalves.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1002/indicacao10secretariadeobrasiluminacaoruacarlosalbertorios.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1026/indicacao01extensaoredeiluminacao.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1027/indicacao02limpezaloteamentocolossus.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1028/indicacao04extensaode.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1043/indicacao16iluminacaoavpresidentetancredoneves.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1044/indicacao17iluminacaoavamintasosorioatos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1045/indicacao18reparocalcamentovilanova.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao19pagaemtnopericulosidadeprofissionaissaude.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1047/indicacao20pagamentopericulosidadesantacasa.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1048/indicacao21pontesantaclara.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1049/indicacao22calcamentocomunidadesantaclara.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1050/indicacao23insalubridadeacs.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1052/indicacao25secretariadeobrasiluminacaosantaclaradourbano.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1053/indicacao26secretariadeobrasicalcamentoprincipe.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1055/indicacao28secretariadeassistenciasocialestruturamoradoresderua.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1056/indicacao29secretariadeobrasreparocalcamentovilanova.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1057/indicacao30subprefeitura.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1058/indicacao31secretariasaude.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1059/indicacao32prefeitomunicipal.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1060/indicacao33secretariadeobrasiluminacaoruajoseluizdecastro.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1061/indicacao34secretariadeobrasiluminacaoavantonioaugustooliveira.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1062/indicacao35secretariadeobrasesubprefeituralixeirasantaclaradourbano.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1063/indicacao36secretariadeobras.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1064/indicacao37secretariadesaudetesterapidocovi19.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1065/indicacao38_reforma_da_unidade_de_sauda_da_sta_clara.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1066/indicacao39secretariadeobrasiluminacao_rua_galaor_rios.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1067/indicacao40secretariadeobrasiluminacaoruaastrogildosilveira.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1068/indicacao41secretariadeobrasiluminacaoruaantoniomonteiroalves.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1069/indicacao42secretariadeobrasreparocalcamentocentro.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1070/indicacao43secretariadeobrasreparofaixapedestre.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1071/indicacao44secretariadeobrasreparofaixapedestre.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1072/indicacao45pagamentoenfermeirosicepi.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1073/indicacao46pagamentomedicosmaismedicos.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao47secretariadeobrasiluminacaoav.presidentetrancedoneves.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao48secretariadeobrasiluminacaotrindade.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao01manutencaobueiro.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao02retiradadelixoseentulhos.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao03lixeirasquebradas.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1082/indicacao04substituicaolampadasqueimadas.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao05retiradadebarreiras.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1084/indicacao06reformaestradalaranjadaterra.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1085/indicacao07reformapontepequia.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1093/indicacao01multalixo.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1094/indicacao02multalixo.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1095/indicacao01patrolamentoestradas.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1096/indicacao02consertoasfaltogetuliovargas.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1097/indicacao03pontecorregodolaje.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1101/indicacao02patrolamentoserrinha.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao03lavagemruaquintinobocaiuva.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1111/indicacao11subprefeitopequiapontosturisticos.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1112/indicacao12subprefeitopequiapontosturisticosrioclaro.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao49secretariadeobrasreparopontesantaclaraurbano.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao50limpezaestradalanrajadaterra.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao51limpezaestradasaojoaodoprincipe.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao14iluminacaoavpresidentegetuliovargas.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1123/indicacao22calcamentocomunidadesantaclara.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1128/indicacao08reformapontecorregofama.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/877/mensagem_de_veto_01_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/941/mocaoaplausosalineterrarioszampier.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/942/mocaodepesaranapaulaalvesdamasceno.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/945/mocaopesarluziabernardo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/946/mocaopesarelianaalmeida.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1007/02_-_mocaodepesarcarlospereirasalesjunior.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1008/03_-_mocaodepesarantoniomarquesdasilva.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1009/04_-_mocaodepesaredineiasouzasilvamatos.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1010/05_-_mocaodepesarromildogomesdeaguiar.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1011/06_-_mocaodeaplausosdr.ricardofernandesrezende.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1012/07_-_mocaodepesaredithsouzaleite.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1013/08_-_mocaodepesarlaurafelixsahett.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1014/09_-_mocaodepesarmariaaparecidabatistagomes.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1015/10_-_mocaodeaplausosdurvaldiassantiago.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1016/11_-_mocaodepesarantoniooliveiradasilva.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1017/12_-_mocaodepesar_zayr_batista_vieira.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1018/13_-_mocaodepesarsebastianamaximianasaloto.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1019/14_-_mocaodepesarherondinavianadesouza.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1020/15_-_mocaodepesarsebastiaocaetano.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1021/16_-_mocaodeaplausoscarlosrobertodeandrade.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1022/17_-_mocaodepesarjose_goulart.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1023/18_-_mocaodepesardeibsonfreitaspedron.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1024/19_-_mocaodeaplausosgrupocasa.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1025/20_-_mocaodepesardjalmasaloto.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1030/mocaodepesarzeliacostadeoliveira.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1031/mocaodepesaralucioguilherme.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1032/3_-_mocaoaplausosprofissionaisdeenfermagemsantacasadeiuna.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1033/4_-_mocaoaplausosprofissionaisdeenfermagemsecretariadesaudedeiuna.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1034/5_-_mocaoaplausosprofissionaisdeenfermagemlardosvelhinhoscaparao.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1035/6_-_mocaoaplausosprofissionail_de_enfermagem_maria_josde_silva_borges.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1036/7_-_mocaodepesarlucileiacostasalviete.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1079/mocaodeaplausosedmarhenriquesolindoflorindo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1080/mocaodeaplausosresenhasamba.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1081/mocaodeaplausosromarioejoaomarcoscarvalho.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1086/mocaopesarclaer.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1087/mocaopesarrobertocarlosquarto.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1098/mocaopesardeonillabortolongarcia.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1099/mocaopesarjosedelfino.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1100/mocaopesarrubensgarcia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1103/mocaoaplausosprefeitaguacui.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1104/mocaodepesarerenirodriguesdesouza.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1105/mocaodepesarmauraferreiradelima.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1113/mocao20depesarherondinavianadesouza.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1114/mocao21deaplausosdiafuncionalismopublico.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao22depesarmariaimaculadaamorim.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1116/mocao23deaplausosrusso.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1127/mocaoaplausospastormargarino.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1129/mocaopesarjoaozape.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/885/projeto_lei_complementar_01_2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/886/projeto_lei_complementar_02_2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_lei_complementar_03_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/948/projeto_lei_complementar_04_2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/955/plc_52020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/977/lc062020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/981/plc072020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1131/plc082020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1132/plc092020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1133/plc102020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/887/projeto_lei_ordinaria_01_2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/888/projeto_lei_ordinaria_02_2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_lei_ordinaria_03_2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/890/projeto_lei_ordinaria_04_2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/891/projeto_lei_ordinaria_05_2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/892/projeto_lei_ordinaria_06_2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/933/projeto_lei_ordinaria_07_2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/894/projeto_lei_ordinaria_08_2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/932/projeto_lei_ordinaria_09_2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/895/projeto_lei_ordinaria_10_2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/896/projeto_lei_ordinaria_11_2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/897/projeto_lei_ordinaria_12_2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_lei_ordinaria_13_2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/899/projeto_lei_ordinaria_14_2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_lei_ordinaria_15_2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/901/projeto_lei_ordinaria_16_2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/902/projeto_lei_ordinaria_17_2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/903/projeto_lei_ordinaria_18_2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/904/projeto_lei_ordinaria_19_2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_lei_ordinaria_20_2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/949/projeto_lei_ordinaria_21_2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/950/projeto_lei_ordinaria_22_2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/951/projeto_lei_ordinaria_23_2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/954/pl_242020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/956/pl_252020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/957/pl_262020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/958/pl_272020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/959/pl_282020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/962/pl_292020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/963/pl_302020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/964/pl_312020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/965/pl32-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/966/pl33-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/967/pl34.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/968/pl352020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/969/pl3620202.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/970/pl372020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/971/pl382020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/972/pl392020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/973/pl402020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/974/pl412020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/975/pl422020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/976/pl432020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/978/pl442020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/979/pl452020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/980/pl462020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/982/pl472020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/983/pl482020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/984/pl492020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/985/pl502020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/986/pl512020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/987/pl522020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/988/pl532020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/989/pl542020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/990/pl552020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/991/pl562020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1130/pl592020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1134/pl602020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1140/pl612020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1003/03_-_requerimentoassistenciasocialcartaoreconstrucao.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1004/04_-_requerimentocontabilidade.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1005/05_-_requerimentoprefeitobalancetesetembro.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimentosecagricultura.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_controladoria_geral_01.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_ao_controlador_geral_02.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_controladoria_geral_03.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimentoder_es_04.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1041/requerimentochefedegabinete_05.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimentoder_es2_06.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1088/consertocalcadadefrago.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1089/informacoessecretariadeeducacaoobradeolinda.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1090/pontebeirarioconstrucaomataburro.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1091/radares_da_br262_entrada_de_pequia.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimentoagriculturarobsontristao.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1107/requerimentorh.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1108/requerimentosauderecursofederalcoronavirus.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimentosecretariaestadualcienciaetecnologia.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1110/secretariadeobrasrelatorioobrasnomunicipio.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento06contabilidade.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento07seceducacao.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1124/requerimento09abonoservidoressaude.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1125/requerimento10governadorpoliciacivil.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1126/requerimento11ministeriopublicopontesanta.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1135/decles032020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1136/decles042020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1137/decles052020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1138/decles062020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1139/decles072020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/952/emenda_projeto_lei_ordinaria_17_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/953/emenda_projeto_lei_ordinaria_21_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/936/indicacao11calcamentoruavalterpereirasales.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/937/indicacao12iluminacaoruajoaquimflorindosobrinho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/938/indicacao13iluminacaoavademarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/939/indicacao14iluminacaoavpresidentegetuliovargas.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/940/indicacao15recuperacaocalcamentocidade.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/943/indicacao02pontelocalserradofama.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/944/indicacao03corrimaopontelocaltrespontes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/947/quebramolasavademarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/992/indicacao01patrolamentoensaibramentoterracorrida.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/994/indicacao02assistenciasocialmascaraalcoolgel.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/996/indicacao04socorristasecretariadesaude.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/997/indicacao05melhoriapontepostolorena.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/998/indicacao06recuperacaocalcadaoemurosaovicente.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/999/indicacao07meio-fiocampobomdebola.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1000/indicacao08adequacaoregulamentacaosituacaodosservidorespublicos.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1001/indicacao09secretariadeobrasiluminacaoruaantoniomonteiroalves.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1002/indicacao10secretariadeobrasiluminacaoruacarlosalbertorios.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1026/indicacao01extensaoredeiluminacao.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1027/indicacao02limpezaloteamentocolossus.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1028/indicacao04extensaode.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1043/indicacao16iluminacaoavpresidentetancredoneves.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1044/indicacao17iluminacaoavamintasosorioatos.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1045/indicacao18reparocalcamentovilanova.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1046/indicacao19pagaemtnopericulosidadeprofissionaissaude.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1047/indicacao20pagamentopericulosidadesantacasa.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1048/indicacao21pontesantaclara.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1049/indicacao22calcamentocomunidadesantaclara.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1050/indicacao23insalubridadeacs.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1052/indicacao25secretariadeobrasiluminacaosantaclaradourbano.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1053/indicacao26secretariadeobrasicalcamentoprincipe.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1055/indicacao28secretariadeassistenciasocialestruturamoradoresderua.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1056/indicacao29secretariadeobrasreparocalcamentovilanova.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1057/indicacao30subprefeitura.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1058/indicacao31secretariasaude.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1059/indicacao32prefeitomunicipal.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1060/indicacao33secretariadeobrasiluminacaoruajoseluizdecastro.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1061/indicacao34secretariadeobrasiluminacaoavantonioaugustooliveira.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1062/indicacao35secretariadeobrasesubprefeituralixeirasantaclaradourbano.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1063/indicacao36secretariadeobras.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1064/indicacao37secretariadesaudetesterapidocovi19.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1065/indicacao38_reforma_da_unidade_de_sauda_da_sta_clara.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1066/indicacao39secretariadeobrasiluminacao_rua_galaor_rios.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1067/indicacao40secretariadeobrasiluminacaoruaastrogildosilveira.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1068/indicacao41secretariadeobrasiluminacaoruaantoniomonteiroalves.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1069/indicacao42secretariadeobrasreparocalcamentocentro.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1070/indicacao43secretariadeobrasreparofaixapedestre.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1071/indicacao44secretariadeobrasreparofaixapedestre.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1072/indicacao45pagamentoenfermeirosicepi.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1073/indicacao46pagamentomedicosmaismedicos.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1074/indicacao47secretariadeobrasiluminacaoav.presidentetrancedoneves.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1075/indicacao48secretariadeobrasiluminacaotrindade.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1076/indicacao01manutencaobueiro.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1077/indicacao02retiradadelixoseentulhos.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1078/indicacao03lixeirasquebradas.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1082/indicacao04substituicaolampadasqueimadas.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1083/indicacao05retiradadebarreiras.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1084/indicacao06reformaestradalaranjadaterra.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1085/indicacao07reformapontepequia.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1093/indicacao01multalixo.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1094/indicacao02multalixo.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1095/indicacao01patrolamentoestradas.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1096/indicacao02consertoasfaltogetuliovargas.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1097/indicacao03pontecorregodolaje.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1101/indicacao02patrolamentoserrinha.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1102/indicacao03lavagemruaquintinobocaiuva.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1111/indicacao11subprefeitopequiapontosturisticos.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1112/indicacao12subprefeitopequiapontosturisticosrioclaro.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1119/indicacao49secretariadeobrasreparopontesantaclaraurbano.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1120/indicacao50limpezaestradalanrajadaterra.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1121/indicacao51limpezaestradasaojoaodoprincipe.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1122/indicacao14iluminacaoavpresidentegetuliovargas.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1123/indicacao22calcamentocomunidadesantaclara.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1128/indicacao08reformapontecorregofama.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/877/mensagem_de_veto_01_2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/941/mocaoaplausosalineterrarioszampier.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/942/mocaodepesaranapaulaalvesdamasceno.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/945/mocaopesarluziabernardo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/946/mocaopesarelianaalmeida.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1007/02_-_mocaodepesarcarlospereirasalesjunior.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1008/03_-_mocaodepesarantoniomarquesdasilva.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1009/04_-_mocaodepesaredineiasouzasilvamatos.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1010/05_-_mocaodepesarromildogomesdeaguiar.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1011/06_-_mocaodeaplausosdr.ricardofernandesrezende.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1012/07_-_mocaodepesaredithsouzaleite.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1013/08_-_mocaodepesarlaurafelixsahett.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1014/09_-_mocaodepesarmariaaparecidabatistagomes.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1015/10_-_mocaodeaplausosdurvaldiassantiago.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1016/11_-_mocaodepesarantoniooliveiradasilva.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1017/12_-_mocaodepesar_zayr_batista_vieira.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1018/13_-_mocaodepesarsebastianamaximianasaloto.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1019/14_-_mocaodepesarherondinavianadesouza.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1020/15_-_mocaodepesarsebastiaocaetano.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1021/16_-_mocaodeaplausoscarlosrobertodeandrade.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1022/17_-_mocaodepesarjose_goulart.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1023/18_-_mocaodepesardeibsonfreitaspedron.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1024/19_-_mocaodeaplausosgrupocasa.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1025/20_-_mocaodepesardjalmasaloto.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1030/mocaodepesarzeliacostadeoliveira.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1031/mocaodepesaralucioguilherme.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1032/3_-_mocaoaplausosprofissionaisdeenfermagemsantacasadeiuna.doc" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1033/4_-_mocaoaplausosprofissionaisdeenfermagemsecretariadesaudedeiuna.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1034/5_-_mocaoaplausosprofissionaisdeenfermagemlardosvelhinhoscaparao.doc" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1035/6_-_mocaoaplausosprofissionail_de_enfermagem_maria_josde_silva_borges.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1036/7_-_mocaodepesarlucileiacostasalviete.doc" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1079/mocaodeaplausosedmarhenriquesolindoflorindo.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1080/mocaodeaplausosresenhasamba.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1081/mocaodeaplausosromarioejoaomarcoscarvalho.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1086/mocaopesarclaer.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1087/mocaopesarrobertocarlosquarto.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1098/mocaopesardeonillabortolongarcia.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1099/mocaopesarjosedelfino.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1100/mocaopesarrubensgarcia.doc" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1103/mocaoaplausosprefeitaguacui.doc" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1104/mocaodepesarerenirodriguesdesouza.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1105/mocaodepesarmauraferreiradelima.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1113/mocao20depesarherondinavianadesouza.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1114/mocao21deaplausosdiafuncionalismopublico.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1115/mocao22depesarmariaimaculadaamorim.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1116/mocao23deaplausosrusso.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1127/mocaoaplausospastormargarino.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1129/mocaopesarjoaozape.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/885/projeto_lei_complementar_01_2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/886/projeto_lei_complementar_02_2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/935/projeto_lei_complementar_03_2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/948/projeto_lei_complementar_04_2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/955/plc_52020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/977/lc062020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/981/plc072020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1131/plc082020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1132/plc092020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1133/plc102020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/887/projeto_lei_ordinaria_01_2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/888/projeto_lei_ordinaria_02_2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/889/projeto_lei_ordinaria_03_2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/890/projeto_lei_ordinaria_04_2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/891/projeto_lei_ordinaria_05_2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/892/projeto_lei_ordinaria_06_2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/933/projeto_lei_ordinaria_07_2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/894/projeto_lei_ordinaria_08_2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/932/projeto_lei_ordinaria_09_2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/895/projeto_lei_ordinaria_10_2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/896/projeto_lei_ordinaria_11_2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/897/projeto_lei_ordinaria_12_2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/898/projeto_lei_ordinaria_13_2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/899/projeto_lei_ordinaria_14_2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/900/projeto_lei_ordinaria_15_2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/901/projeto_lei_ordinaria_16_2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/902/projeto_lei_ordinaria_17_2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/903/projeto_lei_ordinaria_18_2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/904/projeto_lei_ordinaria_19_2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/934/projeto_lei_ordinaria_20_2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/949/projeto_lei_ordinaria_21_2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/950/projeto_lei_ordinaria_22_2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/951/projeto_lei_ordinaria_23_2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/954/pl_242020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/956/pl_252020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/957/pl_262020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/958/pl_272020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/959/pl_282020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/962/pl_292020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/963/pl_302020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/964/pl_312020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/965/pl32-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/966/pl33-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/967/pl34.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/968/pl352020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/969/pl3620202.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/970/pl372020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/971/pl382020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/972/pl392020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/973/pl402020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/974/pl412020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/975/pl422020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/976/pl432020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/978/pl442020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/979/pl452020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/980/pl462020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/982/pl472020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/983/pl482020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/984/pl492020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/985/pl502020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/986/pl512020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/987/pl522020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/988/pl532020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/989/pl542020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/990/pl552020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/991/pl562020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1130/pl592020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1134/pl602020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1140/pl612020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1003/03_-_requerimentoassistenciasocialcartaoreconstrucao.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1004/04_-_requerimentocontabilidade.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1005/05_-_requerimentoprefeitobalancetesetembro.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1029/requerimentosecagricultura.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1037/requerimento_controladoria_geral_01.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1038/requerimento_ao_controlador_geral_02.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1039/requerimento_controladoria_geral_03.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1040/requerimentoder_es_04.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1041/requerimentochefedegabinete_05.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1042/requerimentoder_es2_06.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1088/consertocalcadadefrago.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1089/informacoessecretariadeeducacaoobradeolinda.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1090/pontebeirarioconstrucaomataburro.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1091/radares_da_br262_entrada_de_pequia.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1106/requerimentoagriculturarobsontristao.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1107/requerimentorh.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1108/requerimentosauderecursofederalcoronavirus.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1109/requerimentosecretariaestadualcienciaetecnologia.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1110/secretariadeobrasrelatorioobrasnomunicipio.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1117/requerimento06contabilidade.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1118/requerimento07seceducacao.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1124/requerimento09abonoservidoressaude.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1125/requerimento10governadorpoliciacivil.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2020/1126/requerimento11ministeriopublicopontesanta.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="139.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>