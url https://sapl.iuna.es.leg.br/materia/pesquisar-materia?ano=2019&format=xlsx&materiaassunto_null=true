--- v0 (2025-11-16)
+++ v1 (2026-03-19)
@@ -54,2301 +54,2301 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>João Elias</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/</t>
+    <t>http://sapl.iuna.es.leg.br/media/</t>
   </si>
   <si>
     <t>APROVA COM RESSALVA AS CONTAS DO MUNICÍPIO DE IÚNA, DO EXERCÍCIO FINANCEIRO DE 2005, RESPONSABILIDADE DO SR. ROGÉRIO CRUZ SILVA.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/700/projeto_decreto_legislativo_02_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/700/projeto_decreto_legislativo_02_2019.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE IÚNA DO EXERCÍCIO FINANCEIRO DE 2012.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Adriano Ornelas</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_decreto_legislativo_03_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_decreto_legislativo_03_2019.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO PODER LEGISLATIVO DO MUNICÍPIO DE IÚNA DO EXERCÍCIO FINANCEIRO DE 2017.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_decreto_legislativo_04_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_decreto_legislativo_04_2019.pdf</t>
   </si>
   <si>
     <t>APROVA COM RESSALVA AS CONTAS DO MUNICÍPIO DE IÚNA, DO EXERCÍCIO FINANCEIRO DE 2015.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/828/projeto_decreto_legislativo_05_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/828/projeto_decreto_legislativo_05_2019.pdf</t>
   </si>
   <si>
     <t>ANULA OS EFEITOS DA LEI MUNICIPAL N° 2.860/2019.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/834/projeto_decreto_legislativo_06_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/834/projeto_decreto_legislativo_06_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SESSÃO SOLENE DE ENTREGA DE TÍTULOS DE CIDADÃO IUNENSE, IUNENSE AUSENTE, IUNENSE PRESENTE, E A COMENDA PARLAMENTAR DO RIO PARADO DE 2019.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/838/decreto_07.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/838/decreto_07.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE DE 2019.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/839/decreto_08.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/839/decreto_08.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO IUNENSE PRESENTE DE 2019.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/840/decreto_09.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/840/decreto_09.pdf</t>
   </si>
   <si>
     <t>CONCEDE COMENDA PARLAMENTAR DO RIO PARDO DE 2019.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/659/emenda_28_lei_organica_municipal_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/659/emenda_28_lei_organica_municipal_2019.pdf</t>
   </si>
   <si>
     <t>ACRESCE PARÁGRAFOS NO ARTIGO 123 DA LEI ORGÂNICA DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/721/emenda_02_lei_organica_municipal.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/721/emenda_02_lei_organica_municipal.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 47 E SEUS INCISOS E PARÁGRAFO ÚNICO DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei</t>
   </si>
   <si>
     <t>Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/701/emenda_projeto_lei_05_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/701/emenda_projeto_lei_05_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA EMENTA E O ARTIGO SEGUNDO DO PROJETO DE LEI ORDINÁRIA N° 05/2019.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Julio Soldado</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/703/emenda_projeto_lei_07_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/703/emenda_projeto_lei_07_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ARTIGO SEGUNDO DO PROJETO DE LEI ORDINÁRIA N° 07/2019.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/704/emenda_projeto_lei_08_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/704/emenda_projeto_lei_08_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ARTIGO SEGUNDO DO PROJETO DE LEI ORDINÁRIA N° 08/2019.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/705/emenda_projeto_lei_11_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/705/emenda_projeto_lei_11_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ARTIGO SEGUNDO DO PROJETO DE LEI ORDINÁRIA N° 11/2019.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/706/emenda_projeto_lei_12_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/706/emenda_projeto_lei_12_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E O ARTIGO SEGUNDO DO PROJETO DE LEI ORDINÁRIA N° 12/2019.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/708/emenda_projeto_lei_15_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/708/emenda_projeto_lei_15_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA DO PROJETO DE LEI ORDINÁRIA N° 15/2019.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/709/emenda_projeto_lei_17_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/709/emenda_projeto_lei_17_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A EMENTA DO PROJETO DE LEI ORDINÁRIA N° 17/2019.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/770/emenda_projeto_lei_49_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/770/emenda_projeto_lei_49_2019.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do artigo 2° do projeto de lei n° 49/2019.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>Sonsim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/771/emenda_projeto_lei_51_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/771/emenda_projeto_lei_51_2019.pdf</t>
   </si>
   <si>
     <t>Modifica Ementa e Redação do artigo 2° do projeto de lei ordinária n° 51/2019.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/774/emendas_de_redacao_projeto_lei_complementar_07_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/774/emendas_de_redacao_projeto_lei_complementar_07_2019.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 4° e Suprime o artigo 5° do projeto de lei complementar n° 07/2019</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Darlan Barglini</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/800/emenda_projeto_lei_66_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/800/emenda_projeto_lei_66_2019.pdf</t>
   </si>
   <si>
     <t>Da nova redação ao artigo primeiro do projeto lei n° 66/2019, contração temporária de Engenheiro Civil.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/801/emenda_sup_projeto_lei_66_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/801/emenda_sup_projeto_lei_66_2019.pdf</t>
   </si>
   <si>
     <t>SUPRIME A REDAÇÃO DO ARTIGO 4° DO  PROJETO LEI N° 66/2019, CONTRATAÇÃO TEMPORÁRIA DE ENGENHEIRO CIVIL.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/804/emenda_projeto_lei_52_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/804/emenda_projeto_lei_52_2019.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo 12 do projeto de lei ordinária n° 52/2019.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/805/emenda_projeto_lei_52_2019_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/805/emenda_projeto_lei_52_2019_2.pdf</t>
   </si>
   <si>
     <t>SUPRIME O INCISO III DO ARTIGO 13 DO PROJETO DE LEI ORDINÁRIA N° 52/2019.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/806/emenda_projeto_lei_52_2019_3.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/806/emenda_projeto_lei_52_2019_3.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 22 DO PROJETO DE LEI ORDINÁRIA N°. 52/2019.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/807/emenda_projeto_lei_52_2019_4.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/807/emenda_projeto_lei_52_2019_4.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 29 DO PROJETO DE LEI ORDINÁRIA N° 52/2019.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/809/emenda_projeto_lei_52_2019_5.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/809/emenda_projeto_lei_52_2019_5.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 33 DO PROJETO DE LEI ORDINÁRIA N° 52/2019.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/810/emenda_projeto_lei_52_2019_6.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/810/emenda_projeto_lei_52_2019_6.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 43 DO PROJETO DE LEI ORDINÁRIA N°52/2019.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/812/emenda_projeto_lei_77_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/812/emenda_projeto_lei_77_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 3° DO PROJETO DE LEI ORDINÁRIA N° 77/2019.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/813/emenda_projeto_lei_77_2019_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/813/emenda_projeto_lei_77_2019_2.pdf</t>
   </si>
   <si>
     <t>MODIFICA A EMENTA DO PROJETO DE LEI ORDINÁRIA N° 77/2019.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/852/emenda_projeto_lei_complementar_13_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/852/emenda_projeto_lei_complementar_13_2019.pdf</t>
   </si>
   <si>
     <t>SUPRIME OS ARTIGOS 1°, 4°, 6° E 7° DO PROJETO DE LEI COMPLEMENTAR N° 13/2019.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/854/emenda_projeto_lei_complementar_13_2019_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/854/emenda_projeto_lei_complementar_13_2019_2.pdf</t>
   </si>
   <si>
     <t>SUPRIME O PARÁGRAFO ÚNICO DO ARTIGO 8° DO PROJETO DE LEI COMPLEMENTAR N° 13/2019.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/856/emenda_projeto_lei_complementar_13_2019_3.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/856/emenda_projeto_lei_complementar_13_2019_3.pdf</t>
   </si>
   <si>
     <t>MODIFICA NO ARTIGO 2° DO PROJETO DE LEI COMPLEMENTAR N° 13/2019, A REDAÇÃO DO ARTIGO 50-A.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/857/emenda_projeto_lei_complementar_13_2019_4.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/857/emenda_projeto_lei_complementar_13_2019_4.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ARTIGO 8° DO PROJETO DE LEI COMPLEMENTAR N° 13/2019.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/858/emenda_projeto_lei_complementar_13_2019_5.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/858/emenda_projeto_lei_complementar_13_2019_5.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DO ARTIGO 9° DO PROJETO DE LEI COMPLEMENTAR N° 13/2019.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/868/emenda_projeto_lei_ordinaria_50_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/868/emenda_projeto_lei_ordinaria_50_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 13 DO PROJETO DE LEI N° 50/2019.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/870/emenda_projeto_lei_92_2019_6.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/870/emenda_projeto_lei_92_2019_6.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 11 DO PROJETO DE LEI ORDINÁRIA 92/2019.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/871/emenda_projeto_lei_92_2019_5.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/871/emenda_projeto_lei_92_2019_5.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO DA PARTE PRELIMINAR DO PROJETO DE LEI ORDINÁRIA 92/2019.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/872/emenda_projeto_lei_92_2019_4.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/872/emenda_projeto_lei_92_2019_4.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 8° DO PROJETO DE LEI ORDINÁRIA N° 92/2019</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/873/emenda_projeto_lei_92_2019_3.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/873/emenda_projeto_lei_92_2019_3.pdf</t>
   </si>
   <si>
     <t>SUPRIME O ARTIGO 6° E SEUS INCISOS DO PROJETO DE LEI ORDINÁRIA N° 92/2019.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/874/emenda_projeto_lei_92_2019_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/874/emenda_projeto_lei_92_2019_2.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 5° DO PROJETO DE LEI ORDINÁRIA N° 92/2019.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/875/emenda_projeto_lei_92_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/875/emenda_projeto_lei_92_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 4° DO PROJETO DE LEI ORDINÁRIA N° 92/2019.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/728/001patrolamentoestradarecreio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/728/001patrolamentoestradarecreio.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho, o serviço de patrolamento e ensaibramento da estrada vicinal que liga o Córrego Recreio à Uberaba, neste Município, sendo que a mesma se encontra e precário estado de conservação.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/729/002patrolamentoestradacor.veadoscor.lage.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/729/002patrolamentoestradacor.veadoscor.lage.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho, o serviço de patrolamento e ensaibramento das estradas vicinais que ligam o Córrego dos Veados entre Nossa Senhora das Graças, passando pelo sítio do Senhor Nilson Rosa, Ilda Oliveira, Helder, Romildo Borges, com termino no sítio do Senhor João César. Outrossim que seja executado o patrolamento e o ensaibramento das estradas vicinais do Córrego do Lage, entrada da Ponte do Figueiredo próximo a casa do Senhor Carlito, passando pelo sítio do Senhor João Henrique, Edson Justo, zinma Mariano, com termino no sítio do Senhor Gilmar Toledo.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho, o serviço de patrolamento e ensaibramento das estradas vicinais que compreendem o Córrego Socorro, entre Nossa Senhora das Graças até a localidade de Barro Branco.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/731/004patrolamentobarradaserrinha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/731/004patrolamentobarradaserrinha.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar juntamente com sua equipe de trabalho, o serviço de patrolamento e ensaibramento das estradas vicinais que compreendem o Córrego Barra da Serrinha iniciando no sítio dos Almeidas passando pelo sítio dos Ornelas e sítio do Ezequiel Marques até o Córrego da Serrinha.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/732/005iluminacaopracasaovicentedepaula.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/732/005iluminacaopracasaovicentedepaula.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviços:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a providenciar juntamente com sua equipe de trabalho, o serviço de reparação da iluminação da Praça Namir Angêlo Gonçalves, ao lado da Comunidade Católica São Vicente de Paula.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/740/001reparoquadravilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/740/001reparoquadravilanova.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para efetuar os devidos reparos e manutenção na Quadra de Esportes no Bairro Vila Nova, pois muitas pessoas utilizam a mesma para a prática de esportes e lazer, entre homens, mulheres, jovens e crianças. Com a manutenção e os devidos reparos, incentivará ainda mais os munícipes a praticarem esportes, trazendo assim mais qualidade de vida para as pessoas do Bairro. _x000D_
 _x000D_
 Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>Everaldo da Belo Aço</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/751/001areaparadepositolixoenetulho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/751/001areaparadepositolixoenetulho.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja providenciado área no Município de Iúna para destinar o lixo e entulho gerado pela população, haja vista que este tipo de rejeito está sendo depositado as margens das vias públicas nas saídas da cidade de Iúna. _x000D_
 _x000D_
 Contando com a atenção valiosa de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/752/002servicosdelimpezalixoentulho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/752/002servicosdelimpezalixoentulho.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais solicita a Vossa Excelência que remeta ao Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira para, juntamente com sua equipe de trabalho, com urgência, providenciar limpeza de entulho e lixo nos locais que seque abaixo:_x000D_
 _x000D_
 I – ao lado da Igreja Católica Santa Edwiges, próximo a Faculdade DOCTUM, Bairro Guanabara;_x000D_
 II – as margens da Avenida Professor Amphilóphio de Oliveira;_x000D_
 III – saída para a Água Santa Avenida São Vicente de Paula;_x000D_
 IV – reparos no asfalto da Rodovia Caminhos do Campo, em todo o seu percurso, devido aos inúmeros buracos.  _x000D_
 _x000D_
 Contando com a atenção valiosa de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/757/001aguaconsultorioodontologicoprincipe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/757/001aguaconsultorioodontologicoprincipe.pdf</t>
   </si>
   <si>
     <t>JOÃO ELIAS COLOMBO HORSTH, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, que remeta ao Gabinete do Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira a tomar as providências que se fizerem necessárias com sua equipe de trabalho, com urgência, no sentido de executar a instalação de sistema de água no prédio onde funciona o consultório de atendimento odontológico localizado no Distrito de São João do Príncipe, haja vista que é necessário este procedimento para que seja feito o atendimento a população local.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/830/mensagem_veto_01_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/830/mensagem_veto_01_2019.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL A LEI MUNICIPAL N° 2.804/2019.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/831/mensagem_veto_02_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/831/mensagem_veto_02_2019.pdf</t>
   </si>
   <si>
     <t>VOTO TOTAL A LEI MUNICIPAL N° 2.847/2019.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/833/mensagem_veto_03_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/833/mensagem_veto_03_2019.pdf</t>
   </si>
   <si>
     <t>VETO AS EMENDAS N° 04 E 05 A LEI N° 2.885/2019 DE DIRETRIZES ORÇAMENTÁRIAS, REFERENTE ARTIGO 29 E ARTIGO 33.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/867/mensagem_veto_04_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/867/mensagem_veto_04_2019.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO AUTOGRAFO DA LEI MUNICIPAL N° 2.871/2019.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/876/mensagem_veto_05_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/876/mensagem_veto_05_2019.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO AUTÓGRAFO DA LEI COMPLEMENTAR N° 18/2019.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>MÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI e JOÃO ELIAS COLOMBO HORSTH, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção Profundo Pesar as famílias das vítimas da tragédia ocorrida na cidade de Brumadinho/MG, que ceifou vidas de pessoas e causou enorme prejuízo ambiental, que levará tempo para recuperar._x000D_
 Neste momento de dor e tristeza este Poder Legislativo presta solidariedade a todas as famílias enlutadas, que perderam seus entes queridos pelo rompimento da barragem de rejeitos da Empresa Vale. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a Câmara Municipal de Brumadinho/MG.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/738/mocaopesarkatiaamorimfernandes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/738/mocaopesarkatiaamorimfernandes.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção Profundo Pesar pelo falecimento de KATIA DE AMORIM FERNANDES, ocorrido em Iúna no dia 21 de março do ano em curso. A falecida era moradora do Bairro Quilombo e irmã de servidores públicos municipais._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família enlutada, residente em Iúna.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>Arilson Ferreira de Oliveira, Darlan Barglini</t>
   </si>
   <si>
     <t>ARILSON FERREIRA DE OLIVEIRA e DARLAN SILVA BARGLINI, vereadores do Município de Iúna, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal Moção de Profundo Pesar pelo falecimento do Senhor DORVALINO SERAFIM DOS REIS, ocorrido no dia 15 de março do ano corrente, em Iúna. O falecido era morador antigo da Rua Pedro Justo, nesta cidade, deixa sete filhos e saudades entre parentes e amigos._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada aos familiares, residentes em Iúna.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/741/mocaoaplauso1aigrejapresbiteriana.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/741/mocaoaplauso1aigrejapresbiteriana.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a 1° Igreja Presbiteriana de Iúna, pela comemoração dos 79 anos de fundação no Município de Iúna._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao Pastor da Igreja.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/742/mocaoaplauso14aciapoliciamilitardeiuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/742/mocaoaplauso14aciapoliciamilitardeiuna.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a 2ª Cia de Polícia Militar de Iúna pela comemoração do Dia da Polícia Militar e pelos relevantes serviços prestados a nossa cidade._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a 2ª Cia de Polícia Militar de Iúna.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/743/mocaoaplausoigrejaassembleiadedeus.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/743/mocaoaplausoigrejaassembleiadedeus.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a 1° Igreja Evangélica Assembleia de Deus em Iúna, em comemoração aos 70 anos de fundação._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao Pastor da Igreja.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/744/mocaoaplausomotoclublobosdocaparao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/744/mocaoaplausomotoclublobosdocaparao.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Moto Club Lobos do Caparaó pelos relevantes serviços prestados ao Município de Iúna, através do empreendedorismo e atividades sociais._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada ao Presidente do Club.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM e JÚLIO MARIA DE OLIVEIRA vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Capitão da reserva PM JOSÉ BATISTA DE ASSIS nascido em 19 de março de 1953, falecido em 03 de março de 2019. Trinta anos de serviços prestados ao povo capixaba, nas fileiras do Polícia Militar._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família, através da viúva Senhora Maria Aparecida Dias e ao irmão João Batista de Assis, residente em Iúna/ES.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/746/mocaopesarcelitacunhaoliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/746/mocaopesarcelitacunhaoliveira.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora Celita Cunha Oliveira, moradora desta cidade, ocorrido no dia 06 de maio do ano de 2019. A falecida deixa filhos, netos e bisnetos._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família, através da filha Sônia Cunha Oliveira</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Darlan Barglini</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/747/mocaopesarjoaomodesto.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/747/mocaopesarjoaomodesto.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM e DARLAN SILVA BARGLINI vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor JOÃO MARIANO MARTINS de 65 anos de idade, ocorrido em Iúna no dia 06 de março do ano de 2019. Residiu durante toda sua vida em Iúna, na localidade de Triste Sorte, Córrego dos Veados, Distrito de Nossa Senhora das Graças. Trabalhador rural aposentado conhecido por João Modesto. Deixa 04 filhas e 03 netos. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família, através da filha Leidiane Ribeiro Martins, residente em Iúna/ES.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/748/mocaopesarmariagenuinaleitealves.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/748/mocaopesarmariagenuinaleitealves.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento da Senhora Maria Genuina Leite Alves de 67 anos de idade, ocorrido no dia 09 de março do ano de 2019. Pessoa simples, idônea, aposentada, deixando filhos, netos e bisnetos._x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família, através da filha Rutnea Leite Alves.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Weliton Virgilio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/678/projeto_lei_complementar_01_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/678/projeto_lei_complementar_01_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EQUIPE PARA IMPLEMENTAÇÃO DO CREAS E COMPLEMENTAÇÃO DA EQUIPE DO PAIF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/679/projeto_lei_complementar_02_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/679/projeto_lei_complementar_02_2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES, SANÇÕES E PENALIDADES ADMINISTRATIVAS EM CASOS DE MAUS-TRATOS À ANIMAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/723/projeto_lei_ordinaria_003_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/723/projeto_lei_ordinaria_003_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.989/2005 - CÓDIGO TRIBUTÁRIO MUNICIPAL DO MUNICÍPIO DE IÚNA/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_lei_complementar_04_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_lei_complementar_04_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.847/2002.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/726/projeto_lei_complementar_05_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/726/projeto_lei_complementar_05_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.989/2005 - CÓDIGO TRIBUTÁRIO MUNICIPAL DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/727/projeto_lei_complementar_06_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/727/projeto_lei_complementar_06_2019.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO E VAGAS DE PROVIMENTO EFETIVO NO QUADRO DE PESSOAL DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE IÚNA E ALTERA OS ANEXOS I E VI DA LEI COMPLEMENTAR 06/2014.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_lei_complementar_07_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_lei_complementar_07_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 2°, 5° E 9° DA LEI MUNICIPAL N° 2.177/2008.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_lei_complementar_08_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_lei_complementar_08_2019.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO E VAGAS DE PROVIMENTO EFETIVO NO QUADRO DE PESSOAL DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE IÚNA E ALTERA OS ANEXOS I E VI DA LEI COMPLEMENTAR N° 06/2014.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_lei_complementar_09_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_lei_complementar_09_2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMISSÃO PERMANENTE DE AVALIAÇÃO E DESENVOLVIMENTO FUNCIONAL DO MAGISTÉRIO, ALTERA E CRIA AS NORMAS PARA CONCESSÃO DA PROGRESSÃO HORIZONTAL E VERTICAL AOS SERVIDORES DO QUADRO DO MAGISTÉRIO DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_lei_complementar_10_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_lei_complementar_10_2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A TABELA DE VALORES-BASE PARA O EXERCÍCIO FINANCEIRO DE 2019 E ALTERA A LEI N° 1.989/2005 - CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_lei_complementar_11_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_lei_complementar_11_2019.pdf</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_lei_complementar_12_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_lei_complementar_12_2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ÓRGÃO TRIBUTÁRIO DO MUNICÍPIO DE IÚNA, DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E ATRIBUIÇÕES DA SECRETARIA MUNICIPAL DE FAZENDA E FINANÇAS - SEFAZ E SEUS ÓRGÃOS, ALTERA AS LEIS ORDINÁRIA N° 1.989, DE 2005, E 2.264, DE 2009, E AS LEI COMPLEMENTARES N° 05, 2014, E 06, DE 2014, CRIA, ALTERA, EXTINGUE E TRANSFORMA CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/842/projeto_lei_complementar_13_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/842/projeto_lei_complementar_13_2019.pdf</t>
   </si>
   <si>
     <t>ALTER AS LEIS N° 1.872/2003 E 1.873/2003, QUE TRATAM RESPECTIVAMENTE, DO ESTATUTO E DO PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO PÚBLICA MUNICIPAL DE IÚNA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/861/projeto_lei_complementar_14_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/861/projeto_lei_complementar_14_2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ÓRGÃO TRIBUTÁRIO DO MUNICÍPIO DE IÚNA, DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E ATRIBUIÇÕES DA SECRETARIA MUNICIPAL DE FAZENDA E FINANÇAS - SEFAZ E SEUS ÓRGÃOS, ALTERA AS LEIS ORDINÁRIAS N° 1.989, DE 2006, E 2.264, DE 2009, E AS LEIS COMPLEMENTARES N° 05, DE 2014, E 06, DE 2014, CRIA ALTERA, EXTINGUE E TRANSFORMA CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_lei_complementar_15_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_lei_complementar_15_2019.pdf</t>
   </si>
   <si>
     <t>ESTABELECE, NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES, SANÇÕES E PENALIDADES ADMINISTRATIVAS EM CASOS DE MAUS-TRATOS À ANIMAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/647/projeto_lei_ordinaria_001_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/647/projeto_lei_ordinaria_001_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR PARCERIA EM ESPAÇOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/648/projeto_lei_ordinaria_002_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/648/projeto_lei_ordinaria_002_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA A REALIZAR REVISÃO GERAL ANUAL NOS SUBSÍDIOS DOS VEREADORES.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/649/projeto_lei_ordinaria_003_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/649/projeto_lei_ordinaria_003_2019.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS COMISSIONADOS.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/650/projeto_lei_ordinaria_004_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/650/projeto_lei_ordinaria_004_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CASTRAÇÃO DE PEQUENOS ANIMAIS).</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/651/projeto_lei_ordinaria_005_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/651/projeto_lei_ordinaria_005_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE EQUIPAMENTOS).</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/652/projeto_lei_ordinaria_006_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/652/projeto_lei_ordinaria_006_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE UNIDADE MOVÍVEL DE SAÚDE).</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_lei_ordinaria_007_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_lei_ordinaria_007_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE EQUIPAMENTOS E MATERIAL PERMANENTE SAÚDE).</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_lei_ordinaria_008_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_lei_ordinaria_008_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO UNIDADE SAÚDE BÁSICA BAIRRO QUILOMBO).</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/655/projeto_lei_ordinaria_009_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/655/projeto_lei_ordinaria_009_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE CRECHE PRÉ ESCOLA).</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/656/projeto_lei_ordinaria_010_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/656/projeto_lei_ordinaria_010_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO UNIDADE SAÚDE BAIRRO PITO).</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_lei_ordinaria_011_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_lei_ordinaria_011_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE EQUIPAMENTOS MATERIAL PERMANENTE SAÚDE).</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/658/projeto_lei_ordinaria_012_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/658/projeto_lei_ordinaria_012_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PAVIMENTAÇÃO DE RUAS PARQUE INDUSTRIAL).</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/660/projeto_lei_ordinaria_013_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/660/projeto_lei_ordinaria_013_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (INDENIZAÇÕES PROGRAMA DE DEMISSÃO VOLUNTÁRIA).</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_lei_ordinaria_014_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_lei_ordinaria_014_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE PATRULHA MECANIZADA).</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/662/projeto_lei_ordinaria_015_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/662/projeto_lei_ordinaria_015_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PACTUAÇÃO DO CONVÊNIO CIM POLO SUL).</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/663/projeto_lei_ordinaria_016_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/663/projeto_lei_ordinaria_016_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA ADOTE UMA PRAÇA, NO ÂMBITO DO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_lei_ordinaria_017_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_lei_ordinaria_017_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (MANUTENÇÃO DESPESAS CONSÓRCIO CIM PEDRA AZUL).</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/665/projeto_lei_ordinaria_018_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/665/projeto_lei_ordinaria_018_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS(SETENTA E DOIS MIL REAIS PARA SUBVENÇÕES SOCIAIS FICHA 0422).</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/666/projeto_lei_ordinaria_019_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/666/projeto_lei_ordinaria_019_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (OBRAS E INSTALAÇÕES FICHA 169).</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/667/projeto_lei_ordinaria_020_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/667/projeto_lei_ordinaria_020_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS(PAVIMENTAÇÃO DISTRITO SÃO JOÃO DO PRÍNCIPE).</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/668/projeto_lei_ordinaria_21_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/668/projeto_lei_ordinaria_21_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PROGRAMA MAIS MÉDICOS).</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/669/projeto_lei_ordinaria_22_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/669/projeto_lei_ordinaria_22_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PROGRAMA HORAS DE MÁQUINAS).</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/670/projeto_lei_ordinaria_23_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/670/projeto_lei_ordinaria_23_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (EXPANSÃO UNIDADE DE SAÚDE DA GENTE BAIRRO GUANABARA).</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/671/projeto_lei_ordinaria_24_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/671/projeto_lei_ordinaria_24_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS CONVÊNIO N° 871690/2018 COM MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO).</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_lei_ordinaria_025_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_lei_ordinaria_025_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL 2.137/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_lei_ordinaria_026_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_lei_ordinaria_026_2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA BIBLIOTECA.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/677/projeto_lei_ordinaria_027_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/677/projeto_lei_ordinaria_027_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/680/projeto_lei_ordinaria_28_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/680/projeto_lei_ordinaria_28_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO PONTE BAIRRO GUANABARA).</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/681/projeto_lei_ordinaria_29_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/681/projeto_lei_ordinaria_29_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE CALÇADÃO).</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/682/projeto_lei_ordinaria_30_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/682/projeto_lei_ordinaria_30_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO CEMITÉRIO MUNICIPAL).</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/683/projeto_lei_ordinaria_31_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/683/projeto_lei_ordinaria_31_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO CALÇAMENTOS RIO CLARO, BOA SORTE E TERRA CORRIDA).</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_lei_ordinaria_32_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_lei_ordinaria_32_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CALÇAMENTO NO ENTORNO PRAÇA DOCTUM).</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_lei_ordinaria_33_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_lei_ordinaria_33_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AMPLIAÇÃO SERVIÇOS DE AERÓBICA EM PEQUIA).</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_lei_ordinaria_34_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_lei_ordinaria_34_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (ATENDER A SECRETARIA MUNICIPAL DE SAÚDE).</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/687/projeto_lei_ordinaria_35_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/687/projeto_lei_ordinaria_35_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (APOIO FESTA CARRO DE BOI).</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/688/projeto_lei_ordinaria_36_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/688/projeto_lei_ordinaria_36_2019.pdf</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/689/projeto_lei_ordinaria_37_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/689/projeto_lei_ordinaria_37_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (ATENDER SECRETARIAS DE GESTÃO, EDUCAÇÃO E DE SAÚDE).</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/690/projeto_lei_ordinaria_38_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/690/projeto_lei_ordinaria_38_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (ATENDER SECRETARIA DE AGRICULTURA).</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/691/projeto_lei_ordinaria_39_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/691/projeto_lei_ordinaria_39_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PAVIMENTAÇÃO RUAS DISTRITO PRÍNCIPE).</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/692/projeto_lei_ordinaria_40_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/692/projeto_lei_ordinaria_40_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE UNIDADE MÓVEL DE SAÚDE).</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/693/projeto_lei_ordinaria_41_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/693/projeto_lei_ordinaria_41_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE CRECHE PRÉ-ESCOLA).</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_lei_ordinaria_42_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_lei_ordinaria_42_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE UNIDADE DE SAÚDE DO BAIRRO NOSSA SENHORA DA PENHA).</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_lei_ordinaria_43_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_lei_ordinaria_43_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (EXTENSÃO DE REDE ELÉTRICA E ILUMINAÇÃO PÚBLICA).</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_lei_ordinaria_44_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_lei_ordinaria_44_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REFORMA DA RODOVIÁRIA MUNICIPAL).</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_lei_ordinaria_45_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_lei_ordinaria_45_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RECADASTRAMENTO IMOBILIÁRIO).</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REFORMA E CONSTRUÇÃO DE PONTOS DE ÔNIBUS).</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_lei_ordinaria_47_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_lei_ordinaria_47_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PROGRAMA DE DEMISSÃO VOLUNTÁRIA).</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_lei_ordinaria_48_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_lei_ordinaria_48_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A SEPARAÇÃO DE PODERES EM ÂMBITO MUNICIPAL E ALTERA AS LEIS N° 1.823, DE 2002, 2.137, DE 2008, 2.182, DE 2008, 2.552, DE 2014 E 2.548, DE 2014.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_lei_ordinaria_49_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_lei_ordinaria_49_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO(AÇÕES AO SETOR AGROPECUÁRIO).</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_lei_ordinaria_50_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_lei_ordinaria_50_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EQUIPE PARA IMPLEMENTAÇÃO DO CREAS E COMPLEMENTAÇÃO DA EQUIPE DO PAIF.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/714/projeto_lei_ordinaria_51_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/714/projeto_lei_ordinaria_51_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTA NO ORÇAMENTO ANUAL (ATENDER O TRANSPORTE ESCOLAR).</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/803/projeto_lei_ordinaria_52_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/803/projeto_lei_ordinaria_52_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/716/projeto_lei_ordinaria_53_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/716/projeto_lei_ordinaria_53_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL (AQUISIÇÃO DE INSTRUMENTOS MUSICAIS).</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_lei_ordinaria_54_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_lei_ordinaria_54_2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIA PÚBLICA NO BAIRRO QUILOMBO (TRAVESSA ORLANDO COTE)</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_lei_ordinaria_55_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_lei_ordinaria_55_2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIA PÚBLICA NO BAIRRO QUILOMBO (TRAVESSA EVALDO ANDRADE DA SILVA)</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_lei_ordinaria_56_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_lei_ordinaria_56_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO (DEVOLUÇÃO DE RECURSOS)</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_lei_ordinaria_57_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_lei_ordinaria_57_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO (PAVIMENTAÇÃO E DRENAGENS DE DIVERSAS RUAS NA SEDE).</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_lei_ordinaria_58_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_lei_ordinaria_58_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO FINANCEIRO DE 2019 - LDO - LEI MUNICIPAL 2.701/2018.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_lei_ordinaria_59_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_lei_ordinaria_59_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 2.770/2018 - LEI ORÇAMENTÁRIA ANUAL.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_lei_ordinaria_60_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_lei_ordinaria_60_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CONSELHO DO FUNDEB.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_lei_ordinaria_61_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_lei_ordinaria_61_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉ´DITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO (ATENDER NECESSIDADE DAS SECRETARIAS).</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_lei_ordinaria_62_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_lei_ordinaria_62_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_lei_ordinaria_63_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_lei_ordinaria_63_2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESCOLA NA LOCALIDADE DE BONSUCESSO, DISTRITO DA SEDE.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_lei_ordinaria_64_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_lei_ordinaria_64_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 31 DA LEI MUNICIPAL N° 2.636/2017.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_lei_ordinaria_65_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_lei_ordinaria_65_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROTEÇÃO E BEM-ESTAR DOS ANIMAIS, AS NORMAS PARA A CRIAÇÃO E COMÉRCIO, EXIBIÇÃO, CIRCULAÇÃO E POLÍTICAS DE PROTEÇÃO A ANIMAIS NO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_lei_ordinaria_66_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_lei_ordinaria_66_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO POR DESIGNAÇÃO TEMPORÁRIA DE ENGENHEIRO CIVIL.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_lei_ordinaria_67_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_lei_ordinaria_67_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL DE PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA, EM ESTABELECIMENTOS COMERCIAIS DE SAÚDE, DE EDUCAÇÃO, DE SERVIÇOS E SIMILARES NO MUNICÍPIO DE IÚNA/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_lei_ordinaria_68_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_lei_ordinaria_68_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_lei_ordinaria_69_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_lei_ordinaria_69_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REGULAMENTAÇÃO DOS CEMITÉRIOS PÚBLICOS E PRIVADOS DO MUNICÍPIO DE IÚNA.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_lei_ordinaria_70_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_lei_ordinaria_70_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO. (ATENÇÃO ASSOCIAÇÃO IUNENSE PARA DESENVOLVIMENTO SOCIAL ASSIUDES).</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_lei_ordinaria_71_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_lei_ordinaria_71_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE (AQUISIÇÃO DE AMBULÂNCIA) .</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_lei_ordinaria_72_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_lei_ordinaria_72_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO (MATERIAL UNIDADE SAÚDE DO QUILOMBO).</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_lei_ordinaria_73_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_lei_ordinaria_73_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE (REFORMA UNIDADE SAÚDE DO PITO).</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_lei_ordinaria_74_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_lei_ordinaria_74_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE (AQUISIÇÃO DE RETROESCAVADEIRA).</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_lei_ordinaria_75_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_lei_ordinaria_75_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE (VANTAGENS E OBRIGAÇÕES PATRONAIS).</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/797/projeto_lei_ordinaria_76_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/797/projeto_lei_ordinaria_76_2019.pdf</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/798/projeto_lei_ordinaria_77_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/798/projeto_lei_ordinaria_77_2019.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÕES PROMOVIDAS NO CONTRATO DE CONSÓRCIO PÚBLICO POR MEIO DE DELIBERAÇÕES DA ASSEMBLEIA GERAL CIM POLO SUL, NO TOCANTE AO INGRESSO DE NOVO MUNICÍPIO CONSORCIADO, ALTERAÇÃO DO QUADRO DE PESSOAL.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_lei_ordinaria_78_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_lei_ordinaria_78_2019.pdf</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/802/projeto_lei_ordinaria_79_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/802/projeto_lei_ordinaria_79_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (FESTA DE EMANCIPAÇÃO DO MUNICÍPIO).</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_lei_ordinaria_80_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_lei_ordinaria_80_2019.pdf</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_lei_ordinaria_81_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_lei_ordinaria_81_2019.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_lei_ordinaria_82_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_lei_ordinaria_82_2019.pdf</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_lei_ordinaria_83_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_lei_ordinaria_83_2019.pdf</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_lei_ordinaria_84_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_lei_ordinaria_84_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO E DÁ OUTRAS PROVIDÊNCIAS (CONGRESSO DE POETAS E TROVADORES).</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_lei_ordinaria_85_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_lei_ordinaria_85_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO (AQUISIÇÃO DE CESTAS BÁSICAS).</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_lei_ordinaria_86_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_lei_ordinaria_86_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO FINANCEIRO DE 2019 - LDO - LEI MUNICIPAL N° 2.701/2018.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_lei_ordinaria_87_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_lei_ordinaria_87_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 2.770/2018 LEI ORÇAMENTÁRIA ANUAL.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_lei_ordinaria_88_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_lei_ordinaria_88_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO (RECUPERAÇÃO DE ESTRADAS VICINAIS).</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/835/projeto_lei_ordinaria_89_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/835/projeto_lei_ordinaria_89_2019.pdf</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_lei_ordinaria_90_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_lei_ordinaria_90_2019.pdf</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_lei_ordinaria_91_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_lei_ordinaria_91_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE REALIZAÇÃO DE FESTAS EM ÁREA DE PRESERVAÇÃO AMBIENTAL NO MUNICÍPIO DE IÚNA.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/843/projeto_lei_ordinaria_92_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/843/projeto_lei_ordinaria_92_2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IÚNA PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/844/projeto_lei_ordinaria_93_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/844/projeto_lei_ordinaria_93_2019.pdf</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/846/projeto_lei_ordinaria_94_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/846/projeto_lei_ordinaria_94_2019.pdf</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/847/projeto_lei_ordinaria_95_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/847/projeto_lei_ordinaria_95_2019.pdf</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/848/projeto_lei_ordinaria_96_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/848/projeto_lei_ordinaria_96_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER BOLSA DE FORMAÇÃO AOS PROFISSIONAIS DA SECRETARIA MUNICIPAL DE SAÚDE, VINCULADOS AO PROGRAMA DE QUALIFICAÇÃO DA ATENÇÃO PRIMÁRIA À SAÚDE.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_lei_ordinaria_97_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_lei_ordinaria_97_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_lei_ordinaria_98_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_lei_ordinaria_98_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_lei_ordinaria_99_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_lei_ordinaria_99_2019.pdf</t>
   </si>
   <si>
     <t>RATIFICA A DELIBERAÇÃO DA ASSEMBLEIA GERAL E AUTORIZA O INGRESSO DO MUNICÍPIO DE MUQUI NO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DO TERRITÓRIO DO CAPARAÓ CAPIXABA.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_lei_ordinaria_100_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_lei_ordinaria_100_2019.pdf</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_lei_ordinaria_101_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_lei_ordinaria_101_2019.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_lei_ordinaria_102_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_lei_ordinaria_102_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO POR DESIGNAÇÃO TEMPORÁRIA DE AUXILIAR DE CRECHE.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_lei_ordinaria_103_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_lei_ordinaria_103_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABONO SALARIAL PARA OS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_lei_ordinaria_104_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_lei_ordinaria_104_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_lei_ordinaria_105_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_lei_ordinaria_105_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS SUBSÍDIOS DOS VEREADORES.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_lei_ordinaria_106_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_lei_ordinaria_106_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL NOS VENCIMENTOS DOS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_resolucao_04_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_resolucao_04_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA A BAIXAR BENS A SEREM TRANSFERIDOS PARA O PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_resolucao_05_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_resolucao_05_2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA E ACRESCENTA ARTIGOS NO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Darlan Barglini, João Elias</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/735/copiadeleis.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/735/copiadeleis.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Prefeito Municipal solicitando que seja remetido a esta Casa de Leis no prazo regimental, cópia da lei orçamentaria n° 2.770/2018, orçamento 2019, sancionada e cópia da lei n° 2.717/2018 aprovada pela Câmara Municipal e sancionada pelo Executivo Municipal.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/736/leilaoprefeitura.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/736/leilaoprefeitura.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Prefeito Municipal solicitando que seja remetido a esta Casa de Leis no prazo regimental, o valor de cada lote arrematado e o nome do arrematante, no leilão realizado pela Prefeitura Municipal de Iúna.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/737/jslproducoes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/737/jslproducoes.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Prefeito Municipal solicitando ao mesmo que informe a Câmara Municipal sobre a JSL Produções, que tem feito parceria com a Prefeitura nos eventos de esporte. Quem é a empresa, quando foi a licitação da empresa e se o município tem algum convênio com a empresa citada.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/733/arrecadacaodetorneios.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/733/arrecadacaodetorneios.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência após consulta ao plenário, que seja encaminhado ofício ao Prefeito Municipal solicitando que seja informado a esta Casa de Leis no prazo regimental, as arrecadações em DAM dos torneios realizados nos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/749/nomedosdiretoresoucoordenadores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/749/nomedosdiretoresoucoordenadores.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja solicitado ao Prefeito Municipal o nome dos Diretores ou Coordenadores de todas as Unidades Escolares e suas respectivas localidades.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/750/nomepacientestransportesanitario.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/750/nomepacientestransportesanitario.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja solicitado ao Prefeito Municipal nome, endereço e telefone de contato de todos os pacientes que fazem quimioterapia e hemodiálise, no qual utilizam o transporte sanitário do município.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Comandante Ten Cel Flávio Pereira Santiago do 14º Batalhão de Polícia Militar, sediado as Margens da BR-262, km 158, s/n°, Bairro Novo Horizonte, CEP 29395-000, cidade de Ibatiba/ES, solicitando ao Comandante a possibilidade da Polícia Militar fiscalizar o transito de motociclistas nas vias da cidade de Iúna, visando coibir a ação de direção agressiva, prática do excesso de velocidade e ultrapassagens perigosas nas vias urbanas, fato que tem colocado em risco vida de pedestres, principalmente de crianças e idosos.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/755/loteamentocidadenova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/755/loteamentocidadenova.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, seja oficiado a empresa responsável pelo loteamento Cidade Nova a viabilidade de encaminhar representante a esta Casa de Leis para prestar esclarecimentos sobre o referido loteamento, que a data e horário seja previamente estipulado pela empresa responsável e informado a esta Casa de Leis.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/756/sessaosolene.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/756/sessaosolene.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, a realização de sessão solene em comemoração dos 70 (setenta) anos de fundação da Primeira Igreja Assembleia de Deus em Iúna. Requer, também, que a sessão solene seja realizada no dia 01 de abril de 2019, às 19:00 horas, na sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/758/substituirsubprefeiturapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/758/substituirsubprefeiturapequia.pdf</t>
   </si>
   <si>
     <t>JOÃO ELIAS COLOMBO HORSTH E JÚLIO MARIA DE OLIVEIRA, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Senhor Prefeito Municipal de Iúna solicitando a substituição da subprefeitura do distrito de Pequiá para uma Secretaria Distrital, haja vista que a subprefeitura não tem orçamento próprio e nem autonomia e equipamentos para executar os serviços essenciais aos munícipes da região.     _x000D_
 _x000D_
 _x000D_
 SALA DAS SESSÕES, PLENÁRIO VEREADOR VEREDINO CÂNDIDO DE ALMEIDA, AOS 28 DIAS DO MÊS DE FEVEREIRO DO ANO DE 2019.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/759/votopesarantonioferreiranascimento.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/759/votopesarantonioferreiranascimento.pdf</t>
   </si>
   <si>
     <t>JOÃO ELIAS COLOMBO HORSTH e JÚLIO MARIA DE OLIVEIRA, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Senhor ANTÔNIO FERREIRA DO NASCIMENTO, ocorrido em Pequiá, distrito de Iúna no dia 20 de fevereiro de 2019. O falecido era morador do distrito de Pequiá e muito estimado na sua comunidade. No ano de 1982 se elegeu vereador do município de Iúna pelo Partido do Movimento Democrático Brasileiro (PMDB), sendo diplomado pela Justiça Eleitoral da 18ª Zona e empossado em   primeiro de janeiro de 1983, ano que foi eleito Presidente do Poder Legislativo do Município de Iúna para biênio 1983/1984. Na sua gestão a Câmara Municipal recebeu equipamentos diversos que contribuíram para o bom funcionamento e atendimento à população em geral. _x000D_
 _x000D_
 Que a decisão do plenário seja comunicada a família, através da viúva Senhora Maria José</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/717/substituto_01-2019_ao_projeto_lei_34-2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/717/substituto_01-2019_ao_projeto_lei_34-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO. (SECRETARIA MUNICIPAL DE SAÚDE)</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/772/substitutivo_projeto_lei_complementar_05_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/772/substitutivo_projeto_lei_complementar_05_2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI NÚMERO 1.989/2005 - CÓDIGO TRIBUTÁRIO MUNICIPAL DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/832/substitutivo_03_2019_projeto_lei_81_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/832/substitutivo_03_2019_projeto_lei_81_2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA SUPLEMENTAÇÃO NO ORÇAMENTO.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/845/substitutivo_04_2019_projeto_lei_90_2019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/845/substitutivo_04_2019_projeto_lei_90_2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2652,68 +2652,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/700/projeto_decreto_legislativo_02_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_decreto_legislativo_03_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_decreto_legislativo_04_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/828/projeto_decreto_legislativo_05_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/834/projeto_decreto_legislativo_06_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/838/decreto_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/839/decreto_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/840/decreto_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/659/emenda_28_lei_organica_municipal_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/721/emenda_02_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/701/emenda_projeto_lei_05_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/703/emenda_projeto_lei_07_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/704/emenda_projeto_lei_08_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/705/emenda_projeto_lei_11_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/706/emenda_projeto_lei_12_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/708/emenda_projeto_lei_15_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/709/emenda_projeto_lei_17_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/770/emenda_projeto_lei_49_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/771/emenda_projeto_lei_51_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/774/emendas_de_redacao_projeto_lei_complementar_07_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/800/emenda_projeto_lei_66_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/801/emenda_sup_projeto_lei_66_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/804/emenda_projeto_lei_52_2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/805/emenda_projeto_lei_52_2019_2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/806/emenda_projeto_lei_52_2019_3.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/807/emenda_projeto_lei_52_2019_4.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/809/emenda_projeto_lei_52_2019_5.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/810/emenda_projeto_lei_52_2019_6.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/812/emenda_projeto_lei_77_2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/813/emenda_projeto_lei_77_2019_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/852/emenda_projeto_lei_complementar_13_2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/854/emenda_projeto_lei_complementar_13_2019_2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/856/emenda_projeto_lei_complementar_13_2019_3.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/857/emenda_projeto_lei_complementar_13_2019_4.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/858/emenda_projeto_lei_complementar_13_2019_5.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/868/emenda_projeto_lei_ordinaria_50_2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/870/emenda_projeto_lei_92_2019_6.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/871/emenda_projeto_lei_92_2019_5.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/872/emenda_projeto_lei_92_2019_4.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/873/emenda_projeto_lei_92_2019_3.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/874/emenda_projeto_lei_92_2019_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/875/emenda_projeto_lei_92_2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/728/001patrolamentoestradarecreio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/729/002patrolamentoestradacor.veadoscor.lage.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/731/004patrolamentobarradaserrinha.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/732/005iluminacaopracasaovicentedepaula.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/740/001reparoquadravilanova.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/751/001areaparadepositolixoenetulho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/752/002servicosdelimpezalixoentulho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/757/001aguaconsultorioodontologicoprincipe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/830/mensagem_veto_01_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/831/mensagem_veto_02_2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/833/mensagem_veto_03_2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/867/mensagem_veto_04_2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/876/mensagem_veto_05_2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/738/mocaopesarkatiaamorimfernandes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/741/mocaoaplauso1aigrejapresbiteriana.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/742/mocaoaplauso14aciapoliciamilitardeiuna.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/743/mocaoaplausoigrejaassembleiadedeus.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/744/mocaoaplausomotoclublobosdocaparao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/746/mocaopesarcelitacunhaoliveira.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/747/mocaopesarjoaomodesto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/748/mocaopesarmariagenuinaleitealves.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/678/projeto_lei_complementar_01_2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/679/projeto_lei_complementar_02_2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/723/projeto_lei_ordinaria_003_2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_lei_complementar_04_2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/726/projeto_lei_complementar_05_2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/727/projeto_lei_complementar_06_2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_lei_complementar_07_2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_lei_complementar_08_2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_lei_complementar_09_2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_lei_complementar_10_2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_lei_complementar_11_2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_lei_complementar_12_2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/842/projeto_lei_complementar_13_2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/861/projeto_lei_complementar_14_2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_lei_complementar_15_2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/647/projeto_lei_ordinaria_001_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/648/projeto_lei_ordinaria_002_2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/649/projeto_lei_ordinaria_003_2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/650/projeto_lei_ordinaria_004_2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/651/projeto_lei_ordinaria_005_2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/652/projeto_lei_ordinaria_006_2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_lei_ordinaria_007_2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_lei_ordinaria_008_2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/655/projeto_lei_ordinaria_009_2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/656/projeto_lei_ordinaria_010_2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_lei_ordinaria_011_2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/658/projeto_lei_ordinaria_012_2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/660/projeto_lei_ordinaria_013_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_lei_ordinaria_014_2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/662/projeto_lei_ordinaria_015_2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/663/projeto_lei_ordinaria_016_2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_lei_ordinaria_017_2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/665/projeto_lei_ordinaria_018_2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/666/projeto_lei_ordinaria_019_2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/667/projeto_lei_ordinaria_020_2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/668/projeto_lei_ordinaria_21_2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/669/projeto_lei_ordinaria_22_2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/670/projeto_lei_ordinaria_23_2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/671/projeto_lei_ordinaria_24_2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_lei_ordinaria_025_2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_lei_ordinaria_026_2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/677/projeto_lei_ordinaria_027_2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/680/projeto_lei_ordinaria_28_2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/681/projeto_lei_ordinaria_29_2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/682/projeto_lei_ordinaria_30_2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/683/projeto_lei_ordinaria_31_2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_lei_ordinaria_32_2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_lei_ordinaria_33_2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_lei_ordinaria_34_2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/687/projeto_lei_ordinaria_35_2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/688/projeto_lei_ordinaria_36_2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/689/projeto_lei_ordinaria_37_2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/690/projeto_lei_ordinaria_38_2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/691/projeto_lei_ordinaria_39_2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/692/projeto_lei_ordinaria_40_2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/693/projeto_lei_ordinaria_41_2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_lei_ordinaria_42_2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_lei_ordinaria_43_2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_lei_ordinaria_44_2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_lei_ordinaria_45_2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_lei_ordinaria_47_2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_lei_ordinaria_48_2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_lei_ordinaria_49_2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_lei_ordinaria_50_2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/714/projeto_lei_ordinaria_51_2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/803/projeto_lei_ordinaria_52_2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/716/projeto_lei_ordinaria_53_2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_lei_ordinaria_54_2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_lei_ordinaria_55_2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_lei_ordinaria_56_2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_lei_ordinaria_57_2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_lei_ordinaria_58_2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_lei_ordinaria_59_2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_lei_ordinaria_60_2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_lei_ordinaria_61_2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_lei_ordinaria_62_2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_lei_ordinaria_63_2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_lei_ordinaria_64_2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_lei_ordinaria_65_2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_lei_ordinaria_66_2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_lei_ordinaria_67_2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_lei_ordinaria_68_2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_lei_ordinaria_69_2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_lei_ordinaria_70_2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_lei_ordinaria_71_2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_lei_ordinaria_72_2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_lei_ordinaria_73_2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_lei_ordinaria_74_2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_lei_ordinaria_75_2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/797/projeto_lei_ordinaria_76_2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/798/projeto_lei_ordinaria_77_2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_lei_ordinaria_78_2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/802/projeto_lei_ordinaria_79_2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_lei_ordinaria_80_2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_lei_ordinaria_81_2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_lei_ordinaria_82_2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_lei_ordinaria_83_2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_lei_ordinaria_84_2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_lei_ordinaria_85_2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_lei_ordinaria_86_2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_lei_ordinaria_87_2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_lei_ordinaria_88_2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/835/projeto_lei_ordinaria_89_2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_lei_ordinaria_90_2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_lei_ordinaria_91_2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/843/projeto_lei_ordinaria_92_2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/844/projeto_lei_ordinaria_93_2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/846/projeto_lei_ordinaria_94_2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/847/projeto_lei_ordinaria_95_2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/848/projeto_lei_ordinaria_96_2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_lei_ordinaria_97_2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_lei_ordinaria_98_2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_lei_ordinaria_99_2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_lei_ordinaria_100_2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_lei_ordinaria_101_2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_lei_ordinaria_102_2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_lei_ordinaria_103_2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_lei_ordinaria_104_2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_lei_ordinaria_105_2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_lei_ordinaria_106_2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_resolucao_04_2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_resolucao_05_2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/735/copiadeleis.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/736/leilaoprefeitura.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/737/jslproducoes.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/733/arrecadacaodetorneios.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/749/nomedosdiretoresoucoordenadores.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/750/nomepacientestransportesanitario.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/755/loteamentocidadenova.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/756/sessaosolene.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/758/substituirsubprefeiturapequia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/759/votopesarantonioferreiranascimento.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/717/substituto_01-2019_ao_projeto_lei_34-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/772/substitutivo_projeto_lei_complementar_05_2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/832/substitutivo_03_2019_projeto_lei_81_2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/845/substitutivo_04_2019_projeto_lei_90_2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/700/projeto_decreto_legislativo_02_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/760/projeto_decreto_legislativo_03_2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/782/projeto_decreto_legislativo_04_2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/828/projeto_decreto_legislativo_05_2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/834/projeto_decreto_legislativo_06_2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/838/decreto_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/839/decreto_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/840/decreto_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/659/emenda_28_lei_organica_municipal_2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/721/emenda_02_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/701/emenda_projeto_lei_05_2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/703/emenda_projeto_lei_07_2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/704/emenda_projeto_lei_08_2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/705/emenda_projeto_lei_11_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/706/emenda_projeto_lei_12_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/708/emenda_projeto_lei_15_2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/709/emenda_projeto_lei_17_2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/770/emenda_projeto_lei_49_2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/771/emenda_projeto_lei_51_2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/774/emendas_de_redacao_projeto_lei_complementar_07_2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/800/emenda_projeto_lei_66_2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/801/emenda_sup_projeto_lei_66_2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/804/emenda_projeto_lei_52_2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/805/emenda_projeto_lei_52_2019_2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/806/emenda_projeto_lei_52_2019_3.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/807/emenda_projeto_lei_52_2019_4.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/809/emenda_projeto_lei_52_2019_5.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/810/emenda_projeto_lei_52_2019_6.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/812/emenda_projeto_lei_77_2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/813/emenda_projeto_lei_77_2019_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/852/emenda_projeto_lei_complementar_13_2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/854/emenda_projeto_lei_complementar_13_2019_2.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/856/emenda_projeto_lei_complementar_13_2019_3.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/857/emenda_projeto_lei_complementar_13_2019_4.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/858/emenda_projeto_lei_complementar_13_2019_5.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/868/emenda_projeto_lei_ordinaria_50_2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/870/emenda_projeto_lei_92_2019_6.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/871/emenda_projeto_lei_92_2019_5.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/872/emenda_projeto_lei_92_2019_4.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/873/emenda_projeto_lei_92_2019_3.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/874/emenda_projeto_lei_92_2019_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/875/emenda_projeto_lei_92_2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/728/001patrolamentoestradarecreio.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/729/002patrolamentoestradacor.veadoscor.lage.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/731/004patrolamentobarradaserrinha.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/732/005iluminacaopracasaovicentedepaula.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/740/001reparoquadravilanova.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/751/001areaparadepositolixoenetulho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/752/002servicosdelimpezalixoentulho.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/757/001aguaconsultorioodontologicoprincipe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/830/mensagem_veto_01_2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/831/mensagem_veto_02_2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/833/mensagem_veto_03_2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/867/mensagem_veto_04_2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/876/mensagem_veto_05_2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/738/mocaopesarkatiaamorimfernandes.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/741/mocaoaplauso1aigrejapresbiteriana.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/742/mocaoaplauso14aciapoliciamilitardeiuna.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/743/mocaoaplausoigrejaassembleiadedeus.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/744/mocaoaplausomotoclublobosdocaparao.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/746/mocaopesarcelitacunhaoliveira.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/747/mocaopesarjoaomodesto.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/748/mocaopesarmariagenuinaleitealves.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/678/projeto_lei_complementar_01_2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/679/projeto_lei_complementar_02_2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/723/projeto_lei_ordinaria_003_2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/725/projeto_lei_complementar_04_2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/726/projeto_lei_complementar_05_2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/727/projeto_lei_complementar_06_2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/761/projeto_lei_complementar_07_2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/794/projeto_lei_complementar_08_2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/795/projeto_lei_complementar_09_2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/796/projeto_lei_complementar_10_2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/817/projeto_lei_complementar_11_2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/820/projeto_lei_complementar_12_2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/842/projeto_lei_complementar_13_2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/861/projeto_lei_complementar_14_2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/878/projeto_lei_complementar_15_2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/647/projeto_lei_ordinaria_001_2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/648/projeto_lei_ordinaria_002_2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/649/projeto_lei_ordinaria_003_2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/650/projeto_lei_ordinaria_004_2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/651/projeto_lei_ordinaria_005_2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/652/projeto_lei_ordinaria_006_2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/653/projeto_lei_ordinaria_007_2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_lei_ordinaria_008_2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/655/projeto_lei_ordinaria_009_2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/656/projeto_lei_ordinaria_010_2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/657/projeto_lei_ordinaria_011_2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/658/projeto_lei_ordinaria_012_2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/660/projeto_lei_ordinaria_013_2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/661/projeto_lei_ordinaria_014_2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/662/projeto_lei_ordinaria_015_2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/663/projeto_lei_ordinaria_016_2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/664/projeto_lei_ordinaria_017_2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/665/projeto_lei_ordinaria_018_2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/666/projeto_lei_ordinaria_019_2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/667/projeto_lei_ordinaria_020_2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/668/projeto_lei_ordinaria_21_2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/669/projeto_lei_ordinaria_22_2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/670/projeto_lei_ordinaria_23_2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/671/projeto_lei_ordinaria_24_2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/675/projeto_lei_ordinaria_025_2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/676/projeto_lei_ordinaria_026_2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/677/projeto_lei_ordinaria_027_2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/680/projeto_lei_ordinaria_28_2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/681/projeto_lei_ordinaria_29_2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/682/projeto_lei_ordinaria_30_2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/683/projeto_lei_ordinaria_31_2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/684/projeto_lei_ordinaria_32_2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/685/projeto_lei_ordinaria_33_2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/686/projeto_lei_ordinaria_34_2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/687/projeto_lei_ordinaria_35_2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/688/projeto_lei_ordinaria_36_2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/689/projeto_lei_ordinaria_37_2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/690/projeto_lei_ordinaria_38_2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/691/projeto_lei_ordinaria_39_2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/692/projeto_lei_ordinaria_40_2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/693/projeto_lei_ordinaria_41_2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/694/projeto_lei_ordinaria_42_2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/695/projeto_lei_ordinaria_43_2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/696/projeto_lei_ordinaria_44_2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/697/projeto_lei_ordinaria_45_2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/710/projeto_lei_ordinaria_47_2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/711/projeto_lei_ordinaria_48_2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/712/projeto_lei_ordinaria_49_2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/713/projeto_lei_ordinaria_50_2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/714/projeto_lei_ordinaria_51_2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/803/projeto_lei_ordinaria_52_2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/716/projeto_lei_ordinaria_53_2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/718/projeto_lei_ordinaria_54_2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/719/projeto_lei_ordinaria_55_2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/720/projeto_lei_ordinaria_56_2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/762/projeto_lei_ordinaria_57_2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/763/projeto_lei_ordinaria_58_2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/764/projeto_lei_ordinaria_59_2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/765/projeto_lei_ordinaria_60_2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/766/projeto_lei_ordinaria_61_2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/767/projeto_lei_ordinaria_62_2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/775/projeto_lei_ordinaria_63_2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/776/projeto_lei_ordinaria_64_2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/777/projeto_lei_ordinaria_65_2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/778/projeto_lei_ordinaria_66_2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/779/projeto_lei_ordinaria_67_2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/783/projeto_lei_ordinaria_68_2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/784/projeto_lei_ordinaria_69_2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/785/projeto_lei_ordinaria_70_2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/786/projeto_lei_ordinaria_71_2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/787/projeto_lei_ordinaria_72_2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/788/projeto_lei_ordinaria_73_2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/789/projeto_lei_ordinaria_74_2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/790/projeto_lei_ordinaria_75_2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/797/projeto_lei_ordinaria_76_2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/798/projeto_lei_ordinaria_77_2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/799/projeto_lei_ordinaria_78_2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/802/projeto_lei_ordinaria_79_2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/816/projeto_lei_ordinaria_80_2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/818/projeto_lei_ordinaria_81_2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/819/projeto_lei_ordinaria_82_2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/822/projeto_lei_ordinaria_83_2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/823/projeto_lei_ordinaria_84_2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/824/projeto_lei_ordinaria_85_2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/825/projeto_lei_ordinaria_86_2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/826/projeto_lei_ordinaria_87_2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/827/projeto_lei_ordinaria_88_2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/835/projeto_lei_ordinaria_89_2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/836/projeto_lei_ordinaria_90_2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/837/projeto_lei_ordinaria_91_2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/843/projeto_lei_ordinaria_92_2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/844/projeto_lei_ordinaria_93_2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/846/projeto_lei_ordinaria_94_2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/847/projeto_lei_ordinaria_95_2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/848/projeto_lei_ordinaria_96_2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/849/projeto_lei_ordinaria_97_2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/850/projeto_lei_ordinaria_98_2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/851/projeto_lei_ordinaria_99_2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/862/projeto_lei_ordinaria_100_2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/863/projeto_lei_ordinaria_101_2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/864/projeto_lei_ordinaria_102_2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/865/projeto_lei_ordinaria_103_2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/881/projeto_lei_ordinaria_104_2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/882/projeto_lei_ordinaria_105_2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/883/projeto_lei_ordinaria_106_2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/722/projeto_resolucao_04_2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/791/projeto_resolucao_05_2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/735/copiadeleis.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/736/leilaoprefeitura.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/737/jslproducoes.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/733/arrecadacaodetorneios.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/749/nomedosdiretoresoucoordenadores.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/750/nomepacientestransportesanitario.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/755/loteamentocidadenova.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/756/sessaosolene.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/758/substituirsubprefeiturapequia.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/759/votopesarantonioferreiranascimento.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/717/substituto_01-2019_ao_projeto_lei_34-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/772/substitutivo_projeto_lei_complementar_05_2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/832/substitutivo_03_2019_projeto_lei_81_2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2019/845/substitutivo_04_2019_projeto_lei_90_2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>