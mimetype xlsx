--- v0 (2025-11-19)
+++ v1 (2026-03-22)
@@ -54,4551 +54,4551 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/</t>
+    <t>http://sapl.iuna.es.leg.br/media/</t>
   </si>
   <si>
     <t>Que seja determinado ao Procurador Geral do Município Dr. San Martin  Donato Roosevelt elaborar matéria de Emenda a Lei Orgânica Municipal nº 2137/2008, modificando a alínea “V” do artigo 54 e o item “VIII” do artigo 60, concedendo desta forma Licença Paternidade de 20 (vinte) dias aos  servidores públicos municipais. _x000D_
 Reconhecendo a importância do servidor público municipal para a sociedade, nada mais justo ofertar aos futuros papais um benefício maior. Sabemos que a licença paternidade está prevista em lei e atualmente são concedidos 05 dias para o servidor municipal. Porém, devemos reconhecer a importância da presença paterna nos primeiros dias de vida do filho, pois contribui de maneira efetiva para o bem-estar da mãe e filho. Não somente em relação as questões práticas do dia a dia, como apoiar a mãe que se recupera do parto, buscar o recém-nascido no berço e colocar nos braços de sua mãe para amamentar, afetos domésticos e principalmente no aspecto psíquico e afetivo entre pai e filho. Recentemente o Governo Federal criou o Programa Empresa Cidadã para incentivar alguns benefícios aos trabalhadores, ampliando para 20 dias a licença paternidade, no qual muitos municípios já alteraram sua lei.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>EPL</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei</t>
   </si>
   <si>
     <t>Darlan Barglini</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/353/emendamodificativaprojeto42-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/353/emendamodificativaprojeto42-2018.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE, NO VALOR DE R$-200.000,00 (DUZENTOS MIL REAIS), UTILIZANDO COMO FONTE DE RECURSOS O EXCESSO DE ARRECADAÇÃO, DEFINIDO NO INCISO II, DO ARTIGO 43, DA LEI FEDERAL Nº 4.320. DE 1964.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Elias, Emmanuel Garcia de Amorim, Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/363/emenda_supressiva_projeto_47.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/363/emenda_supressiva_projeto_47.pdf</t>
   </si>
   <si>
     <t>SUPRIME OS INCISOS I E II DO ARTIGO 8º DA LEI 2.633/2017.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, João Elias, Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/364/emenda_modificativa_01_projeto_47.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/364/emenda_modificativa_01_projeto_47.pdf</t>
   </si>
   <si>
     <t>MODIFICA O INCISO XII DO ARTIGO 11, PREVISTO NO ARTIGO 4º DO PROJETO DE LEI ORDINÁRIA 47.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/365/emenda_modificativa_02_projeto_47.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/365/emenda_modificativa_02_projeto_47.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 19, PREVISTO NO ARTIGO 7º DO PROJETO DE LEI Nº 47.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, Emmanuel Garcia de Amorim, João Elias</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/386/emenda_05_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/386/emenda_05_2018.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 12 DO PROJETO DE LEI Nº 29/2018 DAS DIRETRIZES PARA ELABORAÇÃO DA PROPOSTA ORÇAMENTÁRIA PARA 2019.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/387/emenda_06_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/387/emenda_06_2018.pdf</t>
   </si>
   <si>
     <t>FICA SUPRIMIDO O PARÁGRAFO 2º DO ARTIGO 19 DO PROJETO DE LEI ORDINÁRIA Nº 29/2018, DIRETRIZES ORÇAMENTARIAS PARA 2019.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/388/emenda_07_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/388/emenda_07_2018.pdf</t>
   </si>
   <si>
     <t>FICA MODIFICADO O ARTIGO 21 DO PROJETO DE LEI Nº 29/2018 DAS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O ANO DE 2019.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, João Elias</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/389/emenda_08_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/389/emenda_08_2018.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 22 DO PROJETO DE LEI ORDINÁRIA Nº 29/2018 DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O ANO DE 2019.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, Emmanuel Garcia de Amorim, Julio Soldado</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/390/emenda_09_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/390/emenda_09_2018.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ARTIGO 43 DO PROJETO DE LEI ORDINÁRIA Nº 29/2018 DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O ANO DE 2019.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>FICAM SUPRIMIDOS OS INCISOS I, II E III DO ARTIGO 12 DO PROJETO DE LEI Nº 29/2018 DIRETRIZES PARA A ELABORAÇÃO DO ORÇAMENTO PARA O ANO DE 2019.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Darlan Barglini, Adriano Ornelas, Arilson Ferreira de Oliveira, Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/392/emenda_01_projeto_lei_73-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/392/emenda_01_projeto_lei_73-2018.pdf</t>
   </si>
   <si>
     <t>Altera Redação do artigo primeiro do projeto lei 73/2018.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/393/emenda_02_projeto_lei_73-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/393/emenda_02_projeto_lei_73-2018.pdf</t>
   </si>
   <si>
     <t>Altera o artigo segundo do projeto de lei 73/2018.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/394/emenda_01_projeto_77-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/394/emenda_01_projeto_77-2018.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo primeiro do projeto 77/2018.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/395/emenda_02_projeto_77-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/395/emenda_02_projeto_77-2018.pdf</t>
   </si>
   <si>
     <t>Modifica o artigo segundo do projeto de lei 77/2018.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/448/emendamodificativa_projeto_99-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/448/emendamodificativa_projeto_99-2018.pdf</t>
   </si>
   <si>
     <t>Emenda aprovada para inserção no artigo primeiro do projeto de lei nº 99/2018 de abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Julio Soldado</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/480/emenda_modificativa_01_projeto_74_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/480/emenda_modificativa_01_projeto_74_2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 01/2018 que altera a redação do artigo primeiro do  projeto de lei ordinária n° 74/2018.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/481/emenda_modificativa_02_projeto_74_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/481/emenda_modificativa_02_projeto_74_2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa n° 02/2018, que altera a redação do artigo quinto do projeto de lei ordinária n° 74/2018.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/482/emenda_modificativa_01_projeto_86_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/482/emenda_modificativa_01_projeto_86_2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 01/2018, que altera a redação do artigo primeiro do projeto de lei ordinária n° 86/2018.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/483/emenda_modificativa_02_projeto_86_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/483/emenda_modificativa_02_projeto_86_2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 02/2018 que altera a redação do artigo segundo do projeto de lei ordinária n° 86/2018.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/484/emenda_modificativa_01_projeto_88_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/484/emenda_modificativa_01_projeto_88_2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 01/2018 que altera a redação do artigo primeiro do projeto de lei ordinária n°88/2018.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/486/emenda_modificativa_02_projeto_88_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/486/emenda_modificativa_02_projeto_88_2018.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa 02/2018 que altera a redação do artigo segundo do projeto de lei ordinária n° 88/2018.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/497/emenda_aditiva_projeto_109_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/497/emenda_aditiva_projeto_109_2018.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ARTIGO AO PROJETO DE LEI ORDINÁRIA N° 109-2018.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adriano Ornelas</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/149/004pavimenta-aoruasantaclaradeboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/149/004pavimenta-aoruasantaclaradeboasorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de pavimentação de Rua na localidade de Santa Clara de Boa Sorte, partindo do Campo de Futebol até o Despolpador, em atenção a pedido do Presidente da Associação Comunitária, Senhor Joadir, para atender os moradores domiciliados na referida via pública, que vem sofrendo com problemas causados ora pela poeira, ora pela lama.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/150/005reparosembueirosemsantaclaradeboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/150/005reparosembueirosemsantaclaradeboasorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a providenciar, com sua equipe de trabalho, com urgência, os serviços de reparos em três Bueiros localizados na estrada que dá acesso a propriedade rural do Senhor Vaninho, na localidade de Santa Clara de Boa Sorte, haja vista que os mesmos estão em condições precárias, prejudicando o transito de veículos.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/151/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/151/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a providenciar, com sua equipe de trabalho, com urgência, os serviços de ensaibramento das estradas vicinais da localidade de Pilões, da localidade de Santa Clara do Juca Italiano e da localidade de Santa Clara de Boa Sorte, no Município de Iúna, a pedido do Presidente da Associação Comunitária de Santa de Boa Sorte Senhor Joadir, para atender as necessidades dos produtores rurais das localidades citadas, haja vista que as estradas ficam bastante prejudicadas neste período de chuvas.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/152/007pavimenta-aoviaademarvieiradacunha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/152/007pavimenta-aoviaademarvieiradacunha.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de conclusão de pavimentação obra que se encontra paralisado na Avenida Ademar Vieira da Cunha, Bairro Vila Nova, nesta cidade, prejudicando a locomoção dos moradores e de pessoas que dependem de tratamento especial. Caso não seja reiniciado os serviços de pavimentação, que seja feito um paliativo para amenizar os transtornos causados aos moradores.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>Arilson Ferreira de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/154/001patrolamentoestradas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/154/001patrolamentoestradas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão para providenciar, com urgência, com sua equipe de trabalho, o Patrolamento e o Ensaibramento dos pontos mais críticos das estradas vicinais que compreendem as malhas rodoviarias das localidades de Serrinha I, II e III, Terra Corrida, Rio Pardinho, Córrego Figueira, Boa Sorte, Triste Sorte e Morro Redondo, neste Município, haja vista que as mesmas necessitam de melhoramento para garantir aos produtores rurais o transporte de insulos para lavoura e o ir e vir dos mesmos na comercialização dos produtos agrícolas.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/155/001reformascamposbomdebola.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/155/001reformascamposbomdebola.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de reformas, de modo geral, nos Campos Bom de Bola dos Bairros Nossa Senhora da Penha e Guanabara, nesta cidade, haja vista que os mesmos se encontram em péssimo estado de conservação e, com isto, não atende satisfatoriamente a demanda dos frequentadores. A solicitação atende aos esportistas que usam regularmente as praças de lazer citadas.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/157/quebramolasemfrenteadgarautope-as.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/157/quebramolasemfrenteadgarautope-as.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de 01 (UM) Quebras – molas na Avenida Presidente Tancredo Neves, Bairro Niterói em frente a Loja Comercial Edgar Autopeças, pois no local vem ocorrendo vários acidentes, inclusive com perda permanente de membros e risco iminente de vida.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Everaldo da Belo Aço</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/158/001reparopontejosegodinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/158/001reparopontejosegodinho.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor  Robson Fardim Tristão, a tomar as providências cabíveis, com sua equipe de trabalho, com urgência, no sentido de que seja efetuado serviço de manutenção da Ponte José Godinho, estrada que liga Iúna a Muniz Freire, haja vista que a mesma encontra-se em precário estado de conservação, o que pode causar acidente aos usuários, na maioria produtores que circulam pela região transportando produtos agrícola e insumos para lavoura.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/159/002reparoponteterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/159/002reparoponteterracorrida.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a tomar as providências cabíveis, com sua equipe de trabalho, com urgência, no sentido de que seja efetuado serviço de manutenção da Ponte que fica na localidade de Terra Corrida, neste Município, e que dá acesso as propriedades rurais que fica do outro lado do Rio Pardo. A ponte apresenta viga quebrada e está necessitando de reparos para garantir a segurança de seus usuários, principalmente dos produtores rurais que estão estabelecidos do outro lado do rio e necessitam efetuar o escoamento da produção agrícola.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/160/003trocadeposteemfrentedoctum.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/160/003trocadeposteemfrentedoctum.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a tomar as providências cabíveis, com sua equipe de trabalho, com urgência, no sentido de efetuar o serviço de troca de um Poste de energia elétrica que fica localizado na Praça Pública em frente a Faculdade DOCTUM, bairro Guanabara, nesta cidade, haja vista que o mesmo está com a base comprometida e, com isto, corre o risco de cair e causar prejuízos irreparáveis, considerando a área onde encontra-se instalado.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/162/001resfriadorleitelaranjaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/162/001resfriadorleitelaranjaterra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de efetuar a instalação do Tanque de resfriamento de leite na localidade de Laranja da Terra, neste município, para atender a demanda dos produtores da localidade citada. O equipamento se faz necessário para conservar a qualidade do produto.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/163/002patrolamentoemcantamissa.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/163/002patrolamentoemcantamissa.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de efetuar o patrolamento da estrada que dá acesso a localidade denominada Canta Missa, distrito de Pequiá, neste Município. A estrada se encontra em péssimo estado de conservação, quase intransitável devido as chuvas, dificultado, com isto, o ir e vir dos moradores, principalmente dos produtores no escoamento da procuração agrícola.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/164/003limpezagerallaranjaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/164/003limpezagerallaranjaterra.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Responsável pela subprefeitura do distrito de Pequiá, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de efetuar a limpeza geral da Comunidade de Laranja da Terra, distrito de Pequiá, neste Município, em atenção a pedidos dos moradores, haja vista que as vias públicas da Comunidade estão com lixo acumulado, vegetação em determinados pontos e entulho depositado em vários locais. O serviço atende pedidos dos moradores da Comunidade.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/165/001recupera-aoestradasrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/165/001recupera-aoestradasrioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que sejam efetuados serviços de recuperação das Estradas da localidade de Rio Claro, Distrito de São João do Príncipe, neste Município, para facilitar o recebimento de turistas que vistam a região do Caparaó. A solicitação expressa o desejo dos moradores e comerciantes que recebem os turistas nos fins de semanas e feriados.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/167/002recupera-aosaanit-riosrodoviaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/167/002recupera-aosaanit-riosrodoviaria.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que sejam efetuados serviços de reparos nos Banheiros do Terminal Rodoviário de nossa Cidade, os quais se encontram em estado precário de conservação. Por se tratar de um local de recepção de grande parte das pessoas que visitam nossa cidade, merece atenção especial por parte do Poder Público Municipal.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/169/003cursopessoalbolsafamilia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/169/003cursopessoalbolsafamilia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Assistência e Desenvolvimento Social da Municipalidade, Senhora Maura Bullerjahn Guzzo Rosa, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que sejam ministrados cursos de capacitação aos usuários do Programa Bolsa Família, afim de orientá-los sobre o funcionamento do Programa.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/170/004monitoremonibusescolar-reparoemcreche.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/170/004monitoremonibusescolar-reparoemcreche.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Educação da Municipalidade, Senhor André Luiz Ferreira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que seja providenciado Monitores nos ônibus do transporte escolar da Municipalidade, haja vista que o transporte de alunos está sendo feito sem os mesmos, o que importa em risco para os estudantes. Que seja determinado, também, ao Secretário a providenciar, com urgência, reparos na Creche pro-infância Maria da Penha Amorim Souza, haja vista que o prédio apresenta vazamento no telhado proveniente de águas de chuvas.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/171/005adequarplacasdetransito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/171/005adequarplacasdetransito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Interior e Transportes da Municipalidade, Senhor Cristiano Dias Bento, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que sejam adequadas as placas de sinalização de transito de nossa cidade, que estão instaladas em locais errados. Dá forma como estão induzem os motoristas ao erro, e consequentemente a serem penalizados com multas.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/172/006reformaempostosdesa-de.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/172/006reformaempostosdesa-de.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adami, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que sejam efetuadas reformas nos Postos de Saúde do Bairro Centro e do Bairro Quilombo, em Iúna, haja vista que os dois prédios encontram-se em péssimas condiões, necessitando de melhorias para melhor atender a população iunense.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/191/002reformapontecorregosocorro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/191/002reformapontecorregosocorro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão para providenciar, com urgência, com sua equipe de trabalho, a Reforma de uma Ponte que fica localizada no Córrego Socorro, neste Município, nas proximidades da propriedade do Senhor Jeronimo. A ponte em questão está em péssimas condições de conservação, podendo, com isto, causar prejuízos consideráveis aos seus usuários.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/193/quebramolasemfrenteadgarautope-as.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/193/quebramolasemfrenteadgarautope-as.pdf</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/194/001reparopontejosegodinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/194/001reparopontejosegodinho.pdf</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/195/002reparoponteterracorrida.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/195/002reparoponteterracorrida.pdf</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/196/003trocadeposteemfrentedoctum.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/196/003trocadeposteemfrentedoctum.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/198/001resfriadorleitelaranjaterra.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/198/001resfriadorleitelaranjaterra.pdf</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/199/002patrolamentoemcantamissa.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/199/002patrolamentoemcantamissa.pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/200/004melhoramentodetodasasestradasdomunic-pio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/200/004melhoramentodetodasasestradasdomunic-pio.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de elaborar um relatório minucioso das condições das estradas de forma geral, do Município de Iúna, decorrente do grande volume de chuvas que tem caído na região, com casos de trecho intransitáveis, fato que tem prejudicado o transito dos moradores e do transporte escolar do Município. Que este relatório seja remetido à Procuradoria do Município para estudar a locação de máquinas por dias ou horas, para melhorar as condições das estradas vicinais, que compreendem a malha rodoviária de todo o Município, para que as mesmas possam estar em condições de tráfego, amenizando, desta forma, o sofrimento dos produtores e dos alunos, sendo que estes tem percorrido grandes trechos a pé para chegarem as escolas.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Maria Miguelina</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/201/001constru-aopra-alazerbairroquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/201/001constru-aopra-alazerbairroquilombo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Teixeira, para que tome as providências devidas, com sua equipe de trabalho, com urgência, no sentido de construir 01 (uma) Praça de Lazer no lugar denominado Mare Mansa, no Bairro Quilombo, nesta cidade, atendo pedido de diversos moradores, haja vista que no entorno não existe um ponto de reação para os mesmos.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/202/001patrolamentoestradasbonsucessosantoantonioagualimpa.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/202/001patrolamentoestradasbonsucessosantoantonioagualimpa.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de proceder o Patrolamento e Ensaibramento das estradas vicinais que compreendem a malha rodoviária dos Córregos Santo Antônio, Bonsucesso e Água Limpa, neste Município, visando melhorar as condições das mesmas para a circulação do transporte escolar e o ir e vir dos produtores rurais sediados nas localidades citadas.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/203/002aterroestradabonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/203/002aterroestradabonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de proceder serviço de Aterro na estrada em frente as propriedades dos Senhores Jeferson do Cartório e Anibal, na localidade denominada Bonsucesso, neste Município, haja vista que a mesma está abaixo do escoamento de água, fato que vem causando atoleiro e buraco, dificultando o transito de veículos.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/204/003reparobueiroestradabonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/204/003reparobueiroestradabonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de proceder reparo em Bueiro na estrada do Córrego Bonsucesso, neste Município, em frente a propriedade de Dona Didina, que se encontra em precário estado de conservação.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/205/004retirarbarreiraestradabonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/205/004retirarbarreiraestradabonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de retirar Barreiras na estrada principal da localidade de Bonsucesso, nas proximidades da propriedade do Senhor Ceni Gomes.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/206/005construirbueirolocalidadedeserrinha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/206/005construirbueirolocalidadedeserrinha.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de construir um Bueiro onde a Prefeitura retirou um mata-burro, na localidade de Serrinha, entre as propriedades de Paulo Florindo e dos Tebas, haja vista que com as chuvas constante que tem caído na região, o local está intransitável.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/207/006retirarentulhobairrovilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/207/006retirarentulhobairrovilanova.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de retirar arvores caídas e entulhos depositados as margens das vias públicas do Bairro Vila Nova, nesta cidade.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/208/001recupera-aoestradasrioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/208/001recupera-aoestradasrioclaro.pdf</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/209/002recupera-aosaanit-riosrodoviaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/209/002recupera-aosaanit-riosrodoviaria.pdf</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/210/003cursopessoalbolsafamilia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/210/003cursopessoalbolsafamilia.pdf</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/211/004monitoremonibusescolar-reparoemcreche.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/211/004monitoremonibusescolar-reparoemcreche.pdf</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/212/005adequarplacasdetransito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/212/005adequarplacasdetransito.pdf</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/213/006reformaempostosdesa-de.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/213/006reformaempostosdesa-de.pdf</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/214/007constru-aogaleriaavenidaamintasosoriodematos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/214/007constru-aogaleriaavenidaamintasosoriodematos.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que seja construída Galeria Pluvial, para captação de água de chuva, na Avenida Amintas Osório de Matos, nas proximidades da Loja comercial do Senhor Pedrinho da Geladeira, haja vista que por não ter um sistema capaz de captar toda água da chuva, o local alaga e prejudica o transito de pedestre e veículos, além de deixar um grande acumulo de lama na pista, que causa muita poeira, prejudicando os moradores e comerciantes com lojas funcionando na citada Avenida.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/215/008constru-aoesgoto-cal-amentoavprefeitoelinho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/215/008constru-aoesgoto-cal-amentoavprefeitoelinho.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que seja construída Rede de Saneamento Básico e Calçamento na Avenida Prefeito Welington Firmino do Carmo, Bairro Vale Verde, nesta cidade, em atenção a pedido dos moradores que reclamam de transtornos causados por poeira e lama.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/217/001pavimenta-aoruamilitinojoselima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/217/001pavimenta-aoruamilitinojoselima.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de pavimentação da Rua Militino José de Lima, Bairro Nossa Senhora da Penha, próximo ao Campo Bom de Bola, haja vista que água proveniente de chuva tem entrado nas residências causado transtornos aos moradores. O pedido é uma reivindicação antiga dos moradores domiciliados na referida via pública.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/218/002extensaoredeeletricasantaclaraboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/218/002extensaoredeeletricasantaclaraboasorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de extensão de rede elétrica na Rua dos Ruelas, na localidade denominada Santa Clara de Boa Sorte, em atenção a pedido do Senhor Joadir e Ivana Presidente e representante da Associação Comunitária de Santa Clara de Boa Sorte. O pedido vai atender o anseio dos moradores da citada via pública.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/220/004pavimenta-aoruasantaclaradeboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/220/004pavimenta-aoruasantaclaradeboasorte.pdf</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/221/005reparosembueirosemsantaclaradeboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/221/005reparosembueirosemsantaclaradeboasorte.pdf</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/222/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/222/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a providenciar, com sua equipe de trabalho, com urgência, os serviços de ensaibramento das estradas vicinais da localidade de Pilões, da localidade de Santa Clara do Juca Italiano e da localidade de Santa Clara de Boa Sorte, no Município de Iúna, a pedido do Presidente da Associação Comunitária de Santa de Boa Sorte Senhor Joadir, para atender as necessidades dos produtores rurais das localidades citadas, haja vista que as estradas ficam bastante prejudicadas neste período de chuvas</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/225/001patrolamentoestradas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/225/001patrolamentoestradas.pdf</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/226/001reformascamposbomdebola.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/226/001reformascamposbomdebola.pdf</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/227/001faixapedestreemfrentecolegioportoseguro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/227/001faixapedestreemfrentecolegioportoseguro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que seja construído faixa de Pedestre em frente ao Colégio Porto Seguro, na Avenida Deputado João Rios, em Iúna. O local recebe considerável movimentação de veículos e crianças nos períodos do início e do encerramento das aulas e por se tratar de uma via de acesso ao terminal rodoviário, com considerável fluxo de veículos, necessita da faixa em questão para garantir a segurança dos alunos e seus acompanhantes.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/236/001pavimenta-aoruamilitinojoselima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/236/001pavimenta-aoruamilitinojoselima.pdf</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/238/003constru-aovestiario-quadraesportessantaclaraboasorte.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/238/003constru-aovestiario-quadraesportessantaclaraboasorte.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de construção de vestiário no Campo de Futebol da localidade de Santa Clara de Boa Sorte e Construção de Quadra de Esportes na citada comunidade, solicitação que atende aos pedidos dos esportistas da comunidade, para que possam contar com mais uma área de lazer nos finais de semana, uma vez que a localidade é carente de área para prática de esportes.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/252/002alteraleiorganicamunicipallicencapaternidade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/252/002alteraleiorganicamunicipallicencapaternidade.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Procurador Geral do Município Dr. San Martin  Donato Roosevelt elaborar matéria de Emenda a Lei Orgânica Municipal nº 2137/2008, modificando a alínea “V” do artigo 54 e o item “VIII” do artigo 60, concedendo desta forma Licença Paternidade de 20 (vinte) dias aos  servidores públicos municipais.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/253/002solicitacaoonibusdeputadohudson.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/253/002solicitacaoonibusdeputadohudson.pdf</t>
   </si>
   <si>
     <t>Que seja inserido recurso no orçamento do Estado do Espírito Santo, através de Emenda Parlamentar, para que o mesmo seja destinado a aquisição de 04 (quatro) ônibus para uso no transporte escolar no Município de Iúna, haja vista que o setor, no momento, está necessitando de veículos para atender, satisfatoriamente, a demanda, pois o número de alunos teve crescimento considerável. Os veículos em questão serão utilizados no Distrito da sede e nos demais Distritos do Município de Iúna.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Teixeira, para que tome as providências devidas, com sua equipe de trabalho, com urgência, no sentido de construir 01 (uma) Praça de Lazer no lugar denominado Maré Mansa, no Bairro Quilombo, nesta cidade, atendo pedido de diversos moradores, haja vista que no entorno não existe um ponto de reação para os mesmos.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Maria Miguelina, Adriano Ornelas, Arilson Ferreira de Oliveira, Darlan Barglini, Emmanuel Garcia de Amorim, Everaldo da Belo Aço, João Elias, Julio Soldado, Marquinho da Saúde, Paulo Henrique Leocádio da Silva, Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/255/003aquisicaoambulanciadeputadohudson.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/255/003aquisicaoambulanciadeputadohudson.pdf</t>
   </si>
   <si>
     <t>Que seja inserido recurso no orçamento do Estado do Espírito Santo, através de Emenda Parlamentar, para ser destinado a aquisição de 01 (um) veículo ambulância para atender ao Setor de Saúde do Município de Iúna, haja vista que o setor, no momento, está necessitando de ambulância para atender, satisfatoriamente, a demanda, vez que o Município parou algumas ambulâncias, por serem veículos que não ofereciam nenhuma segurança aos seus ocupantes</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/256/005reparoredeeletricapacasantanapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/256/005reparoredeeletricapacasantanapequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de reparar o Sistema de Iluminação Pública da Praça Nossa de Santana, Distrito de Pequiá. Os reparos devem ser executados na rede elétrica, que é antiga, e efetuar troca das lâmpadas queimadas, haja vista que somente duas lâmpadas estão funcionando. O pedido atende aos frequentados da Praça, que não se sentem seguros no período noturno.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/257/006verificarquedademuroempequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/257/006verificarquedademuroempequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária Municipal de Assistência e Ação Social da Municipalidade, Senhora Maura Bullerjahn Guzzo Rosa, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de verificar a queda de um muro da residência do Senhor Renato Azevedo, no Distrito de Pequiá, na Rua que dá acesso ao Campo de Futebol, que caiu devido as chuvas constantes, que tem ocorrido na região. _x000D_
 Certo da atenção de Vossa Excelência em torno do assunto exposto, firmo votos de amizade e consideração</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/258/003ambulanciaparapequia-principe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/258/003ambulanciaparapequia-principe.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade Senhora Vanessa Leocádio Adami, a disponibilizar, com urgência, um veículo Ambulância, para atender a demanda dos Distritos de Pequiá e São João do Príncipe e as Comunidades de Rio Claro e Laranja da Terra. É de suma importância que a ambulância fique localizada em Pequiá para atender aos cidadãos destas Comunidades, pois a distância da sede do Município e considerável e em uma situação de emergência o tempo de socorro é tudo e pode salvar vidas.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/259/004alteracaoestatutodosservidores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/259/004alteracaoestatutodosservidores.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Procurador Geral do Município Dr. San Martin  Donato Roosevelt elaborar matéria de no sentido de alterar o Estatuto dos Servidores Públicos Municipais, para inclusão de artigo constando o dia de folga para o servidor que estiver exercendo sua atividade no dia de seu aniversário. Assim, seria a forma da Administração congratular com o servidor no dia do seu aniversário. É sabido da importância que o servidor público representa não só para a Administração Pública, mas principalmente para a sociedade Iunense, fato este é que devemos valorizar e motivar sempre o servidor público no desempenho de suas atividades.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/260/004retomadaobrazigzag.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/260/004retomadaobrazigzag.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, que tome as providências cabíveis, com sua equipe de trabalho, com urgência, no sentido de concluir a obra do Zig Zag, no Bairro Quilombo, nesta cidade, que se encontra paralisada e necessita de ser retomada para atender os moradores do Bairro.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/261/005maisservidoresparafarmaciadomunicipio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/261/005maisservidoresparafarmaciadomunicipio.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adami, a tomar as providências cabíveis, com urgência, no sentido de destinar  02 (dois) servidores ou mais, para atender a população na farmácia do Posto de Saúde Central da cidade de Iúna, haja vista que em razão do número reduzido de servidores para atender a demanda, está formando longas filas e, com isto, prejudicando as pessoas que se deslocam da zona rural a procura de medicamentos na farmácia do Município.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/262/006aquisicaocaminhaobau.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/262/006aquisicaocaminhaobau.pdf</t>
   </si>
   <si>
     <t>Que seja inserido recurso no orçamento do Estado do Espírito Santo, através de Emenda Parlamentar, para ser destinado a aquisição de 01 (um) veículo, caminhão de médio porte equipado com baú para o Município de Iúna, que será destinado a coleta do material reciclável, que feita pelos membros da Associação de Catadores de Material Reciclável.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/263/007patrolamentoestradascorregosabia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/263/007patrolamentoestradascorregosabia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de efetuar os serviços de patrolamento e ensaibramento da estrada vicinal do Córrego Sabiá, neste Município, que se encontra em precário estado de conservação o que tem dificultado o trânsito de veículos. O serviço foi prometido pela Administração Municipal e já se passaram 04 (quatro) meses e nada foi feito até o momento. A indicação se refere ao pedido do produtor rural Senhor Athos Florindo, que aguarda a recuperação da citada estrada para que o transporte da safra de café que se aproxima, seja feita com a devida segurança.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/264/008situacaodecasanoquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/264/008situacaodecasanoquilombo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido averiguar a residência do Senhor José Antônio dos Reis, conhecido como Mangabinha, que se encontra em situação de risco, podendo desabar. A residência fica localizada próximo a Igreja Católica do Bairro Quilombo, de frente para a casa de Dona Eni Goulart. A situação tem se agravado e o proprietário está aguardando uma providência da Administração Municipal, com urgência, para evitar que danos irreparáveis aconteça.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/265/009patrolamentoestradascorregoserrinhaii.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/265/009patrolamentoestradascorregoserrinhaii.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de efetuar os serviços de patrolamento e ensaibramento da estrada vicinal do Córrego Serrinha II, neste Município, que se encontra em precário estado de conservação o que tem dificultado o trânsito de veículos. Como a safra de café está se aproximando, os produtores necessitam de boas estradas para transportar a mão de obra e chegar com o produto beneficiado até o comércio.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/267/002substituirpostedemadeira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/267/002substituirpostedemadeira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, a substituição de um Poste de madeira localizado na Rua Maria Rosa de Jesus, próximo ao imóvel de nº 160, atrás do galpão do Senhor José Uledir Tiengo, Bairro Quilombo.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/269/005patrolamentoestradascorregosantoantonio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/269/005patrolamentoestradascorregosantoantonio.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a efetuar o patrolamento e o ensaibramento das estradas do Córrego Santo Antônio, próximo ao Toninho Florindo, haja vista a dificuldade de acesso e por saber que logo se inicia a safra do café.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/270/006retiradagalhosavenidajoseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/270/006retiradagalhosavenidajoseluizcastro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar a retirada de galhos de árvores que caíram devido as chuvas e hoje ocupam metade da pista causando transtornos aos cidadãos que trafegam na Avenida José Luiz de Castro, Vila Nova.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/274/007alteracaoartigolei6333-2017.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/274/007alteracaoartigolei6333-2017.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Excelentíssimo Senhor Prefeito Municipal de Iúna que providencie a alteração da redação do artigo 17 da Lei Municipal nº 6.333/2017, visando permitir de forma excepcional a flexibilização da jornada de trabalho dos servidores municipais, mediante solicitação do Secretário Municipal e sujeito a análise quanto ao interesse público e conveniência.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/275/007reparocalcamentoav.joseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/275/007reparocalcamentoav.joseluizcastro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar com sua equipe de trabalho, serviços de reparos no calçamento da Avenida José Luiz de Castro, Bairro Vila Nova, em frente a casa do Senhor Djalma Saloto, que vem ocasionando transtornos aos motoristas, podendo até mesmo causar acidentes.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/276/008limpezamargensavjoseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/276/008limpezamargensavjoseluizcastro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar com sua equipe de trabalho, serviços de limpeza das margens da Avenida José Luiz de Castro em ambos os lados, para facilitar o trânsito dos pedestres e podar as árvores da citada Avenida, uma vez que estão entrando em contato com os fios elétricos, no Bairro Vila Nova.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/277/009calcamentomargensavjoseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/277/009calcamentomargensavjoseluizcastro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar com sua equipe de trabalho, uma análise da possibilidade de fazer o calçamento na Avenida José Luiz de Castro, no Bairro Vila Nova, próximo às margens do Rio, pois além dos moradores do Bairro citado, muitos cidadãos utilizam a via para caminhar, assim ofertaria maior segurança e conforto aos munícipes que utilizam diariamente esta via.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/279/reparosasfaltoiunaibitirama.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/279/reparosasfaltoiunaibitirama.pdf</t>
   </si>
   <si>
     <t>Requer que seja remetido ofício ao Diretor do DER/ES para que seja efetuado os reparos no asfalto que compreende o trecho de Iúna-Ibitirama, haja vista as péssimas condições do asfalto, levando prejuízo a nossa população, pois usamos a via para transporte sanitário de nossos munícipes, para pacientes em tratamento de hemodiálise, quimioterapia entre outros, ainda sendo esta via a principal para a remoção de pacientes graves que são transportados nas nossas ambulâncias, lembrando ainda que já ocorreram vários acidentes nesta via com vítimas não fatais. Assim para melhor atender aos cidadãos que transitam nesta via, solicitamos em caráter de urgência ao atendimento a esta Casa de Leis.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/316/011demandasagentescomunitariosdesaudeeendemias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/316/011demandasagentescomunitariosdesaudeeendemias.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Procuradoria Geral do Município, que possa ser revisto as demandas dos Agentes Comunitários de Saúde e Agentes de Endemias de nosso município. Sendo uma das reivindicações o ajuste/equiparamento do salário base com o piso nacional dos mesmos.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/317/010reajustecargahorariaprofissionaisdesaudede20p_EPcaWON.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/317/010reajustecargahorariaprofissionaisdesaudede20p_EPcaWON.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Procurador Geral do Município o Senhor San Martim Donato Roosevelt, analisar a possibilidade de reajustar a carga horária dos profissionais da saúde que atum em regime de 20 horas semanais para 30 horas semanais. Pois entende se que esses servidores há anos recebem extensão de carga horária, não sendo este um fato excepcional, assim sendo, solicito que seja majorada a carga horária desses profissionais para 30 horas semanais.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/322/011remuneracaomotoristaambulancia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/322/011remuneracaomotoristaambulancia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade Senhora Vanessa Leocádio Adami, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de estudar a possibilidade de melhorar a remuneração dos motoristas de ambulância.  Contando com a atenção de Vossa Excelência em torno do assunto exposto, desde já agradeço.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/323/012construcaoquebramolasquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/323/012construcaoquebramolasquilombo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, no sentido de construir um Quebra Molas próximo a antiga loja de material de construção do Senhor José Uledir Tiengo, esquina das Ruas Espírito Santo, Rene de Castro e São Cristóvão, Bairro Quilombo, nesta cidade, visando dar segurança a travessia de pedestres.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/324/013transformadordeenergiaeletricaquebramolascorr_4NgMbdj.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/324/013transformadordeenergiaeletricaquebramolascorr_4NgMbdj.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, visando a instalação de 02 (dois) quebra-molas e transformador de energia elétrica na localidade de Córrego do Laje, em atenção a pedido dos moradores.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/325/014trocadelampadasqueimadasemtrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/325/014trocadelampadasqueimadasemtrindade.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, visando a substituição de diversas lâmpadas queimadas no sistema de iluminação pública do Distrito de Santíssima Trindade, neste Município, atendendo pedido de moradores diversos, que reclamam da falta de segurança durante a noite.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, visando a instalação de 02(dois) quebra-molas no distrito de Santíssima Trindade nas proximidades da residência do Senhor Santo, atendendo pedidos dos moradores, haja vista que os veículos estão passando em alta velocidade, colocando em risco vida de pedestres que circulam pelo local, diariamente.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/329/007alteracaoartigolei6333-2017.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/329/007alteracaoartigolei6333-2017.pdf</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/330/008reposicaolampadasavamphilophiooliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/330/008reposicaolampadasavamphilophiooliveira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira a providenciar com sua equipe de trabalho com urgência a reposição das lâmpadas queimadas no Sistema de Iluminação Pública da Avenida Amphilophio de Oliveira, Bairro Guanabara. Providenciar também a reposição de lâmpadas queimadas no Sistema de Iluminação Pública da Avenida Astrogildo Silveira, Bairro Quilombo.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/331/009patrolarestradaproximapropriedadedonamaura.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/331/009patrolarestradaproximapropriedadedonamaura.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão a providenciar com sua equipe de trabalho com urgência o patrolamento da estrada vicinal que da acesso as propriedades de Dona Maura e Moises Faria no Distrito de Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/332/010secretariasaudeisolartambormateriais.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/332/010secretariasaudeisolartambormateriais.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária Substituta de Saúde, a providenciar o isolamento do tambor de lixo onde ficam depositadas as seringas e materiais já utilizados, sendo que o mesmo fica exposto na unidade levando perigo de contaminação aos pacientes.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/333/011areadeservicosecretariadesaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/333/011areadeservicosecretariadesaude.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária Substituta de Saúde, que providencie área de serviço adequada no prédio do Posto de Saúde do Bairro Vila Nova, uma vez que os servidores que atuam na unidade não tem privacidade no desempenho das atividades de trabalho.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/334/012buracoruaraulcaetano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/334/012buracoruaraulcaetano.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar juntamente com sua equipe de trabalho com urgência, o conserto de buraco que se formou na Rua Raul Caetano da Silva, bairro Quilombo, próximo a um bueiro, devido ao serviço imperfeito realizado pela empresa contratada pela CESAN para realizar as obras do esgotamento sanitário.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/339/009pisonacionaldasacs.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/339/009pisonacionaldasacs.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Gestão da Municipalidade, Senhor João Paulo Bretz Rodrigues, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, para que seja regulamentado o Piso Nacional das ACS do Município na folha de pagamento, haja vista que o valor não altera o impacto financeiro do Município.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/340/010reformaescoladelfinobatistavieira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/340/010reformaescoladelfinobatistavieira.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Educação da Municipalidade, Senhor André Luiz Ferreira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de proceder a reforma dos muros e a pintura das salas da Escola Delfino Batista Vieira, do Distrito de Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/341/011reformalimpezapracapito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/341/011reformalimpezapracapito.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de proceder a reforma e limpeza da Praça no Bairro Pito, que está em situação de abandono.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/342/012construcaoquebra-molasemfrenteabieaabb.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/342/012construcaoquebra-molasemfrenteabieaabb.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de construir 02 (dois) quebra-molas na Rua Pedro Scardini em frente a entrada da ABI e AABB, fluxo de carros em alta velocidade.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/343/013reformadarodoviaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/343/013reformadarodoviaria.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de proceder a reforma geral do terminal rodoviário da cidade, que se encontra em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/344/014identficacaodepracas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/344/014identficacaodepracas.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de proceder a identificação com placas das Praças Nerci Ferreira Cézar, Pito e Braulino Mariano, Vila Nova e do Centro Multiuso vereador João Batista Ribeiro, Pito.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Solicita que remeta ao Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal, depois de lida em plenário, a seguinte indicação de serviço:_x000D_
 _x000D_
 Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar com sua equipe de trabalho com urgência, os serviços de limpeza das margens e do leito do Rio Pardo, no trecho que compreende o perímetro urbano da cidade, visando prevenir para o período das chuvas que se aproxima, ocasião em que as águas sobem e acontece de invadir as vias nas proximidades do rio.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/429/013alambradomargensriopaqrdo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/429/013alambradomargensriopaqrdo.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar juntamente com sua equipe de trabalho com urgência, a construção de guarda corpo ou alambrado as margens do Rio Pardo a partir da Clinica Gastreen até de frente a Madeireira do Senhor Casine. O serviço se faz necessário para evitar que pessoas caem no rio, como já aconteceu por diversas vezes, ocasionando até mortes.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/431/014pontebonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/431/014pontebonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a providenciar juntamente com sua equipe de trabalho com urgência, a construção de uma Ponte no lugar denominado Bonsucesso, neste Município, próximo a propriedade do Senhor Pedro Gomes da Silveira.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/433/015telhadosecadprcafebonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/433/015telhadosecadprcafebonsucesso.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a providenciar juntamente com sua equipe de trabalho com urgência, a construção do telhado e a instalação da rede elétrica do despolpador e secador de café e o que mais se fizer necessário para o funcionamento, para atender a Associação de Produtores da localidade de Bonsucesso.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade Senhor Robson Fardim Tristão, a providenciar juntamente com sua equipe de trabalho com urgência, o serviço de ensaibramento e patrolamento das estradas vicinais da localidade de Bonsucesso, em atenção aos pedidos dos produtores rurais.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/440/015aquisicaodebanheirosquimicos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/440/015aquisicaodebanheirosquimicos.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com urgência, visando a aquisição de Sanitários Químicos para uso dos servidores quando em trabalho nas obras realizadas pelo Município de Iúna.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/442/015aquisicaodebanheirosquimicos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/442/015aquisicaodebanheirosquimicos.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de revitalizar o Canteiro Central da Avenida Antônio Augusto de Oliveira alargando e colocando proteção lateral, visando garantir a comodidade e segurança das pessoas que usam o espaço para caminhadas e, também, daquelas que percorrem diariamente a avenidal.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar com sua equipe de trabalho com urgência, os serviços de limpeza das margens e do leito do Rio Pardo, no trecho que compreende o perímetro urbano da cidade, visando prevenir para o período das chuvas que se aproxima, ocasião em que as águas sobem e acontece de invadir as vias nas proximidades do rio.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/527/009podadearvore.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/527/009podadearvore.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar com sua equipe de trabalho com urgência, os serviços de poda de uma árvore que se localiza próximo a mercearia do Senhor Russo, à Rua Francisco Augusto de Castro, bairro Quilombo, nesta cidade, que está causando preocupação a população, por está encostando na rede de energia elétrica, podendo causar transtornos sérios em caso de curto circuito.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/528/002reformapontecorregosocorro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/528/002reformapontecorregosocorro.pdf</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/530/002substituirpostedemadeira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/530/002substituirpostedemadeira.pdf</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/531/003extensaoredeeletrica.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/531/003extensaoredeeletrica.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, a construção de extensão de rede de energia elétrica na Rua São Vicente de Paula, Bairro Quilombo, na pista inferior com a instalação de mais ou menos cinco (05) postes de cimento, com os braços de luminárias, devido a má iluminação do local, o que tem causado insegurança aos transeuntes e moradores.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/533/asfaltamentoestradaiuna-munizfreire.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/533/asfaltamentoestradaiuna-munizfreire.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício do Diretor do DER/ES Senhor Enio Bergoli solicitando que seja feito levantamento técnico no sentido de viabilizar os serviços de preparação e asfaltamento da estrada estadual que liga o município de Iúna ao município de Muniz Freire, em atenção a pedidos diversos de  produtores rurais e moradores da região, haja vista que uma região produtiva e se trata de uma expressiva bacia leiteira, sendo que o benefício vai aumentar a relação comercial entre os dois municípios.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/534/correiosentregarcorrespondencianoparqueindustrial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/534/correiosentregarcorrespondencianoparqueindustrial.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência, depois de ouvido o plenário, que seja remetido ofício ao responsável pela Agência local dos Correios, solicitando que seja feita a entrega de correspondências pelos agentes nas ruas do Parque Industrial da Cidade, localizado no Bairro Guanabara.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/538/recapiamentoroviaes-379_irupi.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/538/recapiamentoroviaes-379_irupi.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício do Diretor do DER/ES Senhor Enio Bergoli solicitando avaliação técnica e possibilidade de recapeamento do asfalto da rodovia ES-379 que liga o município de Iúna ao município de Irupí, devido ao mau estado de conservação do piso asfáltico, fato que tem ocasionado quebra de veículos e causado acidentes constantes.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/539/requerimentoantecipacaosessaoordinaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/539/requerimentoantecipacaosessaoordinaria.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador desta Casa de Leis, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência após consulta ao plenário, a possibilidade de antecipação da sessão ordinária do dia 08 de agosto de 2018 para o dia 07 de agosto de 2018, por motivo que o dia da sessão ordinária irá acontecer justamente no dia de minha formatura (colação de grau), onde o evento está marcado pela Universidade Federal do Espírito Santo (UFES), não tendo como modificar a data da colação de grau. Portanto, solicito a antecipação da referida sessão para não perder o acompanhamento dos trabalhos desta Casa de Leis.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/542/003ambulanciaparapequia-principe.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/542/003ambulanciaparapequia-principe.pdf</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/544/004alteracaoestatutodosservidores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/544/004alteracaoestatutodosservidores.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Procurador Geral do Município Dr. San Martin  Donato Roosevelt elaborar matéria de no sentido de alterar o Estatuto dos Servidores Públicos Municipais, para inclusão de artigo constando o dia de folga para o servidor que estiver exercendo sua atividade no dia de seu aniversário. Assim, seria a forma da Administração congratular com o servidor no dia do seu aniversário. É sabido da importância que o servidor público representa não só para a Administração Pública, mas principalmente para a sociedade iunense, fato este é que devemos valorizar e motivar sempre o servidor público no desempenho de suas atividades.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/546/005patrolamentoestradascorregosantoantonio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/546/005patrolamentoestradascorregosantoantonio.pdf</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/547/006retiradagalhosavenidajoseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/547/006retiradagalhosavenidajoseluizcastro.pdf</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/551/007reparocalcamentoav.joseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/551/007reparocalcamentoav.joseluizcastro.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/553/009calcamentomargensavjoseluizcastro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/553/009calcamentomargensavjoseluizcastro.pdf</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/555/011demandasagentescomunitariosdesaudeeendemias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/555/011demandasagentescomunitariosdesaudeeendemias.pdf</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira a providenciar junto com sua equipe de trabalho, a construção de uma faixa de pedestre elevada em frente a Drogaria Rede Nova, antiga loteria esportiva, igual as outras que o Município tem construído. Caso não seja possível que seja efetuada nova pintura, uma vez que a mesma apagou. A solicitação visa evitar mais acidentes, já que vários vem ocorrendo no local.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/557/quebramolasemuberaba.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/557/quebramolasemuberaba.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência que remeta ao Excelentíssimo Senhor Enio Bergoli Diretor geral do DER/ES, a construção de Quebra Molas próximo ao Ponto de Ônibus na Comunidade de Uberaba, neste Município, bem como, construção de Redutor de Velocidade depois da Ponte de Uberaba, na entrada para a Igreja do Pastor Adilson, visando segurança dos fiéis da Igreja e dos moradores do entorno da Comunidade.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/561/004melhoramentodetodasasestradasdomunicipio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/561/004melhoramentodetodasasestradasdomunicipio.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/562/005reparoredeeletricapacasantanapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/562/005reparoredeeletricapacasantanapequia.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária Municipal de Assistência e Ação Social da Municipalidade, Senhora Maura Bullerjahn Guzzo Rosa, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de verificar a queda de um muro da residência do Senhor Renato Azevedo, no Distrito de Pequiá, na Rua que dá acesso ao Campo de Futebol, que caiu devido as chuvas constantes, que tem ocorrido na região. _x000D_
 Certo da atenção de Vossa Excelência em torno do assunto exposto, firmo votos de amizade e consideração.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/565/008quadraesportivarioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/565/008quadraesportivarioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de construir uma Quadra de Esportes na Comunidade de Rio Claro, Distrito de Pequiá, Município de Iúna, para uso comunitário, como forma de lazer para os esportistas da comunidade, haja vista que a localidade e carente em área de diversão para os moradores.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/590/005reparoredeeletricapacasantanapequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/590/005reparoredeeletricapacasantanapequia.pdf</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/591/006verificarquedademuroempequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/591/006verificarquedademuroempequia.pdf</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/593/008quadraesportivarioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/593/008quadraesportivarioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de construir uma Quadra de Esportes na Comunidade de Rio Claro, Distrito de Pequiá, Município de Iúna, para uso comunitário, como forma de lazer para os esportistas da comunidade, haja vista que a localidade e carente em área de diversão para os moradores</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias com sua equipe de trabalho com urgência, no sentido de construir uma extensão de rede elétrica com 02 (dois) postes próximo ao Cemitério do Distrito de Pequiá, neste Município, para atender pedidos dos moradores da Comunidade.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/595/010substuirlampadasqueimadascampofutebolpequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/595/010substuirlampadasqueimadascampofutebolpequia.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário Municipal de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias com sua equipe de trabalho com urgência, no sentido de substituir lâmpadas queimadas no sistema de iluminação do Campo de Futebol do Distrito de Pequiá, neste Município, para atender pedidos dos desportistas da Comunidade.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>João Elias</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Agricultura da Municipalidade, Senhor Robson Fardin Tristão a tomar as providências que se fizerem necessárias, com sua equipe de trabalho no sentido de construir a Proteção Lateral  da ponte recém construída na localidade de Rio Claro, Distrito de São João do Príncipe, neste Município, com a finalidade de proteger a travessia de pedestres, pois da forma como se encontra favorece a ocorrência de acidente, como já ocorreu com um cidadão da localidade.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/604/005maisservidoresparafarmaciadomunicipio.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/604/005maisservidoresparafarmaciadomunicipio.pdf</t>
   </si>
   <si>
     <t>Que seja determinado a Secretária de Saúde da Municipalidade, Senhora Vanessa Leocádio Adami, a tomar as providências cabíveis, com urgência, no sentido de destinar  02 (dois) servidores ou mais, para atender a população na farmácia do Posto de Saúde Central da cidade de Iúna, haja vista que em razão do número reduzido de servidores para atender a demanda, está formando longas filas e, com isto, prejudicando as pessoas que se deslocam da zona rural a procura de medicamentos na farmácia do Município</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/606/006aquisicaocaminhaobau.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/606/006aquisicaocaminhaobau.pdf</t>
   </si>
   <si>
     <t>Que seja inserido recurso no orçamento do Estado do Espírito Santo, através de Emenda Parlamentar, para ser destinado a aquisição de 01 (um) veículo, caminhão de médio porte equipado com baú para o Município de Iúna, que será destinado a coleta do material reciclável, que feita pelos membros da Associação de Catadores de Material Reciclavel.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/608/007patrolamentoestradascorregosabia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/608/007patrolamentoestradascorregosabia.pdf</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/609/008situacaodecasanoquilombo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/609/008situacaodecasanoquilombo.pdf</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/610/009patrolamentoestradascorregoserrinhaii.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/610/009patrolamentoestradascorregoserrinhaii.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/620/reparosasfaltoiunaibitirama.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/620/reparosasfaltoiunaibitirama.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja remetido ofício ao Diretor do DER/ES para que seja efetuado os reparos no asfalto que compreende o trecho de Iúna-Ibitirama, haja vista as péssimas condições do asfalto, levando prejuízo a nossa população, pois usamos a via para transporte sanitário de nossos munícipes, para pacientes em tratamento de hemodiálise, quimioterapia entre outros, ainda sendo esta via a principal para a remoção de pacientes graves que são transportados nas nossas ambulâncias, lembrando ainda que já ocorreram vários acidentes nesta via com vítimas não fatais. Assim para melhor atender aos cidadãos que transitam nesta via, solicitamos em caráter de urgência ao atendimento a esta Casa de Leis.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Darlan Barglini, Everaldo da Belo Aço</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/621/servicospostoguanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/621/servicospostoguanabara.pdf</t>
   </si>
   <si>
     <t>Pelo presente, solicito Vossa Excelência que informe a esta Casa de Leis no prazo legal, referente ao projeto enviado a Câmara Municipal através da mensagem nº 48/2018 de abertura de crédito, no valor de R$-103.820,82 para execução de serviços na Unidade de Saúde do Bairro Guanabara o que abaixo segue:_x000D_
 _x000D_
 I – a notificação do Estado para execução do projeto;_x000D_
 II – o boletim de ocorrência de roubo de materiais;_x000D_
 III – a planilha de gastos com materiais;_x000D_
 IV – justificativa de execução do projeto, já que o posto está funcionando.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/622/002_-_substituirpostedemadeira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/622/002_-_substituirpostedemadeira.pdf</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/628/008_-_limpezariospardonoperimtrourbano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/628/008_-_limpezariospardonoperimtrourbano.pdf</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/629/014_-_pontebonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/629/014_-_pontebonsucesso.pdf</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/630/015_-_telhadosecadprcafebonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/630/015_-_telhadosecadprcafebonsucesso.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/631/016_-_patrolamentoestradasbonsucesso.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/631/016_-_patrolamentoestradasbonsucesso.pdf</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/632/017_-_quebramorasruaalairdesouza.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/632/017_-_quebramorasruaalairdesouza.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar juntamente com sua equipe de trabalho com urgência, o serviço de construção de 02 (dois) Quebra-molas na  Rua Alair de Souza (Mare Mansa) bairro Quilombo, nesta cidade, visando dar segurança aos transeuntes e moradores, relativo ao transito na via pública.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/633/018_-_bueiroruaprojetadavilanova.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/633/018_-_bueiroruaprojetadavilanova.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar juntamente com sua equipe de trabalho com urgência, o serviço de construção de 01 (um) Bueiro na Rua Nova Projetada, recém aberta no Bairro Vila Nova, que dá acesso a Avenida Ademar Vieira da Cunha. O Bueiro em questão é para evitar que as águas das chuvas conduzem lama para a citada Avenida, causando danos aos moradores das proximidades.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/635/015_-_aquisicaodebanheirosquimicos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/635/015_-_aquisicaodebanheirosquimicos.pdf</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/637/016_-_revitalizacaoavenidaantonioagustodeoliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/637/016_-_revitalizacaoavenidaantonioagustodeoliveira.pdf</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/638/013_-_alambradomargensriopaqrdo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/638/013_-_alambradomargensriopaqrdo.pdf</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/639/018_-_reajustedediarias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/639/018_-_reajustedediarias.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Gestão e Planejamento da Municipalidade, Senhor Weverton Luiz Ferreira Santiago, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de desenvolver estudo visando aumentar o valor das diárias pagas aos motoristas da Prefeitura, pois já faz tempo que o valor não sofre reajuste.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/640/017_-_conteinerpararioclaro.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/640/017_-_conteinerpararioclaro.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de providenciar um Contêiner para a Comunidade de Rio Claro, ao lado do restaurante da Dona Maria, pois o latão de lixo que se encontra no local não está sendo suficiente para a quantidade de lixo produzida e o excesso fica fora do latão e é espalhado na via por animais</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/641/019_-_ajudaestudantescursosuperior.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/641/019_-_ajudaestudantescursosuperior.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Gestão e Planejamento da Municipalidade, Senhor Weverton Luiz Ferreira Santiago, a tomar as providências que se fizerem necessárias, juntamente com sua equipe de trabalho, com urgência, no sentido de desenvolver estudo visando a criação de uma ajuda de custo para ser concedida aos estudantes do município de Iúna, que se deslocam para outros municípios, a fim de cursar o ensino superior. Segue modelo em anexo.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Weliton Virgilio Pereira</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/673/mensagemveto012018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/673/mensagemveto012018.pdf</t>
   </si>
   <si>
     <t>VETO PARCIAL AO AUTÓGRAFO DA LEI ORÇAMENTÁRIA DERIVADA DE PROJETO DE LEI DE INICIATIVA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>MÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Marquinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/161/votopesarjoaoguedesdemoraes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/161/votopesarjoaoguedesdemoraes.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor JOÃO GUEDES DE MORAES, ocorrido no dia 07 de fevereiro do ano em curso, nesta cidade. O falecido era pessoa de boa índole, possuidora de inúmeras amizades, morador do lugar denominado Serrinha, neste Município, e contava 98 anos de idade. Sua perda deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/197/mo-aocongratula-oesvaldenirbrasdasilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/197/mo-aocongratula-oesvaldenirbrasdasilveira.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações ao Senhor VALDENIR BRAS DA SILVEIRA, pelos belíssimos serviços prestados a Municipalidade, no setor de limpeza pública.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-aopesarjorgedasilvafran-a-dodo-.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-aopesarjorgedasilvafran-a-dodo-.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento do Senhor JORGE DA SILVA FRANÇA, mais conhecido como (Dodo), ocorrido nesta cidade no dia 17 de fevereiro de 2018. O falecido era pessoa admirada na Comunidade e deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/224/votopesarsilviorodriguesdosreis.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/224/votopesarsilviorodriguesdosreis.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor SILVIO RODRIGUES DOS REIS, ocorrido no dia 04 de fevereiro do ano em curso, nesta cidade. O falecido era pessoa de boa índole, possuidora de inúmeras amizades e muito querido e estimado na comunidade onde residia. Sua perda deixa uma lacuna entre familiares e amigos.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/228/votopesarjoaoguedesdemoraes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/228/votopesarjoaoguedesdemoraes.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/266/votopesarnelsonrodriguesbrasil-galote.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/266/votopesarnelsonrodriguesbrasil-galote.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor NELSON RODRIGUES BRASIL ocorrido no dia 26 de abril do corrente ano em Iúna. O falecido era morador do Bairro Quilombo e muito querido do povo da Comunidade. Trabalhou por longos anos como mecânico, prestando serviço de conserto de veículos de produtores rurais e empresários do Município. Conhecido Como Galote, o Senhor Nelson Rodrigues Brasil foi uma referência em trabalho de mecânica no território do Município de Iúna. O Senhor Galote deixa filhos, netos e muitas saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/268/votopesarmariosouzacarvalho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/268/votopesarmariosouzacarvalho.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor MARIO SOUZA CARVALHO, ocorrido em Iúna no dia 08 de abril de 2018. O falecido era morador do Bairro Quilombo.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/280/mocaopesarmariamadalenaferreira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/280/mocaopesarmariamadalenaferreira.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento da Senhora MARIA MADALENA FERREIRA, ocorrido no dia 28 de abril do ano corrente, em Iúna. A falecida deixa cinco filhos e saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/281/mocaopesarnilsonfigeiredo_3NNtwTX.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/281/mocaopesarnilsonfigeiredo_3NNtwTX.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento do Senhor Nilson Amaral Figueiredo, empresário do ramo de hotelaria, ocorrido nesta cidade no dia 04 de maio de 2018. O falecido era pessoa admirada na Comunidade e deixa saudades entre familiares e amigos.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/306/mocaopesarmariamadalenaferreira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/306/mocaopesarmariamadalenaferreira.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento da Senhora MARIA MADALENA FERREIRA, ocorrido no dia 28 de abril do ano corrente, em Iúna. A falecida deixa cinco filhos e saudades entre parentes e amigos</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/312/votopesarsargentopaulosergiotorquato.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/312/votopesarsargentopaulosergiotorquato.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento do Sargento PM PAULO SÉRGIO TORQUATO, vítima de acidente automobilístico, ocorrido de forma trágica na ES-185, próximo a localidade de Ponte do Araçá, município de Ibitirama/ES, no dia 08 de julho de 2018. O falecido fazia parte do 14º BPM sediado em Ibatiba, tendo prestado serviços relevantes ao povo da comunidade iunense no desempenho de suas funções na 7ª Cia de Policia Militar de Iúna e deixa esposa, filhos e saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/319/mocaoaplausoescolapadreafonsobraz.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/319/mocaoaplausoescolapadreafonsobraz.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para toda Equipe da Escola EEEFM Padre Afonso Braz, por ter conquistado 93% de aproveitamento no IDEB.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/320/mocaoaplausocomandantesegundacia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/320/mocaoaplausocomandantesegundacia.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Lucas Muzi Rios – CAP QOC PM, Comandante da 2ª Companhia do 14º BPM da PMES, por sua promoção alcançada com merecimento, na data de 20/12/2017. Filho de Marlene Muzi Rios e Marcus Vinicius Bertolini Rios, nascido na cidade de Iúna/ES, faz jus ao reconhecimento deste Poder Legislativo do Município de Iúna pelos relevantes serviços prestado a sociedade.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/327/votopesarantoniosebastiaodeazevedo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/327/votopesarantoniosebastiaodeazevedo.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor ANTÔNIO SEBASTIÃO DE AZEVEDO ocorrido no dia 16 de maio do corrente ano em Iúna.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/328/votopesarnelsonrodriguesbrasil-galote.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/328/votopesarnelsonrodriguesbrasil-galote.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/345/mocaoaaplausosmarcusviniciusbertolinirios_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/345/mocaoaaplausosmarcusviniciusbertolinirios_2.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao poeta e escritor MARCUS VINICIUS BERTOLINI RIOS, autor de vários poemas e participação em diversos livros. O homenageado é filho de Iúna e, através de sua obra, tem divulgado o nome do nosso Município.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/346/mocaopesarnilsonfigeiredo.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/346/mocaopesarnilsonfigeiredo.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/347/mocaopesarormezindamariano.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/347/mocaopesarormezindamariano.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento da Senhora Ormezinda de Miranda Mariano, falecida em Iúna no dia 09 de junho de 2018. A falecida era muito querida em sua Comunidade e deixa filhos e netos</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/399/votopesarlyziasleitao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/399/votopesarlyziasleitao.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento do Senhor LYSIAS LEITÃO, ocorrido no dia 15 de julho de 2018, na cidade de Caratinga/MG. O falecido investiu na área da educação não só no município de Iúna com a Faculdade DOCTUM, mas em outros municípios e Estados fortalecendo o meio educacional de nosso País. Filho de família tradicional de Minas Gerais, sua trajetória de trabalho no meio educacional merece destaque e respeito de todos aqueles que acompanharam e se beneficiaram da sua luta.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/400/votopesaracrisiobarrosgomes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/400/votopesaracrisiobarrosgomes.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor ACRÍSIO BARROS GOMES, ocorrido em Iúna no dia 15 de julho de 2018. O falecido era produtor rural sediado no lugar Água Limpa. Na sua área de atuação prestou serviços relevantes ao município de Iúna, sendo um dos fundadores do Lar dos Velhinhos do Caparaó. Portanto faz merecer a homenagem póstuma deste Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>Emmanuel Garcia de Amorim, Everaldo da Belo Aço, Julio Soldado, Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/402/votopesarjoselouradeoliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/402/votopesarjoselouradeoliveira.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor JOSÉ LOURA DE OLIVEIRA, ocorrido em Iúna no dia 01 de agosto de 2018. O falecido era morador do Bairro Nossa Senhora da Penha. Na sua área de trabalho prestou serviços relevantes ao município de Iúna,. Portanto faz merecer a homenagem póstuma deste Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/407/votopesarjoseilzosilveiradeamorim.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/407/votopesarjoseilzosilveiradeamorim.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Professor ILZO SILVEIRA DE AMORIM, ocorrido em Iúna no dia 27 de agosto de 2018. O falecido era professor da rede Estadual de Ensino e atualmente estava cedido ao Município de Iúna, atuando na Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/408/votopesarmarioribeiroleal.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/408/votopesarmarioribeiroleal.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor MÁRIO RIBEIRO LEAL, ocorrido em Iúna no dia 28 de agosto de 2018. O falecido deixa saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/409/mocaodeaplausoswilsonrodriguesmoreira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/409/mocaodeaplausoswilsonrodriguesmoreira.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Venerável Mestre Wilson Rodrigues Moreira representando todos os maçons da Augusta e Respeitável Loja Maçônica Fenix nº 52, em comemoração ao Dia do Maçon, ocorrido no dia 20 de agosto do ano em curso e seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/410/mocaodeaplausosademirjoaodeandrade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/410/mocaodeaplausosademirjoaodeandrade.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Venerável Mestre Ademir João de Andrade representando todos os maçons da Augusta e Respeitável Loja Maçônica Delta Maçônica Filhos de Luz e Virtude nº 1702, em comemoração ao Dia do Maçon, ocorrido no dia 20 de agosto do ano em curso e seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/413/mocaoaplausosalunosescolaviva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/413/mocaoaplausosalunosescolaviva.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos alunos da Escola Viva, Pedro Henrique Souza, Pedro Alcure, Tiago Huguinim, Tiago Galdino, João Vitor Araújo, Max Soares, Davi Viana e Marcelo Henrique, extensivo ao técnico Professor Witalo e ao Auxiliar Técnico Professora Amanda Alcure. Os atletas disputaram o Campeonato Estadual Masculino, competição que começou com 78 municípios. Foram campeões invicto, depois campeão regional invicto e em Guarapari disputaram a final e ficaram em segundo lugar no Estado, o que é um grande orgulho para Iúna. Em sequência o time segue na próxima semana para Guarapari, para disputa da competição Estadual “Bola na Rede”, que é uma disputa entre Escolas Estaduais, sendo que o time já conquistou vaga na regional que aconteceu na cidade de Guaçuí, onde, na ocasião, foram campeões invictos nas eliminatórias.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/428/votopesarivoniljoserodrigues.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/428/votopesarivoniljoserodrigues.pdf</t>
   </si>
   <si>
     <t>Voto de Profundo Pesar pelo falecimento do Senhor Ivonil José Rodrigues, ocorrido em Iúna no dia 08 de setembro do ano corrente. O falecido era produtor rural sediado no Córrego do Balsamo, neste Município, e na sua área de trabalho muito contribuiu para o desenvolvimento da nossa região. Pessoa muito estimada na sua comunidade, extremamente religiosa, que tratava a todos com igualdade e respeito. Pela sua conduta e trabalho faz merecer a homenagem póstuma deste Poder Legislativo Municipal._x000D_
 Que a decisão do plenário seja comunicada a família através da filha, Senhora Ivanilsa Vieira Rodrigues Raider</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/436/mocaoaaplausosguilhermelacerda.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/436/mocaoaaplausosguilhermelacerda.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Guilherme Lacerda, pela conquista do 1º lugar no absoluto e 2º lugar na categoria da Copa Sicoob de Jiu-jitsu 2018, realizado na cidade de Cachoeiro de Itapemirim no dia 22 de julho.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/437/mocaopesarmarlonbarrospereira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/437/mocaopesarmarlonbarrospereira.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento de MARLON BARROS PEREIRA, ocorrido nesta cidade no dia 27 de julho de 2018. O falecido deixa saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/438/mocaoaplausosacademiaspartacus.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/438/mocaoaplausosacademiaspartacus.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos a Academia Spartacus, através de sua Diretoria, pela conquista de medalhas, sendo (02) de prata e (02 (duas) de Bronze no Campeonato Estadual de Jiu- Jitsu, realizado no último dia 19, extensivo ao Professor Acir Caetano da Silva e ao Instrutor Kleber Huguinim Barbosa.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/439/mocaopesarluzialopes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/439/mocaopesarluzialopes.pdf</t>
   </si>
   <si>
     <t>Moção de Profundo Pesar pelo falecimento da Senhora LUZIA LOPES GONÇALVES, falecida em Iúna no dia 31 de agosto de 2018. A falecida era funcionária aposenta do município de Iúna e muito querida na sociedade iunense, deixa filho, nora e netos e saudades entre parentes e amigos. A falecida prestou relevantes serviços ao município de Iúna na sede do setor administrativo do Município e faz por merecer esta homenagem póstuma deste Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/529/mocaodeaplausosdiretoraescolatrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/529/mocaodeaplausosdiretoraescolatrindade.pdf</t>
   </si>
   <si>
     <t>ADRIANO ORNELAS, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja inserido nos anais deste Poder Legislativo Municipal, Moção de Aplausos a Senhora Eliane Aparecida Silva Diretora da Escola Elza de Castro Scardini do Distrito de Santíssima Trindade, pelo trabalho que tem desenvolvido reconhecendo a atuação dos profissionais, pela transparência na gestão da Escola, pelo espírito de equipe, por ser uma excelente articuladora, por reconhecer a realidade da Escola, por prestar contas de suas ações, por envolver a equipe no planejamento de aulas e dar autonomia aos profissionais nas ações de trabalho.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/532/mocaopesarmariamadalenaferreira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/532/mocaopesarmariamadalenaferreira.pdf</t>
   </si>
   <si>
     <t>ARILSON FERREIRA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja registrado nos anais deste Poder Legislativo Municipal Moção de Profundo Pesar pelo falecimento da Senhora MARIA MADALENA FERREIRA, ocorrido no dia 28 de abril do ano corrente, em Iúna. A falecida deixa cinco filhos e saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/535/mocaoaplausosagentesdeendemias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/535/mocaoaplausosagentesdeendemias.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos aos Agentes de Endemias da Prefeitura, pelos relevantes serviços prestados aos nossos munícipes.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/536/mocaoaplausosmotoristasdaprefeitura.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/536/mocaoaplausosmotoristasdaprefeitura.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos aos Motorista da Prefeitura, pelos relevantes serviços prestados aos nossos munícipes.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/543/votopesarceliasartorinascimento.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/543/votopesarceliasartorinascimento.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento da Senhora CÉLIA SARTORI NASCIMENTO, ocorrido em Iúna no dia 07 de outubro de 2018. A falecida é mãe de Cristina técnica de enfermagem da Unidade de Saúde do Bairro Guanabara e era moradora da localidade de Terra Corrida, neste Município.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>Os vereadores do município de Iúna abaixo assinados, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Senhor LYSIAS LEITÃO, ocorrido no dia 15 de julho de 2018, na cidade de Caratinga/MG. O falecido investiu na área da educação não só no município de Iúna com a Faculdade DOCTUM, mas em outros municípios e Estados fortalecendo o meio educacional de nosso País. Filho de família tradicional de Minas Gerais, sua trajetória de trabalho no meio educacional merece destaque e respeito de todos aqueles que acompanharam e se beneficiaram da sua luta.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>Darlan Barglini, Everaldo da Belo Aço, Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/548/votopesarmariaantoniacurty.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/548/votopesarmariaantoniacurty.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, ROGÉRIO CÉZAR e EVERALDO PEREIRA SALES, vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento da Senhora MARIA ANTÔNIA CURTY DE MELO, ocorrido em Iúna no dia 27 de setembro de 2018. A falecida era moradora do Distrito de Santíssima Trindade, município de Iúna, pessoa de boa índole e bem quista na sua Comunidade. Deixa filhos, netos e saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/549/votopesarmariosouzacarvalho.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/549/votopesarmariosouzacarvalho.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Senhor MARIO SOUZA CARVALHO, ocorrido em Iúna no dia 08 de abril de 2018. O falecido era morador do Bairro Quilombo.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/550/votopesarsargentopaulosergiotorquato.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/550/votopesarsargentopaulosergiotorquato.pdf</t>
   </si>
   <si>
     <t>Os vereadores do município de Iúna abaixo assinados, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Profundo Pesar pelo falecimento do Sargento PM PAULO SÉRGIO TORQUATO, vítima de acidente automobilístico, ocorrido de forma trágica na ES-185, próximo a localidade de Ponte do Araçá, município de Ibitirama/ES, no dia 08 de julho de 2018. O falecido fazia parte do 14º BPM sediado em Ibatiba, tendo prestado serviços relevantes ao povo da comunidade iunense no desempenho de suas funções na 7ª Cia de Policia Militar de Iúna e deixa esposa, filhos e saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/558/mocaoaplausosalunosescolaviva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/558/mocaoaplausosalunosescolaviva.pdf</t>
   </si>
   <si>
     <t>JOSÉ MARCOS DE MORAES, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja inserido nos anais deste Poder Legislativo Municipal, Moção de Aplausos aos alunos da Escola Viva, Pedro Henrique Souza, Pedro Alcure, Tiago Huguinim, Tiago Galdino, João Vitor Araújo, Max Soares, Davi Viana e Marcelo Henrique, extensivo ao técnico Professor Witalo e ao Auxiliar Técnico Professora Amanda Alcure. Os atletas disputaram o Campeonato Estadual Masculino, competição que começou com 78 municípios. Foram campeões invicto, depois campeão regional invicto e em Guarapari disputaram a final e ficaram em segundo lugar no Estado, o que é um grande orgulho para Iúna. Em sequência o time segue na próxima semana para Guarapari, para disputa da competição Estadual “Bola na Rede”, que é uma disputa entre Escolas Estaduais, sendo que o time já conquistou vaga na regional que aconteceu na cidade de Guaçuí, onde, na ocasião, foram campeões invictos nas eliminatórias.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/559/mocaocongratulacoesvaldenirbrasdasilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/559/mocaocongratulacoesvaldenirbrasdasilveira.pdf</t>
   </si>
   <si>
     <t>JOSÉ MARCOS DE MORAES, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja inserido nos anais deste Poder Legislativo Municipal, Moção de Congratulações ao Senhor VALDENIR BRAS DA SILVEIRA, pelos belíssimos serviços prestados a Municipalidade, no setor de limpeza pública.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/567/mocaoaplauso3osargentos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/567/mocaoaplauso3osargentos.pdf</t>
   </si>
   <si>
     <t>Os recém-formados fazem parte do quadro de servidores do 14º BPM, que atende o nosso Município e região e merecem o reconhecimento deste Poder Legislativo pelos brilhantes serviços prestados a sociedade.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/568/mocaodeaplausosademirjoaodeandrade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/568/mocaodeaplausosademirjoaodeandrade.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Venerável Mestre Ademir João de Andrade representando todos os maçons da Augusta e Respeitável Loja Maçônica Delta Maçônica Filhos de Luz e Virtude nº 1702, em comemoração ao Dia do Maçon, ocorrido no dia 20 de agosto do ano em curso e seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/569/mocaodeaplausoscleidereginabatistadario.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/569/mocaodeaplausoscleidereginabatistadario.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a Agente Comunitária de Saúde, Senhora Cleide Regina Batista Dário, em comemoração ao Dia Nacional do Agente Comunitário de Saúde. Emitir Certificado.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Senhor Danilo Leite Justo, Agente Comunitário de Endemias, em comemoração ao Dia Nacional do Agente Comunitário de Endemias. Emitir Certificado.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/571/mocaodeaplausosdoutoreberthmachadojunior.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/571/mocaodeaplausosdoutoreberthmachadojunior.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Doutor EBERTH ALVES MACHADO JUNIOR em homenagem ao Dia do Médico, reconhecendo os relevantes serviços prestados a Comunidade de Iúna e que seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/572/mocaodeaplausosdoutoreriveltofaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/572/mocaodeaplausosdoutoreriveltofaria.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Doutor HERIVELTO LEAL FARIA em homenagem ao Dia do Médico, reconhecendo os relevantes serviços prestados a Comunidade de Iúna e que seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/573/mocaodeaplausosdoutorjocyleypadilha.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/573/mocaodeaplausosdoutorjocyleypadilha.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Doutor JOCYLEY EMERICK PADILHA em homenagem ao Dia do Médico, reconhecendo os relevantes serviços prestados a Comunidade de Iúna e que seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/574/mocaodeaplausosdoutorricardorezende.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/574/mocaodeaplausosdoutorricardorezende.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Doutor RICARDO REZENDE FERNANDES em homenagem ao Dia do Médico, reconhecendo os relevantes serviços prestados a Comunidade de Iúna e que seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/575/mocaodeaplausosfatimaaparecidaassisdouzaamorim.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/575/mocaodeaplausosfatimaaparecidaassisdouzaamorim.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a Professora Fátima Aparecida Assis de Souza Amorim, em comemoração ao Dia Nacional do Professor. Emitir Certificado.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a Professora Senhora Leonidia Maria Batista Amigo, em comemoração ao Dia Nacional do Professor. Emitir Certificado.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/577/mocaodeaplausosluciojosegomessouza.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/577/mocaodeaplausosluciojosegomessouza.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Senhor Lúcio José Gomes de Souza, Agente Comunitário de Endemias, em comemoração ao Dia Nacional do agente Comunitário de Endemias. Emitir Certificado.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/578/mocaodeaplausosrosianapaulafreitas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/578/mocaodeaplausosrosianapaulafreitas.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos a Senhora Rosiana Paula de Freitas, Agente Comunitário de Saúde, em comemoração ao Dia Nacional do Agente Comunitário de Saúde. Emitir Certificado.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/579/mocaodeaplausoswilsonrodriguesmoreira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/579/mocaodeaplausoswilsonrodriguesmoreira.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Venerável Mestre Wilson Rodrigues Moreira representando todos os maçons da Augusta e Respeitável Loja Maçônica Fenix nº 52, em comemoração ao Dia do Maçon, ocorrido no dia 20 de agosto do ano em curso e seja emitido certificado ao mesmo.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/581/votopesaracrisiobarrosgomes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/581/votopesaracrisiobarrosgomes.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Senhor ACRÍSIO BARROS GOMES, ocorrido em Iúna no dia 15 de julho de 2018. O falecido era produtor rural sediado no lugar Água Limpa. Na sua área de atuação prestou serviços relevantes ao município de Iúna, sendo um dos fundadores do Lar dos Velhinhos do Caparaó. Portanto faz merecer a homenagem póstuma deste Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/584/votopesarfrancisoalvespereira-fanico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/584/votopesarfrancisoalvespereira-fanico.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Senhor FRANCISCO ALVES PEREIRA, de 72 anos de idade e 32 anos de funcionário da Santa Casa de Iúna, ocorrido no dia 20 de outubro de 2018. O falecido deixa 07 filhos, 08 netos e 01 bisneto. Morador antigo da Rua Raul Caetano da Silva no Bairro Quilombo, nesta cidade, deixa saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/586/votopesarilzosilveiradeamorim.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/586/votopesarilzosilveiradeamorim.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Professor ILZO SILVEIRA DE AMORIM, ocorrido em Iúna no dia 27 de agosto de 2018. O falecido era professor da rede Estadual de Ensino e atualmente estava cedido ao Município de Iúna, atuando na Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/588/votopesarjoselouradeoliveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/588/votopesarjoselouradeoliveira.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, EVERALDO PEREIRA SALES, JÚLIO MARIA DE OLIVEIRA e ROGÉRIO CÉZAR vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Senhor JOSÉ LOURA DE OLIVEIRA, ocorrido em Iúna no dia 01 de agosto de 2018. O falecido era morador do Bairro Nossa Senhora da Penha. Na sua área de trabalho prestou serviços relevantes ao município de Iúna,. Portanto faz merecer a homenagem póstuma deste Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/589/votopesarmarioribeiroleal.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/589/votopesarmarioribeiroleal.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Voto de Profundo Pesar pelo falecimento do Senhor MÁRIO RIBEIRO LEAL, ocorrido em Iúna no dia 28 de agosto de 2018. O falecido deixa saudades entre parentes e amigos.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/601/mocaoaplausosalunosescolaviva.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/601/mocaoaplausosalunosescolaviva.pdf</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>Darlan Barglini, Adriano Ornelas, Arilson Ferreira de Oliveira, Emmanuel Garcia de Amorim, Everaldo da Belo Aço, João Elias, Julio Soldado, Maria Miguelina, Marquinho da Saúde, Paulo Henrique Leocádio da Silva, Rogerinho Cézar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/615/votopesarlyziasleitao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/615/votopesarlyziasleitao.pdf</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/624/026_-_mocaodeaplausosdeputadoestadualgilsonlopes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/624/026_-_mocaodeaplausosdeputadoestadualgilsonlopes.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos ao Deputado Estadual Gilson dos Santos Lopes Filho pelos relevantes serviços prestados ao Estado do Espírito Santo e ao Município de Iúna.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/627/010_-_mocaodeaplausosdiretoraescolatrindade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/627/010_-_mocaodeaplausosdiretoraescolatrindade.pdf</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/643/021_-_mocaoaaplausosguilhermelacerda.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/643/021_-_mocaoaaplausosguilhermelacerda.pdf</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/644/023_-_mocaoaplausosacademiaspartacus.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/644/023_-_mocaoaplausosacademiaspartacus.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/645/025_-_mocaopesarluzialopes.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/645/025_-_mocaopesarluzialopes.pdf</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/288/projetoleicomplementar012018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/288/projetoleicomplementar012018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E O PLANO DE CARREIRA E VENCIMENTOS DA CÂMARA MUNICIPAL DE IÚNA-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_lei_complementar_02_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_lei_complementar_02_2018.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ÓRGÃO TRIBUTÁRIO DO MUNICÍPIO DE IÚNA, DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA E ATRIBUIÇÕES DA SECRETARIA MUNICIPAL DE FAZENDA E FINANÇAS - SEFAZ E SEUS ÓRGÃOS, ALTERA AS LEIS N° 1.989 DE 2005, 2.264 DE 2009 E 1.954 DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/487/projeto_lei_complementar_03_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/487/projeto_lei_complementar_03_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS N° 1.847/2002 E 1.989/2005 - CÓDIGO TRIBUTÁRIO MUNICIPAL DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/488/projeto_lei_complementar_04_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/488/projeto_lei_complementar_04_2018.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A TABELA DE VALORES-BASE PARA O EXERCÍCIO FINANCEIRO DE 2019 E ALTERA A LEI N° 1.989/2005 - CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_lei_complementar_05_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_lei_complementar_05_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DAS LEIS COMPLEMENTARES N° 05/2014 E 06/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/498/projeto_lei_complementar_06_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/498/projeto_lei_complementar_06_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE EQUIPE PARA IMPLEMENTAÇÃO DO CREAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/499/projeto_lei_complementar_07_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/499/projeto_lei_complementar_07_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 2.511, DE 2013.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_lei_complementar_08_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_lei_complementar_08_2018.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO E VAGAS DE PROVIMENTO EFETIVO NO QUADRO DE PESSOAL DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE IÚNA E ALTERA OS ANEXOS I E VI DA LEI COMPLEMENTAR 06/2014.</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/138/projeto001-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/138/projeto001-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO E DÁ OUTRAS PROVICÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/139/projeto002.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/139/projeto002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/140/projeto003.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/141/projeto004.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/140/projeto003.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/141/projeto004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/142/projeto005.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/142/projeto005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/174/projeto006.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/174/projeto006.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS" (FUNDO mUNICIPAL DA INFÂNCIA E ADOLESCÊNCIA)</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/176/projeto007.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/176/projeto007.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS" (ENTIDADE DE ASSISTÊNCIA A PESSOA IDOSA)</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/177/projeto008.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/177/projeto008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE QUADRA COBERTA, COM VESTIÁRIO, NA ESCOLA DE SANTA CLARA DO CAPARAÓ)</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/178/projeto009.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/178/projeto009.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (FUNDO DE REDUÇÃO DAS DESIGUALDADES REGIONAIS - ROYALTIES DO ESTADO)</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/190/projeto011.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/190/projeto011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (TRANSFERÊNCIA DE RECURSOS A ENTIDADE DE ASSISTÊNCIA A PESSOA COM DEFICIÊNCIA)</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/230/projeto014.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/230/projeto014.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/231/projeto015.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/231/projeto015.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE MATERIAIS PERMANENTES, ÁREA DE ESPORTES).</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/232/projeto016.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/232/projeto016.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (ADQUIRIR PATRULHA MECANIZADA).</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/233/projeto017.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/233/projeto017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE RETROESCAVADEIRA).</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/234/projeto018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/234/projeto018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PONTE DE ACESSO AO PARQUE DE EXPOSIÇÕES).</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/235/projeto019.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/235/projeto019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (ENTIDADE DE ASSISTÊNCIA  A PESSOA IDOSA)</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/239/projeto017.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/239/projeto017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS (FUNDO DESIGUALDADES REGIONAIS DO MUNICÍPIO À SANTA CASA DE IÚNA)</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/240/projeto_018_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/240/projeto_018_2018.pdf</t>
   </si>
   <si>
     <t>"DENOMINA VIAS PÚBLICAS NO BAIRRO GUANABARA" (RUAS VALTER DE LIMA RIBEIRO, PAULO OLIVEIRA AMORIM, TEREZINHA VIEIRA RIBEIRO, FRANCISCO DONATO ROOSEVELT E ELPÍDIO MARQUES DA SILVA)</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/241/projeto023.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/241/projeto023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE UNIDADE MÓVEL DE SAÚDE)</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/242/projeto024.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/242/projeto024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL  NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (EQUIPAMENTOS PARA O SETOR DE FISIOTERAPIA)</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/243/projeto025.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/243/projeto025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE UNIDADE DE SAÚDE BAIRRO NOSSA SENHORA DA PENHA)</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/244/projeto026.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/244/projeto026.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PARCERIA COM ENTIDADE DE ASSISTÊNCIA SOCIAL)</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/245/projeto027.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/245/projeto027.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE MICRO ÔNIBUS URBANO TRANSPORTE SANITÁRIO)</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/246/projeto028.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/246/projeto028.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CUSTEAR INDENIZAÇÕES DO PROGRAMA DE DEMISSÃO VOLUNTÁRIA)</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/247/projeto029.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/247/projeto029.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE MATERIAL PERMANENTE PARA CENTRO MUNICIPAL DE SAÚDE)</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/249/projeto031.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/249/projeto031.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REALIZAÇÃO DA VI FESTA DAS MULHERES SERTANEJAS)</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/250/projeto032.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/250/projeto032.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES A SEMANA DE ENFERMAGEM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/251/projeto034.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/251/projeto034.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DOS LOCAIS DE DESCANSO PARA OS PROFISSIONAIS DE ENFERMAGEM NOS IMÓVEIS E PRÉDIOS DESTINADOS AO ATENDIMENTO DE SAÚDE NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_029_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_029_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_030_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_030_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_031_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_031_2018.pdf</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_032_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_032_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE D DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_033_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_033_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_034_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_034_2018.pdf</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_35_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_35_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A JORNADA DE TRABALHO DOS CARGOS DE AUXILIAR DE ENFERMAGEM, TÉCNICO DE ENFERMAGEM E ENFERMEIRO NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/291/projetoleiordinaria36-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/291/projetoleiordinaria36-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.137, DE 2008 (ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS)</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/292/proejtoleiordinaria37-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/292/proejtoleiordinaria37-2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.652/2017 (Lei Orçamentária)</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/293/projetoleiordinaria38-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/293/projetoleiordinaria38-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.652/2017 LEI ORÇAMENTÁRIA ANUAL E DÁ OUTRAS PROVIDÊNCIAS (ORÇAMENTO 2017)</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/294/projetoleiordinaria39-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/294/projetoleiordinaria39-2018.pdf</t>
   </si>
   <si>
     <t>MODIFICA DISPOSITIVOS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO FINANCEIRO DE 2018 - LDO - LEI MUNICIPAL Nº 2.634/17 (DIRETRIZES ORÇAMENTÁRIAS)</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/295/projetoleiordinaria40-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/295/projetoleiordinaria40-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (APOIO A FESTA DA COMUNIDADE DE PEQUIÁ)</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/296/projetodelei_no412018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/296/projetodelei_no412018.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 2.069-2007 (FUNCIONAMENTO DE BARES E SIMILARES).</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/297/projetodeleino422018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/297/projetodeleino422018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PAGAMENTO A TERCEIROS).</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/298/projetodeleino432018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/298/projetodeleino432018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE CRECHE PRÉ-ESCOLAR).</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/299/projetodeleino442018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/299/projetodeleino442018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE AMBULÂNCIA).</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/300/projetodeleino452018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/300/projetodeleino452018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE EQUIPAMENTOS ODONTOLÓGICOS).</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/301/projetodeleino462018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/301/projetodeleino462018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE EQUIPAMENTOS E MATERIAIS PERMANENTES).</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/302/projetodeleino472018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/302/projetodeleino472018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.633, DE 2017 (CARGA HORÁRIA SERVIDORES EFETIVOS).</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/303/projetodeleino482018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/303/projetodeleino482018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (DESPESA MANUTENÇÃO CONSÓRCIO CIM PÓLO SUL).</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/304/projetodeleino492018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/304/projetodeleino492018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE, BAIRRO QUILOMBO).</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/305/projetodeleino502018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/305/projetodeleino502018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REFORMA DE UNIDADE BÁSICA DE SAÚDE BAIRRO PITO).</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_lei_51-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_lei_51-2018.pdf</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_lei_52-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_lei_52-2018.pdf</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/350/projeto_lei_53-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/350/projeto_lei_53-2018.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_lei_54-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_lei_54-2018.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_lei_55-2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_lei_55-2018.pdf</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_lei_56_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_lei_56_2018.pdf</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_lei_57_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_lei_57_2018.pdf</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_lei_59_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_lei_59_2018.pdf</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_lei_60_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_lei_60_2018.pdf</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_lei_61_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_lei_61_2018.pdf</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_lei_62_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_lei_62_2018.pdf</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_lei_63_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_lei_63_2018.pdf</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_lei_64_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_lei_64_2018.pdf</t>
   </si>
   <si>
     <t>RATIFICA A DELIBERAÇÃO DA ASSEMBLÉIA GERAL DO CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_lei_65_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_lei_65_2018.pdf</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_lei_66_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_lei_66_2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES O DIA DA PROTEÇÃO, ADOÇÃO E BEM ESTAR DOS ANIMAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_lei_67_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_lei_67_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REALIZAÇÃO DA PRIMEIRA MOSTRA CULTURAL DE IÚNA).</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_lei_68_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_lei_68_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE DÁ OUTRAS PROVIDÊNCIAS (APOIO A SEGUNDA CAVALGADA DOS AMIGOS DE SANTÍSSIMA TRINDADE).</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_lei_69_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_lei_69_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DOS LOCAIS DE DESCANSO PARA OS PROFISSIONAIS DE ENFERMAGEM NOS EQUIPAMENTOS DE SAÚDE NO ÂMBITO DO MUNICÍPIO DE IÚNA/ES E DÁ OUTRAS PROVIDÊNCIAS).</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_lei_70_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_lei_70_2018.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 2.069/2007 (FUNCIONAMENTO DE BARES E SIMILARES).</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_lei_71_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_lei_71_2018.pdf</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_lei_72_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_lei_72_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (SUPLEMENTAÇÃO RUBRICAS DA SECRETARIA DE EDUCAÇÃO).</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_lei_73_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_lei_73_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (SUPLEMENTAÇÃO DE RUBRICAS DA SECRETARIA DE OBRAS).</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_lei_74_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_lei_74_2018.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA E AUTORIZA A CESSÃO DE ESTAGIÁRIOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_lei_75_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_lei_75_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.633 DE 2017.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/381/projeto_lei_76_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/381/projeto_lei_76_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDENCIAS (PAGAMENTO PROGRESSÕES HORIZONTAIS).</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/382/projeto_lei_77_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/382/projeto_lei_77_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDENCIAS (PAGAMENTO DESPESAS COM A FESTA DO MUNICÍPIO).</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/383/projeto_lei_78_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/383/projeto_lei_78_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDENCIAS (RUBRICA DE DEVOLUÇÃO DE SALDO DE CONVÊNIOS).</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_lei_79_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_lei_79_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDENCIAS (RUBRICA FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL).</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_lei_80_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_lei_80_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDENCIAS (RUBRICA DA SECRETARIA MUNICIPAL DE TECNOLOGIA DA INFORMAÇÃO).</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/414/projeto_lei_81_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/414/projeto_lei_81_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA SECRETARIA CULTURA, ESPORTE E TURISMO).</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/415/projeto_lei_82_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/415/projeto_lei_82_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA  DA SECRETARIA DE MEIO AMBIENTE).</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/416/projeto_lei_83_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/416/projeto_lei_83_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA SECRETARIA MUNICIPAL DE SAÚDE).</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/417/projeto_lei_84_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/417/projeto_lei_84_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DA SECRETARIA DE INTERIOR E TRANSPORTES).</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/418/projeto_lei_85_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/418/projeto_lei_85_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DO GABINETE DO PREFEITO).</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/421/projeto_lei_86_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/421/projeto_lei_86_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DA SECRETARIA DE OBRAS, INFRAESTRUTURA).</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/422/projeto_lei_87_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/422/projeto_lei_87_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DA SECRETARIA DE SAÚDE).</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/423/projeto_lei_88_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/423/projeto_lei_88_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DA  SECRETARIA DE AGRICULTURA).</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/425/projeto_lei_89_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/425/projeto_lei_89_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE TABLETES PROGRAMA AGENTES COMUNITÁRIOS SECRETARIA DE SAÚDE).</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_lei_90_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_lei_90_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE COMPUTADORES SECRETARIA MUNICIPAL DE SAÚDE).</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/430/projeto_lei_91_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/430/projeto_lei_91_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO COMPUTADORES PARA VIGILÂNCIA EM SAÚDE).</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/432/projeto_lei_92_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/432/projeto_lei_92_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO SERVIÇOS TERCEIROS PESSOA JURÍDICA).</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/435/projeto_lei_93_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/435/projeto_lei_93_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE COMPUTADORES PARA ASSISTÊNCIA FARMACÊUTICA SECRETARIA DE SAÚDE).</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/441/projeto_lei_94_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/441/projeto_lei_94_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA  SERVIÇOS DE TERCEIROS PESSOA JURÍDICA SECRETARIA DE FAZENDA).</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/443/projeto_lei_95_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/443/projeto_lei_95_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE COMPUTADORES PARA SECRETARIA DE GESTÃO).</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/444/projeto_lei_96_2018_XPPaK7K.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/444/projeto_lei_96_2018_XPPaK7K.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA  DA SECRETARIA MUNICIPAL DE SAÚDE).</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/445/projeto_lei_97_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/445/projeto_lei_97_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA ENCARGOS DA DIVIDA E OBRIGAÇÕES).</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/446/projeto_lei_98_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/446/projeto_lei_98_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICAS DE PESSOAL E OBRIGAÇÕES PATRONAIS).</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_lei_99_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_lei_99_2018.pdf</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_lei_100_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_lei_100_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE MOBILIÁRIO PARA PROCURADORIA MUNICIPAL).</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_lei_101_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_lei_101_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE MOBÍLIA PARA A SECRETARIA DE GESTÃO).</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/451/projeto_lei_102_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/451/projeto_lei_102_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE COMPUTADORES E ELETRÔNICOS SECRETARIA DE FAZENDA).</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/452/projeto_lei_103_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/452/projeto_lei_103_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO PARA A SECRETARIA DE OBRAS E INFRAESTRUTURA).</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/453/projeto_lei_104_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/453/projeto_lei_104_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REALIZAÇÃO DE EVENTO CLAMOR POR IÚNA).</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/454/projeto_lei_105_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/454/projeto_lei_105_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO REFORMA GINÁSIO DE ESPORTES ROMEU RIOS).</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/455/projeto_lei_106_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/455/projeto_lei_106_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO AQUISIÇÃO IMPLEMENTOS PARA AGROINDUSTRIALIZAÇÃO E VEÍCULO UTILITÁRIO).</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/456/projeto_lei_107_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/456/projeto_lei_107_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO AQUISIÇÃO DE CAMINHÃO BASCULANTE).</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/457/projeto_lei_108_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/457/projeto_lei_108_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO CONSTRUIR CASA DO AGRICULTOR).</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/458/projeto_lei_109_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/458/projeto_lei_109_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO PAVIMENTAÇÃO E DRENAGEM DE RUAS).</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/459/projeto_lei_110_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/459/projeto_lei_110_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO CONSTRUÇÃO DE QUADRA POLIESPORTIVA).</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_lei_111_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_lei_111_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE PNEUS PARA A SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_lei_112_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_lei_112_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO COM A SECRETARIA DE ESTADO DA SAÚDE PARA AQUISIÇÃO DE VEÍCULO UTILITÁRIO).</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_lei_113_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_lei_113_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONVÊNIO COM A SECRETARIA DE ESTADO DA SAÚDE PARA AQUISIÇÃO DE VEÍCULO DE 07 LUGARES).</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_lei_114_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_lei_114_2018.pdf</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/464/projeto_lei_115_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/464/projeto_lei_115_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA PAGAMENTO VALE FEIRA).</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/465/projeto_lei_116_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/465/projeto_lei_116_2018.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE IÚNA PARA O EXERCÍCIO FINANCEIRO DE 2019 (ORÇAMENTO MUNICIPAL 2019)</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/467/projeto_lei_117_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/467/projeto_lei_117_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PNEUS PARA SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/468/projeto_lei_118_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/468/projeto_lei_118_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PEÇAS PARA SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/469/projeto_lei_119_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/469/projeto_lei_119_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PEÇAS PARA SECRETARIA DE OBRAS E INFRAESTRUTURA).</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/470/projeto_lei_120_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/470/projeto_lei_120_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PEÇAS E PNEUS PARA SECRETARIA DE AGRICULTURA).</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/471/projeto_lei_121_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/471/projeto_lei_121_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PEÇAS E PNEUS PARA SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/472/projeto_lei_122_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/472/projeto_lei_122_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PNEUS PARA SECRETARIA DE SAÚDE).</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/473/projeto_lei_123_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/473/projeto_lei_123_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (IMPLANTAÇÃO VÍDEO MONITORAMENTO SECRETARIA INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_lei_124_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_lei_124_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PNEUS PARA SECRETARIA DE OBRAS E INFRAESTRUTURA).</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/475/projeto_lei_125_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/475/projeto_lei_125_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (COMPUTADOR SERVIDOR PARA PREFEITURA).</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_lei_126_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_lei_126_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (MATERIAIS DE CONSUMO PARA SECRETARIA DE EDUCAÇÃO).</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_lei_127_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_lei_127_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PRANCHÃO DE EUCALIPTO PARA SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/478/projeto_lei_128_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/478/projeto_lei_128_2018.pdf</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/479/projeto_lei_129_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/479/projeto_lei_129_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (MATERIAIS DE CONSTRUÇÃO PARA SECRETARIA DE OBRAS E INFRAESTRUTURA).</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_lei_130_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_lei_130_2018.pdf</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_lei_131_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_lei_131_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (MATERIAL DE CONSUMO PARA A SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_lei_132_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_lei_132_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REPASSE PARA SANTA CASA DE IÚNA).</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_lei_133_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_lei_133_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI MUNICIPAL N° 2.182/2008 - PLANO DIRETOR MUNICIPAL.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_lei_134_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_lei_134_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (CONSTRUÇÃO DE PONTE ACESSO AO PARQUE DE EXPOSIÇÕES).</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/495/projeto_lei_135_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/495/projeto_lei_135_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PARA PAGAMENTO CORREIOS, DIÁRIO OFICIAL, INTERNET, ENERGIA ELÉTRICA, SOFTWARE, FOLHA DE PAGAMENTO, ALMOXARIFADO, COMPRAS E LICITAÇÕES).</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/496/projeto_lei_136_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/496/projeto_lei_136_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (REALIZAÇÃO FESTEJOS ALUSIVOS AO DIA DA BÍBLIA).</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/500/projeto_lei_ordinaria_137_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/500/projeto_lei_ordinaria_137_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (A FIM DE ATENDER O PROGRAMA MAIS MÉDICOS).</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/501/projeto_lei_ordinaria_138_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/501/projeto_lei_ordinaria_138_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (AQUISIÇÃO DE PEÇAS DE MÁQUINAS PARA A SECRETARIA DE AGRICULTURA).</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/502/projeto_lei_ordinaria_139_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/502/projeto_lei_ordinaria_139_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO POR DESIGNAÇÃO TEMPORÁRIA DE MONITOR DE TRANSPORTE ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/503/projeto_lei_ordinaria_140_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/503/projeto_lei_ordinaria_140_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PARA ATENDER DESPESAS RELATIVAS AO TRANSPORTE ESCOLAR).</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_lei_ordinaria_141_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_lei_ordinaria_141_2018.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NORMAS PARA O TRANSPORTE ESCOLAR PÚBLICO NO MUNICÍPIO DE IÚNA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_lei_ordinaria_142_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_lei_ordinaria_142_2018.pdf</t>
   </si>
   <si>
     <t>EXTINGUE AS COMISSÕES DE REGULARIZAÇÃO FUNDIÁRIA E DE REGULARIZAÇÃO DE EDIFICAÇÕES E REVOGA A LEI N° 2.552/2014.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_lei_ordinaria_143_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_lei_ordinaria_143_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICA DO TERMO DE COLABORAÇÃO A ENTIDADE DE ATENDIMENTO MÉDICO HOSPITALAR DE URGÊNCIA E EMERGÊNCIA DA SECRETARIA MUNICIPAL DE SAÚDE).</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_lei_ordinaria_144_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_lei_ordinaria_144_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 2.259/2009 (REMUNERAÇÃO CONSELHEIROS TUTELARES).</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_lei_ordinaria_145_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_lei_ordinaria_145_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICAS DA SECRETARIA DE EDUCAÇÃO).</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_lei_ordinaria_146_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_lei_ordinaria_146_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (COMBUSTÍVEL PARA A SECRETARIA DE SAÚDE).</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_lei_ordinaria_147_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_lei_ordinaria_147_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (PNEUS PARA A SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_lei_ordinaria_148_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_lei_ordinaria_148_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (SERVIÇO DE PRANCHA PARA TRANSPORTE DE MAQUINAS DA SECRETARIA DE INTERIOR E TRANSPORTE).</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_lei_ordinaria_149_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_lei_ordinaria_149_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABONO SALARIAL PARA OS SERVIDORES DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/514/projeto_lei_ordinaria_150_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/514/projeto_lei_ordinaria_150_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESPESAS DE VIAGENS DO EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/515/projeto_lei_ordinaria_151_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/515/projeto_lei_ordinaria_151_2018.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE DESLIGAMENTO VOLUNTÁRIO - PVD E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/516/projeto_lei_ordinaria_152_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/516/projeto_lei_ordinaria_152_2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1.857/2003 DO MUNICÍPIO DE IÚNA/ES.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/517/projeto_lei_ordinaria_153_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/517/projeto_lei_ordinaria_153_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (FESTEJOS REVEILLON 2019)</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_lei_ordinaria_154_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_lei_ordinaria_154_2018.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DO TERRITÓRIO DO CAPARAÓ CAPIXABA E AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_lei_ordinaria_155_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_lei_ordinaria_155_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO ANUAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS (RUBRICAS FOLHA PAGAMENTO).</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_lei_ordinaria_156_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_lei_ordinaria_156_2018.pdf</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/522/projeto_lei_ordinaria_157_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/522/projeto_lei_ordinaria_157_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA A REALIZAR REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/523/projeto_lei_ordinaria_158_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/523/projeto_lei_ordinaria_158_2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A MESA DIRETORA A REALIZAR REVISÃO GERAL ANUAL NOS SUBSÍDIOS DOS VEREADORES.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/524/projeto_lei_ordinaria_159_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/524/projeto_lei_ordinaria_159_2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESPESAS DE VIAGENS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/525/projeto_lei_ordinaria_160_2018.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/525/projeto_lei_ordinaria_160_2018.pdf</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/271/informacaonomeacaosecretariosaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/271/informacaonomeacaosecretariosaude.pdf</t>
   </si>
   <si>
     <t>Requer que seja remetido ao Excelentíssimo Senhor Prefeito Municipal o requerimento ora apresentado, esclarecendo ao mesmo que as informações solicitadas devem ser encaminhadas a esta Casa de Leis no prazo de 15 (quinze) dias consoante previsão contida no inciso XIV, do artigo 66 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/272/007vistoriasveiculos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/272/007vistoriasveiculos.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Secretário Estadual de Segurança Pública, Coronel Nylton Rodrigues Ribeiro Filho, pleiteando a designação de um vistoriador de veículos automotores para o município de Iúna. Hoje o Município não conta com um vistoriador e este serviço vem sendo prestado ao contribuinte no município de Ibatiba, uma vez por semana o que não tem atendido a contento a demanda, e com isto tem gerado reclamações e frustrações de pessoas que adquirem veículos de outros Estados e tem preferência pelo emplacamento em Iúna. Atualmente os contribuintes que se relacionam neste caso, tem que se deslocarem até para municípios mais distantes para obterem o atendimento referido, o que tem gerado despesas extras e, com isto, o município de Iúna, tem perdido receita pelo fato do contribuinte emplacar o veículo no município onde faz a vistoria.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/278/convocacaodeservidores.doc.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/278/convocacaodeservidores.doc.pdf</t>
   </si>
   <si>
     <t>Requer que seja convocado os servidores Secretários Municipais de Gestão e Planejamento, Fazenda, Procurador Geral do Município, Chefe de Gabinete, Contador Geral, Chefe do RH, bem como enviar ofício convidando o Presidente do SINDSPII e os representantes dos pais, para reunião no qual abordaremos a pauta sobre andamento das soluções que foram pautadas em reunião anterior, Administração e Sindicato.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/307/requerimentocomissao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/307/requerimentocomissao.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência que coloque a disposição da Comissão toda a documentação recebida por esta Casa de Leis, referente a criação do Ticket Alimentação pelo Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/308/requerimentoantecipacaosessaoordinaria.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/308/requerimentoantecipacaosessaoordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a possibilidade de antecipação da sessão ordinária do dia 08 de agosto de 2018 para o dia 07 de agosto de 2018, por motivo que o dia da sessão ordinária irá acontecer justamente no dia de minha formatura (colação de grau), onde o evento está marcado pela Universidade Federal do Espírito Santo (UFES), não tendo como modificar a data da colação de grau. Portanto, solicito a antecipação da referida sessão para não perder o acompanhamento dos trabalhos desta Casa de Leis</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/309/requerimentoobrasescolatecnicaretomada_2.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/309/requerimentoobrasescolatecnicaretomada_2.pdf</t>
   </si>
   <si>
     <t>Solicita que seja enviado ofício a Secretária Estadual de Ciência Tecnologia Inovação e Educação Profissional (SECTI) Senhora Camila Dalla Brandão, solicitando a viabilidade de retomada e conclusão das obras da Escola Técnica, que estão paralisadas no Município de Iúna.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/310/recapiamentoroviaes-379_irupi.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/310/recapiamentoroviaes-379_irupi.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício do Diretor do DER/ES Senhor Enio Bergoli solicitando avaliação técnica e possibilidade de recapeamento do asfalto da rodovia ES-379 que liga o município de Iúna ao município de Irupí, devido ao mau estado de conservação do piso asfáltico, fato que tem ocasionado quebra de veículos e causado acidentes constantes.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/311/asfaltamentoestradaiuna-munizfreire.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/311/asfaltamentoestradaiuna-munizfreire.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício do Diretor do DER/ES Senhor Enio Bergoli solicitando que seja feito levantamento técnico no sentido de viabilizar os serviços de preparação e asfaltamento da estrada estadual que liga o município de Iúna ao município de Muniz Freire, em atenção a pedidos diversos de  produtores rurais e moradores da região, haja vista que uma região produtiva e se trata de uma expressiva bacia leiteira, sendo que o benefício vai aumentar a relação comercial entre os dois municípios.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/313/sessao_solenediadaenfermagem.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/313/sessao_solenediadaenfermagem.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada uma Sessão Solene em Comemoração ao Dia da Enfermagem, que será realizada no dia 30 de maio de 2018.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/314/comandantepoliciamilitarproerd.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/314/comandantepoliciamilitarproerd.pdf</t>
   </si>
   <si>
     <t>Requer que seja remetido ofício ao Comandante do 14° BPM, Senhor Gunther Wagner, solicitando envio a esta Casa de Leis, a justificativa para o fim do Programa Educacional de Resistência as Drogas, PROERD, programa este que foi implantado no ano de 1992 no Brasil e em 2004 no Município de Iúna, com o objetivo de reduzir/eliminar o uso de álcool e outras drogas pelos jovens, bem como seu comportamento violento. Programa este, que consiste em uma ação conjunta entre Policia Militar devidamente capacitada, chamado Policial PROERD, professores, especialistas, estudantes, pais e comunidade, no sentido de prevenção. Assim, o programa tem seu funcionamento em nosso município há 14 anos, com resultados positivos, sendo talvez o único trabalho de prevenção realizado nas escolas. Desde já solicitamos de Vossa Senhoria, que possa avaliar a possibilidade em caráter de urgência, do retorno das atividades do PROERD, uma vez que a ausência do mesmo em nosso município e região trará graves consequências e prejuízos para nossa comunidade.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/315/comandantepoliciamilitarforcatatica.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/315/comandantepoliciamilitarforcatatica.pdf</t>
   </si>
   <si>
     <t>Requer que seja remetido ofício ao Comandante do 14° BPM, Senhor Gunther Wagner, solicitando envio a esta Casa de Leis, a justificativa e motivação para a extinção da Força Tática em nosso município e região. Pois entendemos que a Força Tática da Policia Militar tem condições de com seus próprios meios, agir preventiva e repressivamente, dentro da competência constitucional da Policia Militar, nas situações mais graves e/ou em locais de maior incidência criminal da respectiva área que demandem maior poder e reação, do modo ágil, especifico e localizado. Enfim, ação tática é a ação de Policia Ostensiva de caráter especializado, executada por efetivo com treinamento especifico para atuar em situações que, por sua natureza, vulto ou grau de risco, o policiamento comunitário não seja suficiente para a resolução, não podendo prescindir de equipamento especial. Como representantes diretos e legitimo do povo, entendemos, como grave prejuízo para a Comunidade de Iúna e região o fim da Força Tática da Policia Militar. Sendo assim não entendemos a extinção de um Grupamento Tático que tem dado tantos resultados positivos para nossa comunidade. Assim aproveitamos a oportunidade para solicitar de Vossa Senhoria o retorno imediato deste policiamento que é imprescindível para a segurança da comunidade, prevenção e apoio da própria Policia Militar Ostensiva. Agradecemos a atenção por vós dispensada e rogamos ao Pai Celestial que lhe proporcione sabedoria e proteção de Deus em vossos trabalhos.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/318/sessaosolenediadoevangelico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/318/sessaosolenediadoevangelico.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada uma Sessão Solene em Comemoração ao Dia do Evangélico, a ser realizada na Câmara Municipal no dia 24 de julho de 2018, terça-feira, as 19:00 horas. Conforme a lei municipal nº 1.831/2002, artigo 1º, inciso III, que determina o dia 20 de julho como a data da consciência evangélica, como proposta para ser um momento de confraternização da comunidade cristã, reflexão e reconhecimento da importância que este segmento tem para a construção de uma sociedade mais justa e igualitária, pois quando a gente mostra a importância da comunidade evangélica para a sociedade como um todos, contribui para o resgate das famílias.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/321/solicitacaoocorrenciasdefurtos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/321/solicitacaoocorrenciasdefurtos.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna solicitando que seja enviado ao Poder Legislativo de Iúna no prazo legal, cópias de todas as ocorrências de furtos que aconteceram nos setores da Administração Pública do Município de Iúna, durante os anos de 2017 e 2018, para conhecimento e analise dos vereadores.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal de Iúna, para que seja enviado a este Poder Legislativo do Município cópias de todos os decretos de nomeação dos membros de todos os Conselhos que estão em funcionamento no Município.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/336/relacaoemprenhoscredores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/336/relacaoemprenhoscredores.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal de Iúna, para que seja enviado ao Poder Legislativo Municipal, objetivando a instrução do Projeto de Lei nº.42/2018, enviado através da Mensagem nº.037/2018, as seguintes informações:_x000D_
 _x000D_
 I – Os valores individualizados vencidos e já empenhados das empresas constantes no Relatório de Empenhos por Credor a serem realizados na ficha 44, enviado juntamente com o Projeto de Lei nº. 42/2018, anexo ao presente requerimento;_x000D_
 _x000D_
 II – A projeção dos valores individualizados a serem empenhados até o final do mês de setembro de 2018 das empresas constantes no Relatório de Empenhos por Credor a serem realizados na ficha 44, enviado juntamente com o Projeto de Lei nº. 42/2018, anexo ao presente requerimento.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/337/relacaohorasextraspagasservidores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/337/relacaohorasextraspagasservidores.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício do Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal de Iúna, para que determine ao responsável  pelo Setor de Recursos Humanos da Prefeitura a encaminhar a este Poder Legislativo do Município de Iúna a relação nominal dos servidores efetivos de todas as Secretarias da Prefeitura que receberam horas extras durante os 02 (dois) últimos quadrimestres, para análise dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, Arilson Ferreira de Oliveira, Darlan Barglini</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/338/trocapontecimentopormanilhas.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/338/trocapontecimentopormanilhas.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal de Iúna, para que apresente o laudo técnico do setor de Engenharia do Município, demonstrando a necessidade da retirada de um ponte de cimento localizada no Córrego Morro Redondo na propriedade do Senhor Gilmar Noia e sua posterior substituição pelo manilhamento do córrego, bem como, quais os custos desta obra e os eventuais benefícios para a comunidade, uma vez que, foi destruído um patrimônio do Município qual seja a  ponte de cimento.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/398/correiosentregarcorrespondencianoparqueindustrial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/398/correiosentregarcorrespondencianoparqueindustrial.pdf</t>
   </si>
   <si>
     <t>solicita depois de ouvido o plenário, que seja remetido ofício ao responsável pela Agência local dos Correios, solicitando que seja feita a entrega de correspondências pelos agentes nas ruas do Parque Industrial da Cidade, localizado no Bairro Guanabara.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/401/copiadeataaoprefeito.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/401/copiadeataaoprefeito.pdf</t>
   </si>
   <si>
     <t>solicitando que sejam tomadas as devidas providências por parte do Poder Executivo Municipal visando apurar possíveis irregularidades cometidas nos procedimentos realizados nos  exames de ultrassonografias endovaginal na Santa Casa de Iúna.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/403/servicospostoguanabara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/403/servicospostoguanabara.pdf</t>
   </si>
   <si>
     <t>Solicito a Prefeitura Municipal que informe a esta Casa de Leis no prazo legal, referente ao projeto enviado a Câmara Municipal através da mensagem nº 48/2018 de abertura de crédito, no valor de R$-103.820,82 para execução de serviços na Unidade de Saúde do Bairro Guanabara.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/404/012faixapedestres.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/404/012faixapedestres.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma faixa de pedestre elevada em frente a Drogaria Rede Nova, antiga loteria esportiva, igual as outras que o Município tem construído. Caso não seja possível que seja efetuada nova pintura, uma vez que a mesma apagou. A solicitação visa evitar mais acidentes, já que vários vem ocorrendo no local.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/405/solicitaassessoramentojuridico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/405/solicitaassessoramentojuridico.pdf</t>
   </si>
   <si>
     <t>Requer a assessoria de um dos Procuradores desta Casa de Leis, para apurar a Gestão da Santa Casa de Iúna no período da requisição administrativa feita pelo Município de Iúna/ES,.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>Foi requerido ao Presidente Rogério César que fosse disponibilizado um Procurador para assessorar a Comissão em seus trabalhos. Após expedição do ofício ao Presidente da Casa, o mesmo determinou o Procurador Dr. Marco Antônio Sonsim de Oliveira. Foram anexados os documentos, cópia de requisição administrativa, notificação recomendatória nº 004/2017 do Ministério Público do Espírito Santo, decreto da prorrogação da duração da requisição administrativa. Deliberamos a emissão de ofícios para o Secretário de Saúde designado a Santa Casa de Iúna referente às exigências contidas na requisição administrativa.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/411/quebramolasemuberaba.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/411/quebramolasemuberaba.pdf</t>
   </si>
   <si>
     <t>Requer a construção de Quebra Molas próximo ao Ponto de Ônibus na Comunidade de Uberaba, neste Município, bem como, construção de Redutor de Velocidade depois da Ponte de Uberaba, na entrada para a Igreja do Pastor Adilson, visando segurança dos fiéis da Igreja e dos moradores do entorno da Comunidade.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>Everaldo da Belo Aço, Darlan Barglini, Emmanuel Garcia de Amorim</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/412/sessaosolene160anosparoguian.s.maedoshomens.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/412/sessaosolene160anosparoguian.s.maedoshomens.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada Sessão Solene em Comemoração aos 160 anos de fundação da Paróquia Nossa Senhora Mãe dos Homens, da nossa cidade, a ser realizada na Câmara Municipal no dia 23 do mês de outubro do ano de 2018, terça--feira, as 19:00 horas.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/419/segurodeambulancias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/419/segurodeambulancias.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeitura Municipal, para que determine ao Secretário Municipal de Interior e Transportes Senhor Cristiano Dias Bento, a informar ao Poder Legislativo do Município de Iúna se os seguros dos veículos ambulâncias da Municipalidade estão com o pagamento em dia.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/420/aguaboasortesantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/420/aguaboasortesantaclara.pdf</t>
   </si>
   <si>
     <t>Requer a Prefeitura Municipal, para que determine a Secretária Municipal de Saúde Vanessa Leocádio Adami, a informar ao Poder Legislativo do Município de Iúna se foram tomadas providências para solucionar a questão da água potável que serve a Comunidade de Boa Sorte, Santa Clara, haja vista que segundo os moradores a mesma está contaminada, colocando em risco a saúde do povo da Comunidade.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/424/016_solictacaodeputadomarcusvicente.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/424/016_solictacaodeputadomarcusvicente.pdf</t>
   </si>
   <si>
     <t>Solicitam a Vossa Excelência que remeta ao Excelentíssimo Senhor Deputado Federal Marcus Antônio Vicente a seguinte solicitação:_x000D_
 Inserção, pelo representando do povo capixaba, de emenda parlamentar no orçamento da União destina a aquisição de Equipamentos de Hemodiálise; uma CTI e um Banco de Sangue destinados a equipar a área de Saúde do Município de Iúna, haja vista que o município é carente destes equipamentos, que são peças de suma importância para salvar vidas.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/427/relacaoemprenhoscredores.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/427/relacaoemprenhoscredores.pdf</t>
   </si>
   <si>
     <t>Requer Prefeitura Municipal de Iúna, para que seja enviado ao Poder Legislativo Municipal, objetivando a instrução do Projeto de Lei nº.42/2018, enviado através da Mensagem nº.037/2018, as seguintes informações:_x000D_
 _x000D_
 I – Os valores individualizados vencidos e já empenhados das empresas constantes no Relatório de Empenhos por Credor a serem realizados na ficha 44, enviado juntamente com o Projeto de Lei nº. 42/2018, anexo ao presente requerimento;_x000D_
 _x000D_
 II – A projeção dos valores individualizados a serem empenhados até o final do mês de setembro de 2018 das empresas constantes no Relatório de Empenhos por Credor a serem realizados na ficha 44, enviado juntamente com o Projeto de Lei nº. 42/2018, anexo ao presente requerimento.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/540/requerimentocomissao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/540/requerimentocomissao.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI, Presidente da Comissão Parlamentar de Inquérito criada pela resolução nº 02/2018, para apurar denúncia apresentada pelo SINDSPII – Sindicato dos Servidores Públicos de Iúna e Irupí/ES, requer a Vossa Excelência que coloque a disposição da Comissão toda a documentação recebida por esta Casa de Leis, referente a criação do Ticket Alimentação pelo Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/541/requerimentoobrasescolatecnicaretomada.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/541/requerimentoobrasescolatecnicaretomada.pdf</t>
   </si>
   <si>
     <t>DARLAN SILVA BARGLINI e ROGÉRO CEZAR, vereadores desta Casa de Leis, no uso de suas atribuições legais e regimentais, solicita a Vossa Excelência após consulta ao plenário, que seja enviado ofício a Secretária Estadual de Ciência Tecnologia Inovação e Educação Profissional (SECTI) Senhora Camila Dalla Brandão solicitando a viabilidade de retomada e conclusão das obras da Escola Técnica, que estão paralisadas no Município de Iúna.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/560/solicitacaodocumentossantacasaiuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/560/solicitacaodocumentossantacasaiuna.pdf</t>
   </si>
   <si>
     <t>JOSÉ MARCOS DE MORAES, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja solicitado ao Prefeito Municipal que determine ao Gestor da Santa Casa de Iúna que encaminhe ao Poder Legislativo Municipal para análise dos Senhores Vereadores no prazo legal, a documentação abaixo relacionada:_x000D_
 I – Balancete analítico em 31/12/2017;_x000D_
 II – Balanço patrimonial e demonstrativo do resultado;_x000D_
 III – Jornal com a publicação do balanço e demonstrações;_x000D_
 IV – Relatório de atividade do ano de 2017;_x000D_
  V – Balancete Analítico de janeiro a outubro de 2018;_x000D_
 VI – Informações sobre a renovação do SEBAS e a isenção do INSS;_x000D_
 VII – Relação de funcionários com cargos, salários e data de admissão;_x000D_
 VIII – Recibo de entrega de ECF/ECD de 2017;_x000D_
 IX – Relatório da auditoria independente de 2017.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/564/007quebramolasfrenteesocladepequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/564/007quebramolasfrenteesocladepequia.pdf</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Secretário Estadual de Segurança Pública, Coronel Nylton Rodrigues Ribeiro Filho, pleiteando a designação de um vistoriador de veículos automotores para o município de Iúna. Hoje o Município não conta com um vistoriador e este serviço vem sendo prestado ao contribuinte no município de Ibatiba, uma vez por semana o que não tem atendido a contento a demanda, e com isto tem gerado reclamações e frustrações de pessoas que adquirem veículos de outros Estados e tem preferência pelo emplacamento em Iúna. Atualmente os contribuintes que se relacionam neste caso, tem que se deslocarem até para municípios mais distantes para obterem o atendimento referido, o que tem gerado despesas extras e, com isto, o município de Iúna, tem perdido receita pelo fato do contribuinte emplacar o veículo no município onde faz a vistoria.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/566/aguaboasortesantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/566/aguaboasortesantaclara.pdf</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal de Iúna, para que determine a Secretária Municipal de Saúde Vanessa Leocádio Adami, a informar ao Poder Legislativo do Município de Iúna se foram tomadas providências para solucionar a questão da água potável que serve a Comunidade de Boa Sorte, Santa Clara, haja vista que segundo os moradores a mesma está contaminada, colocando em risco a saúde do povo da Comunidade.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocaoaplausoescolapadreafonsobraz.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocaoaplausoescolapadreafonsobraz.pdf</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja registrado na ata desta sessão Moção de Aplausos para toda Equipe da Escola EEEFM Padre Afonso Braz, por ter conquistado 93% de aproveitamento no IDEB.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal de Iúna, para que determine ao Secretário Municipal de Interior e Transportes Senhor Cristiano Dias Bento, a informar ao Poder Legislativo do Município de Iúna se os seguros dos veículos ambulâncias da Municipalidade estão com o pagamento em dia.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/583/segurodeambulancias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/583/segurodeambulancias.pdf</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna solicitando que seja enviado ao Poder Legislativo de Iúna no prazo legal, cópias de todas as ocorrências de furtos que aconteceram nos setores da Administração Pública do Município de Iúna, durante os anos de 2017 e 2018, para conhecimento e analise dos vereadores.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/585/solicitacaoocorrenciasdefurtos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/585/solicitacaoocorrenciasdefurtos.pdf</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/592/007quebramolasfrenteesocladepequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/592/007quebramolasfrenteesocladepequia.pdf</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/596/011aguaboasortesantaclara.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/596/011aguaboasortesantaclara.pdf</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, vereador do Município de Iúna, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Excelentíssimo Senhor Weliton Virgílio Pereira, Prefeito Municipal de Iúna, para que determine a Secretária Municipal de Saúde Vanessa Leocádio Adami, a informar ao Poder Legislativo do Município de Iúna se foram tomadas providências para solucionar a questão da água potável que serve a Comunidade de Boa Sorte, Santa Clara, haja vista que segundo os moradores a mesma está contaminada, colocando em risco a saúde do povo da Comunidade</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/597/017segurodeambulancias.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/597/017segurodeambulancias.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>Julio Soldado, Arilson Ferreira de Oliveira, Paulo Henrique Leocádio da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/598/018solicitacaoconselhomunicdesaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/598/018solicitacaoconselhomunicdesaude.pdf</t>
   </si>
   <si>
     <t>JÚLIO MARIA DE OLIVEIRA, ARILSON FERREIRA DE OLIVEIRA e PAULO HENRIQUE LEOCÁDIO DA SILVA, vereadores do Município de Iúna, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício a Presidente do Conselho Municipal de Educação Senhora Karla Valéria Freitas da Silva, para que encaminhe cópias das atas e dos pareceres emitidos pelo Conselho Municipal, relativos as alterações propostas pelo Chefe do Poder Executivo Municipal no que se refere as Escolas do município de Iúna, para que sejam sanadas dúvidas dos Senhores Vereadores.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/599/020solicitacaovistoriadorveiculos.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/599/020solicitacaovistoriadorveiculos.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/602/sessaosolene160anosparoguian.s.maedoshomens.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/602/sessaosolene160anosparoguian.s.maedoshomens.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, EMMANUEL GARCIA DE AMORIM e DARLAN  SILVA BARGLINI vereadores do município de Iúna, no uso de suas atribuições legais e regimentais requerem a Vossa Excelência, depois de ouvido o plenário, que seja realizada Sessão Solene em Comemoração aos 160 anos de fundação da Paróquia Nossa Senhora Mãe dos Homens, da nossa cidade, a ser realizada na Câmara Municipal no dia 23 do mês de outubro do ano de 2018, terça--feira, as 19:00 horas.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/605/sessaosolenediadaenfermagem.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/605/sessaosolenediadaenfermagem.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja realizada uma Sessão Solene em Comemoração ao Dia da Enfermagem, que será realizada no dia 30 de maio de 2018.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/607/sessaosolenediadoevangelico.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/607/sessaosolenediadoevangelico.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja realizada uma Sessão Solene em Comemoração ao Dia do Evangélico, a ser realizada na Câmara Municipal no dia 24 de julho de 2018, terça-feira, as 19:00 horas._x000D_
 Conforme a lei municipal nº 1.831/2002, artigo 1º, inciso III, que determina o dia 20 de julho como a data da consciência evangélica, como proposta para ser um momento de confraternização da comunidade cristã, reflexão e reconhecimento da importância que este segmento tem para a construção de uma sociedade mais justa e igualitária, pois quando a gente mostra a importância da comunidade evangélica para a sociedade como um todos, contribui para o resgate das famílias.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>Inserção, pelo representando do povo capixaba, de emenda parlamentar no orçamento da União destina a aquisição de Equipamentos de Hemodiálise; uma CTI e um Banco de Sangue destinados a equipar a área de Saúde do Município de Iúna, haja vista que o município é carente destes equipamentos, que são peças de suma importância para salvar vidas.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira, a tomar as providências que se fizerem necessárias, com sua equipe de trabalho, com urgência, no sentido de executar serviços de recuperação do Calçadão da Beira Rio, da Ponte do bairro Quilombo até de frente a Clínica Médica do Doutor Eberth Alves Machado Junior. O calçadão é uma obra utilizada pelo povo diariamente e merece ser bem cuidada para melhorar o visual da cidade</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/613/019votopesaradilsonlimasilveira.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/613/019votopesaradilsonlimasilveira.pdf</t>
   </si>
   <si>
     <t>MARIA MIGUELINA DE LOURDES QUINTINO vereadora do município de Iúna no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja inserido na ata dos trabalhos deste Poder Legislativo do Município de Iúna, Voto de Profundo Pesar pelo falecimento do Senhor ADILSON LIMA DA SILVEIRA ocorrido no dia 27 de outubro do corrente ano, em Iúna</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/614/correiosentregarcorrespondencianoparqueindustrial.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/614/correiosentregarcorrespondencianoparqueindustrial.pdf</t>
   </si>
   <si>
     <t>Solicita a Vossa Excelência, depois de ouvido o plenário, que seja remetido ofício ao responsável pela Agência local dos Correios, solicitando que seja feita a entrega de correspondências pelos agentes nas ruas do Parque Industrial da Cidade, localizado no Bairro Guanabara.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/616/convocacaosecretariosaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/616/convocacaosecretariosaude.pdf</t>
   </si>
   <si>
     <t>EVERALDO PEREIRA SALES, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja convocado o Secretário Municipal de Saúde, Senhor Paulo Roberto Siqueira Rangel da Silva, para comparecer a sessão ordinária da Câmara Municipal de Iúna, que acontecerá no dia 07 (sete) do mês de agosto do ano em curso, para prestar esclarecimentos sobre o trabalho que vem sendo realizado pela nova gestão da Santa Casa de Iúna  e sobre a prestação de contas da Entidade</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/618/solictacaodocumentossantacasaiuna.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/618/solictacaodocumentossantacasaiuna.pdf</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, vereador do município de Iúna, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja solicitado ao Senhor Prefeito Municipal de Iúna que determine ao Gestor da Santa Casa de Iúna a encaminhar a Câmara Municipal os documentos abaixo relacionados:_x000D_
 _x000D_
 I – Planilha de Custos do Pronto Atendimento da Santa Casa de Iúna;_x000D_
 II – Planilha de Custos da Maternidade da Santa Casa de Iúna.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>EMMANUEL GARCIA DE AMORIM, Presidente da Comissão Parlamentar de Inquérito criada pela resolução nº 05/2018, para apurar a Gestão da Santa Casa de Iúna no período da requisição administrativa feita pelo Município de Iúna/ES, requer a Vossa Excelência a assessoria de um dos Procuradores desta Casa de Leis.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/623/informacaonomeacaosecretariosaude.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/623/informacaonomeacaosecretariosaude.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO PERMANENTE DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, através de seus membros, no uso de suas atribuições legais e regimentais requer a Vossa Excelência, depois de ouvido o plenário, que seja remetido ao Excelentíssimo Senhor Prefeito Municipal o requerimento ora apresentado, esclarecendo ao mesmo que as informações solicitadas devem ser encaminhadas a esta Casa de Leis no prazo de 15 (quinze) dias consoante previsão contida no inciso XIV, do artigo 66 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/625/038_-_planejamentoeconomico2020seceducacao.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/625/038_-_planejamentoeconomico2020seceducacao.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que seja solicitado ao Prefeito Municipal para que determine ao Chefe do Setor de Recursos Humanos da Prefeitura que envie a esta Casa de Leis, no prazo legal, o Planejamento Econômico da Secretaria de Educação, para o ano de 2020, frente a reorganização escolar municipal, haja vista que diminuirá os recursos do FUNDEB.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>Paulo Henrique Leocádio da Silva, Adriano Ornelas, Arilson Ferreira de Oliveira, Darlan Barglini, João Elias, Julio Soldado, Maria Miguelina, Marquinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/634/019_-_convocacaodesecretario.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/634/019_-_convocacaodesecretario.pdf</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA vereador do Município de Iúna/ES e os demais vereadores assinados abaixo, no uso de suas atribuições legais e regimentais, requerem a Vossa Excelência depois de ouvido o plenário, que seja convocado o Secretário Municipal de Interior e Transporte para prestar esclarecimentos sobre sua pasta na próxima reunião ordinária da Câmara Municipal de Iúna, com fulcro nos artigos 72 e 75 inciso IV, da Lei Orgânica Municipal, esclarecendo ainda, que o não cumprimento sem justificativa importa em crime de responsabilidade, conforme previsto no parágrafo 2º do artigo 75 da mesma.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/636/021_-_gastoreformapostosaudedepequia.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/636/021_-_gastoreformapostosaudedepequia.pdf</t>
   </si>
   <si>
     <t>PAULO HENRIQUE LEOCÁDIO DA SILVA, vereador do Município de Iúna/ES, no uso de suas atribuições legais e regimentais, requer a Vossa Excelência depois de ouvido o plenário, que seja encaminhado ofício ao Excelentíssimo Senhor Welinton Virgílio Pereira, Prefeito Municipal de Iúna, para determinar ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade, Senhor Leonardo da Costa Oliveira a informar ao Poder Legislativo Municipal no prazo de lei, o valor que foi gasto nas obras de reforma da Unidade de Saúde do Distrito de Pequiá, neste Município.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/642/020_-_ambulantesnacidade.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/642/020_-_ambulantesnacidade.pdf</t>
   </si>
   <si>
     <t>Requer a Vossa Excelência, depois de ouvido o plenário, que seja encaminhado ofício ao Prefeito Municipal de Iúna, para que determine ao Secretário de Fazenda da Municipalidade a providenciar fiscalização quanto a questão do excesso de ambulantes atuando na cidade, fazendo concorrência desleal aos nossos comerciantes.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/248/projeto030.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/248/projeto030.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 17/2018 ENCAMINHADO PELA MENSAGEM Nº 17/2018 (REPASSE DE RECURSO A SANTA CASA DE IÚNA)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4905,68 +4905,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/353/emendamodificativaprojeto42-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/363/emenda_supressiva_projeto_47.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/364/emenda_modificativa_01_projeto_47.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/365/emenda_modificativa_02_projeto_47.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/386/emenda_05_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/387/emenda_06_2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/388/emenda_07_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/389/emenda_08_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/390/emenda_09_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/392/emenda_01_projeto_lei_73-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/393/emenda_02_projeto_lei_73-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/394/emenda_01_projeto_77-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/395/emenda_02_projeto_77-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/448/emendamodificativa_projeto_99-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/480/emenda_modificativa_01_projeto_74_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/481/emenda_modificativa_02_projeto_74_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/482/emenda_modificativa_01_projeto_86_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/483/emenda_modificativa_02_projeto_86_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/484/emenda_modificativa_01_projeto_88_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/486/emenda_modificativa_02_projeto_88_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/497/emenda_aditiva_projeto_109_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/149/004pavimenta-aoruasantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/150/005reparosembueirosemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/151/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/152/007pavimenta-aoviaademarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/154/001patrolamentoestradas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/155/001reformascamposbomdebola.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/157/quebramolasemfrenteadgarautope-as.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/158/001reparopontejosegodinho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/159/002reparoponteterracorrida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/160/003trocadeposteemfrentedoctum.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/162/001resfriadorleitelaranjaterra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/163/002patrolamentoemcantamissa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/164/003limpezagerallaranjaterra.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/165/001recupera-aoestradasrioclaro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/167/002recupera-aosaanit-riosrodoviaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/169/003cursopessoalbolsafamilia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/170/004monitoremonibusescolar-reparoemcreche.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/171/005adequarplacasdetransito.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/172/006reformaempostosdesa-de.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/191/002reformapontecorregosocorro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/193/quebramolasemfrenteadgarautope-as.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/194/001reparopontejosegodinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/195/002reparoponteterracorrida.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/196/003trocadeposteemfrentedoctum.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/198/001resfriadorleitelaranjaterra.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/199/002patrolamentoemcantamissa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/200/004melhoramentodetodasasestradasdomunic-pio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/201/001constru-aopra-alazerbairroquilombo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/202/001patrolamentoestradasbonsucessosantoantonioagualimpa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/203/002aterroestradabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/204/003reparobueiroestradabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/205/004retirarbarreiraestradabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/206/005construirbueirolocalidadedeserrinha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/207/006retirarentulhobairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/208/001recupera-aoestradasrioclaro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/209/002recupera-aosaanit-riosrodoviaria.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/210/003cursopessoalbolsafamilia.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/211/004monitoremonibusescolar-reparoemcreche.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/212/005adequarplacasdetransito.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/213/006reformaempostosdesa-de.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/214/007constru-aogaleriaavenidaamintasosoriodematos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/215/008constru-aoesgoto-cal-amentoavprefeitoelinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/217/001pavimenta-aoruamilitinojoselima.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/218/002extensaoredeeletricasantaclaraboasorte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/220/004pavimenta-aoruasantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/221/005reparosembueirosemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/222/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/225/001patrolamentoestradas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/226/001reformascamposbomdebola.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/227/001faixapedestreemfrentecolegioportoseguro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/236/001pavimenta-aoruamilitinojoselima.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/238/003constru-aovestiario-quadraesportessantaclaraboasorte.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/252/002alteraleiorganicamunicipallicencapaternidade.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/253/002solicitacaoonibusdeputadohudson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/255/003aquisicaoambulanciadeputadohudson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/256/005reparoredeeletricapacasantanapequia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/257/006verificarquedademuroempequia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/258/003ambulanciaparapequia-principe.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/259/004alteracaoestatutodosservidores.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/260/004retomadaobrazigzag.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/261/005maisservidoresparafarmaciadomunicipio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/262/006aquisicaocaminhaobau.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/263/007patrolamentoestradascorregosabia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/264/008situacaodecasanoquilombo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/265/009patrolamentoestradascorregoserrinhaii.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/267/002substituirpostedemadeira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/269/005patrolamentoestradascorregosantoantonio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/270/006retiradagalhosavenidajoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/274/007alteracaoartigolei6333-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/275/007reparocalcamentoav.joseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/276/008limpezamargensavjoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/277/009calcamentomargensavjoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/279/reparosasfaltoiunaibitirama.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/316/011demandasagentescomunitariosdesaudeeendemias.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/317/010reajustecargahorariaprofissionaisdesaudede20p_EPcaWON.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/322/011remuneracaomotoristaambulancia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/323/012construcaoquebramolasquilombo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/324/013transformadordeenergiaeletricaquebramolascorr_4NgMbdj.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/325/014trocadelampadasqueimadasemtrindade.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/329/007alteracaoartigolei6333-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/330/008reposicaolampadasavamphilophiooliveira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/331/009patrolarestradaproximapropriedadedonamaura.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/332/010secretariasaudeisolartambormateriais.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/333/011areadeservicosecretariadesaude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/334/012buracoruaraulcaetano.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/339/009pisonacionaldasacs.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/340/010reformaescoladelfinobatistavieira.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/341/011reformalimpezapracapito.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/342/012construcaoquebra-molasemfrenteabieaabb.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/343/013reformadarodoviaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/344/014identficacaodepracas.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/429/013alambradomargensriopaqrdo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/431/014pontebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/433/015telhadosecadprcafebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/440/015aquisicaodebanheirosquimicos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/442/015aquisicaodebanheirosquimicos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/527/009podadearvore.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/528/002reformapontecorregosocorro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/530/002substituirpostedemadeira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/531/003extensaoredeeletrica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/533/asfaltamentoestradaiuna-munizfreire.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/534/correiosentregarcorrespondencianoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/538/recapiamentoroviaes-379_irupi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/539/requerimentoantecipacaosessaoordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/542/003ambulanciaparapequia-principe.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/544/004alteracaoestatutodosservidores.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/546/005patrolamentoestradascorregosantoantonio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/547/006retiradagalhosavenidajoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/551/007reparocalcamentoav.joseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/553/009calcamentomargensavjoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/555/011demandasagentescomunitariosdesaudeeendemias.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/557/quebramolasemuberaba.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/561/004melhoramentodetodasasestradasdomunicipio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/562/005reparoredeeletricapacasantanapequia.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/565/008quadraesportivarioclaro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/590/005reparoredeeletricapacasantanapequia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/591/006verificarquedademuroempequia.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/593/008quadraesportivarioclaro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/595/010substuirlampadasqueimadascampofutebolpequia.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/604/005maisservidoresparafarmaciadomunicipio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/606/006aquisicaocaminhaobau.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/608/007patrolamentoestradascorregosabia.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/609/008situacaodecasanoquilombo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/610/009patrolamentoestradascorregoserrinhaii.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/620/reparosasfaltoiunaibitirama.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/621/servicospostoguanabara.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/622/002_-_substituirpostedemadeira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/628/008_-_limpezariospardonoperimtrourbano.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/629/014_-_pontebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/630/015_-_telhadosecadprcafebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/631/016_-_patrolamentoestradasbonsucesso.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/632/017_-_quebramorasruaalairdesouza.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/633/018_-_bueiroruaprojetadavilanova.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/635/015_-_aquisicaodebanheirosquimicos.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/637/016_-_revitalizacaoavenidaantonioagustodeoliveira.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/638/013_-_alambradomargensriopaqrdo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/639/018_-_reajustedediarias.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/640/017_-_conteinerpararioclaro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/641/019_-_ajudaestudantescursosuperior.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/673/mensagemveto012018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/161/votopesarjoaoguedesdemoraes.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/197/mo-aocongratula-oesvaldenirbrasdasilveira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-aopesarjorgedasilvafran-a-dodo-.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/224/votopesarsilviorodriguesdosreis.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/228/votopesarjoaoguedesdemoraes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/266/votopesarnelsonrodriguesbrasil-galote.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/268/votopesarmariosouzacarvalho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/280/mocaopesarmariamadalenaferreira.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/281/mocaopesarnilsonfigeiredo_3NNtwTX.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/306/mocaopesarmariamadalenaferreira.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/312/votopesarsargentopaulosergiotorquato.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/319/mocaoaplausoescolapadreafonsobraz.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/320/mocaoaplausocomandantesegundacia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/327/votopesarantoniosebastiaodeazevedo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/328/votopesarnelsonrodriguesbrasil-galote.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/345/mocaoaaplausosmarcusviniciusbertolinirios_2.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/346/mocaopesarnilsonfigeiredo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/347/mocaopesarormezindamariano.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/399/votopesarlyziasleitao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/400/votopesaracrisiobarrosgomes.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/402/votopesarjoselouradeoliveira.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/407/votopesarjoseilzosilveiradeamorim.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/408/votopesarmarioribeiroleal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/409/mocaodeaplausoswilsonrodriguesmoreira.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/410/mocaodeaplausosademirjoaodeandrade.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/413/mocaoaplausosalunosescolaviva.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/428/votopesarivoniljoserodrigues.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/436/mocaoaaplausosguilhermelacerda.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/437/mocaopesarmarlonbarrospereira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/438/mocaoaplausosacademiaspartacus.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/439/mocaopesarluzialopes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/529/mocaodeaplausosdiretoraescolatrindade.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/532/mocaopesarmariamadalenaferreira.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/535/mocaoaplausosagentesdeendemias.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/536/mocaoaplausosmotoristasdaprefeitura.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/543/votopesarceliasartorinascimento.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/548/votopesarmariaantoniacurty.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/549/votopesarmariosouzacarvalho.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/550/votopesarsargentopaulosergiotorquato.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/558/mocaoaplausosalunosescolaviva.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/559/mocaocongratulacoesvaldenirbrasdasilveira.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/567/mocaoaplauso3osargentos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/568/mocaodeaplausosademirjoaodeandrade.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/569/mocaodeaplausoscleidereginabatistadario.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/571/mocaodeaplausosdoutoreberthmachadojunior.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/572/mocaodeaplausosdoutoreriveltofaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/573/mocaodeaplausosdoutorjocyleypadilha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/574/mocaodeaplausosdoutorricardorezende.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/575/mocaodeaplausosfatimaaparecidaassisdouzaamorim.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/577/mocaodeaplausosluciojosegomessouza.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/578/mocaodeaplausosrosianapaulafreitas.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/579/mocaodeaplausoswilsonrodriguesmoreira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/581/votopesaracrisiobarrosgomes.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/584/votopesarfrancisoalvespereira-fanico.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/586/votopesarilzosilveiradeamorim.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/588/votopesarjoselouradeoliveira.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/589/votopesarmarioribeiroleal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/601/mocaoaplausosalunosescolaviva.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/615/votopesarlyziasleitao.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/624/026_-_mocaodeaplausosdeputadoestadualgilsonlopes.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/627/010_-_mocaodeaplausosdiretoraescolatrindade.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/643/021_-_mocaoaaplausosguilhermelacerda.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/644/023_-_mocaoaplausosacademiaspartacus.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/645/025_-_mocaopesarluzialopes.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/288/projetoleicomplementar012018.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_lei_complementar_02_2018.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/487/projeto_lei_complementar_03_2018.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/488/projeto_lei_complementar_04_2018.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_lei_complementar_05_2018.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/498/projeto_lei_complementar_06_2018.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/499/projeto_lei_complementar_07_2018.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_lei_complementar_08_2018.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/138/projeto001-2018.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/139/projeto002.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/140/projeto003.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/141/projeto004.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/142/projeto005.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/174/projeto006.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/176/projeto007.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/177/projeto008.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/178/projeto009.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/190/projeto011.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/230/projeto014.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/231/projeto015.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/232/projeto016.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/233/projeto017.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/234/projeto018.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/235/projeto019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/239/projeto017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/240/projeto_018_2018.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/241/projeto023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/242/projeto024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/243/projeto025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/244/projeto026.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/245/projeto027.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/246/projeto028.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/247/projeto029.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/249/projeto031.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/250/projeto032.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/251/projeto034.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_029_2018.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_030_2018.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_031_2018.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_032_2018.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_033_2018.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_034_2018.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_35_2018.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/291/projetoleiordinaria36-2018.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/292/proejtoleiordinaria37-2018.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/293/projetoleiordinaria38-2018.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/294/projetoleiordinaria39-2018.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/295/projetoleiordinaria40-2018.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/296/projetodelei_no412018.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/297/projetodeleino422018.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/298/projetodeleino432018.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/299/projetodeleino442018.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/300/projetodeleino452018.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/301/projetodeleino462018.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/302/projetodeleino472018.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/303/projetodeleino482018.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/304/projetodeleino492018.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/305/projetodeleino502018.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_lei_51-2018.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_lei_52-2018.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/350/projeto_lei_53-2018.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_lei_54-2018.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_lei_55-2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_lei_60_2018.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_lei_61_2018.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_lei_62_2018.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_lei_63_2018.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_lei_64_2018.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_lei_65_2018.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_lei_66_2018.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_lei_67_2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_lei_68_2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_lei_69_2018.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_lei_70_2018.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_lei_71_2018.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_lei_72_2018.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_lei_73_2018.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_lei_74_2018.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_lei_75_2018.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/381/projeto_lei_76_2018.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/382/projeto_lei_77_2018.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/383/projeto_lei_78_2018.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_lei_79_2018.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_lei_80_2018.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/414/projeto_lei_81_2018.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/415/projeto_lei_82_2018.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/416/projeto_lei_83_2018.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/417/projeto_lei_84_2018.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/418/projeto_lei_85_2018.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/421/projeto_lei_86_2018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/422/projeto_lei_87_2018.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/423/projeto_lei_88_2018.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/425/projeto_lei_89_2018.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_lei_90_2018.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/430/projeto_lei_91_2018.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/432/projeto_lei_92_2018.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/435/projeto_lei_93_2018.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/441/projeto_lei_94_2018.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/443/projeto_lei_95_2018.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/444/projeto_lei_96_2018_XPPaK7K.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/445/projeto_lei_97_2018.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/446/projeto_lei_98_2018.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_lei_99_2018.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_lei_100_2018.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_lei_101_2018.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/451/projeto_lei_102_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/452/projeto_lei_103_2018.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/453/projeto_lei_104_2018.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/454/projeto_lei_105_2018.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/455/projeto_lei_106_2018.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/456/projeto_lei_107_2018.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/457/projeto_lei_108_2018.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/458/projeto_lei_109_2018.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/459/projeto_lei_110_2018.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_lei_111_2018.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_lei_112_2018.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_lei_113_2018.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_lei_114_2018.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/464/projeto_lei_115_2018.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/465/projeto_lei_116_2018.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/467/projeto_lei_117_2018.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/468/projeto_lei_118_2018.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/469/projeto_lei_119_2018.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/470/projeto_lei_120_2018.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/471/projeto_lei_121_2018.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/472/projeto_lei_122_2018.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/473/projeto_lei_123_2018.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_lei_124_2018.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/475/projeto_lei_125_2018.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_lei_126_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_lei_127_2018.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/478/projeto_lei_128_2018.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/479/projeto_lei_129_2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_lei_130_2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_lei_131_2018.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_lei_132_2018.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_lei_133_2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_lei_134_2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/495/projeto_lei_135_2018.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/496/projeto_lei_136_2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/500/projeto_lei_ordinaria_137_2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/501/projeto_lei_ordinaria_138_2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/502/projeto_lei_ordinaria_139_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/503/projeto_lei_ordinaria_140_2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_lei_ordinaria_141_2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_lei_ordinaria_142_2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_lei_ordinaria_143_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_lei_ordinaria_144_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_lei_ordinaria_145_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_lei_ordinaria_146_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_lei_ordinaria_147_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_lei_ordinaria_148_2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_lei_ordinaria_149_2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/514/projeto_lei_ordinaria_150_2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/515/projeto_lei_ordinaria_151_2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/516/projeto_lei_ordinaria_152_2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/517/projeto_lei_ordinaria_153_2018.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_lei_ordinaria_154_2018.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_lei_ordinaria_155_2018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_lei_ordinaria_156_2018.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/522/projeto_lei_ordinaria_157_2018.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/523/projeto_lei_ordinaria_158_2018.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/524/projeto_lei_ordinaria_159_2018.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/525/projeto_lei_ordinaria_160_2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/271/informacaonomeacaosecretariosaude.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/272/007vistoriasveiculos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/278/convocacaodeservidores.doc.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/307/requerimentocomissao.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/308/requerimentoantecipacaosessaoordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/309/requerimentoobrasescolatecnicaretomada_2.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/310/recapiamentoroviaes-379_irupi.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/311/asfaltamentoestradaiuna-munizfreire.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/313/sessao_solenediadaenfermagem.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/314/comandantepoliciamilitarproerd.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/315/comandantepoliciamilitarforcatatica.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/318/sessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/321/solicitacaoocorrenciasdefurtos.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/336/relacaoemprenhoscredores.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/337/relacaohorasextraspagasservidores.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/338/trocapontecimentopormanilhas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/398/correiosentregarcorrespondencianoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/401/copiadeataaoprefeito.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/403/servicospostoguanabara.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/404/012faixapedestres.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/405/solicitaassessoramentojuridico.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/411/quebramolasemuberaba.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/412/sessaosolene160anosparoguian.s.maedoshomens.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/419/segurodeambulancias.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/420/aguaboasortesantaclara.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/424/016_solictacaodeputadomarcusvicente.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/427/relacaoemprenhoscredores.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/540/requerimentocomissao.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/541/requerimentoobrasescolatecnicaretomada.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/560/solicitacaodocumentossantacasaiuna.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/564/007quebramolasfrenteesocladepequia.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/566/aguaboasortesantaclara.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocaoaplausoescolapadreafonsobraz.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/583/segurodeambulancias.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/585/solicitacaoocorrenciasdefurtos.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/592/007quebramolasfrenteesocladepequia.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/596/011aguaboasortesantaclara.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/597/017segurodeambulancias.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/598/018solicitacaoconselhomunicdesaude.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/599/020solicitacaovistoriadorveiculos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/602/sessaosolene160anosparoguian.s.maedoshomens.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/605/sessaosolenediadaenfermagem.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/607/sessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/613/019votopesaradilsonlimasilveira.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/614/correiosentregarcorrespondencianoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/616/convocacaosecretariosaude.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/618/solictacaodocumentossantacasaiuna.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/623/informacaonomeacaosecretariosaude.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/625/038_-_planejamentoeconomico2020seceducacao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/634/019_-_convocacaodesecretario.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/636/021_-_gastoreformapostosaudedepequia.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/642/020_-_ambulantesnacidade.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/248/projeto030.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/353/emendamodificativaprojeto42-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/363/emenda_supressiva_projeto_47.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/364/emenda_modificativa_01_projeto_47.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/365/emenda_modificativa_02_projeto_47.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/386/emenda_05_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/387/emenda_06_2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/388/emenda_07_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/389/emenda_08_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/390/emenda_09_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/392/emenda_01_projeto_lei_73-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/393/emenda_02_projeto_lei_73-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/394/emenda_01_projeto_77-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/395/emenda_02_projeto_77-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/448/emendamodificativa_projeto_99-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/480/emenda_modificativa_01_projeto_74_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/481/emenda_modificativa_02_projeto_74_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/482/emenda_modificativa_01_projeto_86_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/483/emenda_modificativa_02_projeto_86_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/484/emenda_modificativa_01_projeto_88_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/486/emenda_modificativa_02_projeto_88_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/497/emenda_aditiva_projeto_109_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/149/004pavimenta-aoruasantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/150/005reparosembueirosemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/151/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/152/007pavimenta-aoviaademarvieiradacunha.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/154/001patrolamentoestradas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/155/001reformascamposbomdebola.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/157/quebramolasemfrenteadgarautope-as.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/158/001reparopontejosegodinho.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/159/002reparoponteterracorrida.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/160/003trocadeposteemfrentedoctum.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/162/001resfriadorleitelaranjaterra.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/163/002patrolamentoemcantamissa.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/164/003limpezagerallaranjaterra.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/165/001recupera-aoestradasrioclaro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/167/002recupera-aosaanit-riosrodoviaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/169/003cursopessoalbolsafamilia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/170/004monitoremonibusescolar-reparoemcreche.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/171/005adequarplacasdetransito.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/172/006reformaempostosdesa-de.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/191/002reformapontecorregosocorro.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/193/quebramolasemfrenteadgarautope-as.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/194/001reparopontejosegodinho.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/195/002reparoponteterracorrida.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/196/003trocadeposteemfrentedoctum.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/198/001resfriadorleitelaranjaterra.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/199/002patrolamentoemcantamissa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/200/004melhoramentodetodasasestradasdomunic-pio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/201/001constru-aopra-alazerbairroquilombo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/202/001patrolamentoestradasbonsucessosantoantonioagualimpa.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/203/002aterroestradabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/204/003reparobueiroestradabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/205/004retirarbarreiraestradabonsucesso.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/206/005construirbueirolocalidadedeserrinha.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/207/006retirarentulhobairrovilanova.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/208/001recupera-aoestradasrioclaro.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/209/002recupera-aosaanit-riosrodoviaria.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/210/003cursopessoalbolsafamilia.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/211/004monitoremonibusescolar-reparoemcreche.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/212/005adequarplacasdetransito.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/213/006reformaempostosdesa-de.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/214/007constru-aogaleriaavenidaamintasosoriodematos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/215/008constru-aoesgoto-cal-amentoavprefeitoelinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/217/001pavimenta-aoruamilitinojoselima.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/218/002extensaoredeeletricasantaclaraboasorte.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/220/004pavimenta-aoruasantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/221/005reparosembueirosemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/222/006ensaibramentoestradasvicinaisemsantaclaradeboasorte.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/225/001patrolamentoestradas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/226/001reformascamposbomdebola.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/227/001faixapedestreemfrentecolegioportoseguro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/236/001pavimenta-aoruamilitinojoselima.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/238/003constru-aovestiario-quadraesportessantaclaraboasorte.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/252/002alteraleiorganicamunicipallicencapaternidade.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/253/002solicitacaoonibusdeputadohudson.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/255/003aquisicaoambulanciadeputadohudson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/256/005reparoredeeletricapacasantanapequia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/257/006verificarquedademuroempequia.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/258/003ambulanciaparapequia-principe.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/259/004alteracaoestatutodosservidores.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/260/004retomadaobrazigzag.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/261/005maisservidoresparafarmaciadomunicipio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/262/006aquisicaocaminhaobau.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/263/007patrolamentoestradascorregosabia.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/264/008situacaodecasanoquilombo.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/265/009patrolamentoestradascorregoserrinhaii.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/267/002substituirpostedemadeira.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/269/005patrolamentoestradascorregosantoantonio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/270/006retiradagalhosavenidajoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/274/007alteracaoartigolei6333-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/275/007reparocalcamentoav.joseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/276/008limpezamargensavjoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/277/009calcamentomargensavjoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/279/reparosasfaltoiunaibitirama.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/316/011demandasagentescomunitariosdesaudeeendemias.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/317/010reajustecargahorariaprofissionaisdesaudede20p_EPcaWON.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/322/011remuneracaomotoristaambulancia.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/323/012construcaoquebramolasquilombo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/324/013transformadordeenergiaeletricaquebramolascorr_4NgMbdj.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/325/014trocadelampadasqueimadasemtrindade.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/329/007alteracaoartigolei6333-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/330/008reposicaolampadasavamphilophiooliveira.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/331/009patrolarestradaproximapropriedadedonamaura.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/332/010secretariasaudeisolartambormateriais.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/333/011areadeservicosecretariadesaude.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/334/012buracoruaraulcaetano.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/339/009pisonacionaldasacs.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/340/010reformaescoladelfinobatistavieira.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/341/011reformalimpezapracapito.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/342/012construcaoquebra-molasemfrenteabieaabb.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/343/013reformadarodoviaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/344/014identficacaodepracas.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/429/013alambradomargensriopaqrdo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/431/014pontebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/433/015telhadosecadprcafebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/440/015aquisicaodebanheirosquimicos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/442/015aquisicaodebanheirosquimicos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/527/009podadearvore.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/528/002reformapontecorregosocorro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/530/002substituirpostedemadeira.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/531/003extensaoredeeletrica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/533/asfaltamentoestradaiuna-munizfreire.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/534/correiosentregarcorrespondencianoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/538/recapiamentoroviaes-379_irupi.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/539/requerimentoantecipacaosessaoordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/542/003ambulanciaparapequia-principe.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/544/004alteracaoestatutodosservidores.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/546/005patrolamentoestradascorregosantoantonio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/547/006retiradagalhosavenidajoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/551/007reparocalcamentoav.joseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/553/009calcamentomargensavjoseluizcastro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/555/011demandasagentescomunitariosdesaudeeendemias.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/557/quebramolasemuberaba.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/561/004melhoramentodetodasasestradasdomunicipio.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/562/005reparoredeeletricapacasantanapequia.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/565/008quadraesportivarioclaro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/590/005reparoredeeletricapacasantanapequia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/591/006verificarquedademuroempequia.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/593/008quadraesportivarioclaro.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/595/010substuirlampadasqueimadascampofutebolpequia.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/604/005maisservidoresparafarmaciadomunicipio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/606/006aquisicaocaminhaobau.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/608/007patrolamentoestradascorregosabia.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/609/008situacaodecasanoquilombo.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/610/009patrolamentoestradascorregoserrinhaii.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/620/reparosasfaltoiunaibitirama.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/621/servicospostoguanabara.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/622/002_-_substituirpostedemadeira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/628/008_-_limpezariospardonoperimtrourbano.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/629/014_-_pontebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/630/015_-_telhadosecadprcafebonsucesso.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/631/016_-_patrolamentoestradasbonsucesso.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/632/017_-_quebramorasruaalairdesouza.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/633/018_-_bueiroruaprojetadavilanova.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/635/015_-_aquisicaodebanheirosquimicos.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/637/016_-_revitalizacaoavenidaantonioagustodeoliveira.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/638/013_-_alambradomargensriopaqrdo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/639/018_-_reajustedediarias.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/640/017_-_conteinerpararioclaro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/641/019_-_ajudaestudantescursosuperior.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/673/mensagemveto012018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/161/votopesarjoaoguedesdemoraes.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/197/mo-aocongratula-oesvaldenirbrasdasilveira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/216/mo-aopesarjorgedasilvafran-a-dodo-.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/224/votopesarsilviorodriguesdosreis.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/228/votopesarjoaoguedesdemoraes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/266/votopesarnelsonrodriguesbrasil-galote.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/268/votopesarmariosouzacarvalho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/280/mocaopesarmariamadalenaferreira.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/281/mocaopesarnilsonfigeiredo_3NNtwTX.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/306/mocaopesarmariamadalenaferreira.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/312/votopesarsargentopaulosergiotorquato.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/319/mocaoaplausoescolapadreafonsobraz.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/320/mocaoaplausocomandantesegundacia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/327/votopesarantoniosebastiaodeazevedo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/328/votopesarnelsonrodriguesbrasil-galote.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/345/mocaoaaplausosmarcusviniciusbertolinirios_2.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/346/mocaopesarnilsonfigeiredo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/347/mocaopesarormezindamariano.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/399/votopesarlyziasleitao.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/400/votopesaracrisiobarrosgomes.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/402/votopesarjoselouradeoliveira.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/407/votopesarjoseilzosilveiradeamorim.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/408/votopesarmarioribeiroleal.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/409/mocaodeaplausoswilsonrodriguesmoreira.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/410/mocaodeaplausosademirjoaodeandrade.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/413/mocaoaplausosalunosescolaviva.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/428/votopesarivoniljoserodrigues.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/436/mocaoaaplausosguilhermelacerda.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/437/mocaopesarmarlonbarrospereira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/438/mocaoaplausosacademiaspartacus.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/439/mocaopesarluzialopes.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/529/mocaodeaplausosdiretoraescolatrindade.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/532/mocaopesarmariamadalenaferreira.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/535/mocaoaplausosagentesdeendemias.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/536/mocaoaplausosmotoristasdaprefeitura.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/543/votopesarceliasartorinascimento.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/548/votopesarmariaantoniacurty.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/549/votopesarmariosouzacarvalho.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/550/votopesarsargentopaulosergiotorquato.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/558/mocaoaplausosalunosescolaviva.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/559/mocaocongratulacoesvaldenirbrasdasilveira.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/567/mocaoaplauso3osargentos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/568/mocaodeaplausosademirjoaodeandrade.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/569/mocaodeaplausoscleidereginabatistadario.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/571/mocaodeaplausosdoutoreberthmachadojunior.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/572/mocaodeaplausosdoutoreriveltofaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/573/mocaodeaplausosdoutorjocyleypadilha.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/574/mocaodeaplausosdoutorricardorezende.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/575/mocaodeaplausosfatimaaparecidaassisdouzaamorim.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/577/mocaodeaplausosluciojosegomessouza.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/578/mocaodeaplausosrosianapaulafreitas.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/579/mocaodeaplausoswilsonrodriguesmoreira.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/581/votopesaracrisiobarrosgomes.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/584/votopesarfrancisoalvespereira-fanico.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/586/votopesarilzosilveiradeamorim.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/588/votopesarjoselouradeoliveira.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/589/votopesarmarioribeiroleal.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/601/mocaoaplausosalunosescolaviva.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/615/votopesarlyziasleitao.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/624/026_-_mocaodeaplausosdeputadoestadualgilsonlopes.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/627/010_-_mocaodeaplausosdiretoraescolatrindade.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/643/021_-_mocaoaaplausosguilhermelacerda.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/644/023_-_mocaoaplausosacademiaspartacus.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/645/025_-_mocaopesarluzialopes.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/288/projetoleicomplementar012018.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/466/projeto_lei_complementar_02_2018.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/487/projeto_lei_complementar_03_2018.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/488/projeto_lei_complementar_04_2018.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/489/projeto_lei_complementar_05_2018.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/498/projeto_lei_complementar_06_2018.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/499/projeto_lei_complementar_07_2018.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/507/projeto_lei_complementar_08_2018.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/138/projeto001-2018.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/139/projeto002.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/140/projeto003.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/141/projeto004.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/142/projeto005.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/174/projeto006.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/176/projeto007.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/177/projeto008.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/178/projeto009.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/190/projeto011.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/230/projeto014.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/231/projeto015.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/232/projeto016.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/233/projeto017.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/234/projeto018.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/235/projeto019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/239/projeto017.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/240/projeto_018_2018.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/241/projeto023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/242/projeto024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/243/projeto025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/244/projeto026.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/245/projeto027.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/246/projeto028.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/247/projeto029.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/249/projeto031.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/250/projeto032.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/251/projeto034.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/282/projeto_029_2018.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/283/projeto_030_2018.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/284/projeto_031_2018.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/285/projeto_032_2018.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/286/projeto_033_2018.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/287/projeto_034_2018.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/289/projeto_35_2018.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/291/projetoleiordinaria36-2018.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/292/proejtoleiordinaria37-2018.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/293/projetoleiordinaria38-2018.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/294/projetoleiordinaria39-2018.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/295/projetoleiordinaria40-2018.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/296/projetodelei_no412018.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/297/projetodeleino422018.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/298/projetodeleino432018.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/299/projetodeleino442018.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/300/projetodeleino452018.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/301/projetodeleino462018.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/302/projetodeleino472018.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/303/projetodeleino482018.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/304/projetodeleino492018.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/305/projetodeleino502018.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/348/projeto_lei_51-2018.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/349/projeto_lei_52-2018.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/350/projeto_lei_53-2018.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/351/projeto_lei_54-2018.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/352/projeto_lei_55-2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/354/projeto_lei_56_2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/355/projeto_lei_57_2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/357/projeto_lei_59_2018.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/358/projeto_lei_60_2018.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/359/projeto_lei_61_2018.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/360/projeto_lei_62_2018.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/361/projeto_lei_63_2018.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/362/projeto_lei_64_2018.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/366/projeto_lei_65_2018.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/367/projeto_lei_66_2018.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/368/projeto_lei_67_2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/369/projeto_lei_68_2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/370/projeto_lei_69_2018.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/375/projeto_lei_70_2018.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/376/projeto_lei_71_2018.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/377/projeto_lei_72_2018.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/378/projeto_lei_73_2018.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/379/projeto_lei_74_2018.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/380/projeto_lei_75_2018.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/381/projeto_lei_76_2018.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/382/projeto_lei_77_2018.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/383/projeto_lei_78_2018.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/384/projeto_lei_79_2018.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/385/projeto_lei_80_2018.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/414/projeto_lei_81_2018.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/415/projeto_lei_82_2018.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/416/projeto_lei_83_2018.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/417/projeto_lei_84_2018.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/418/projeto_lei_85_2018.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/421/projeto_lei_86_2018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/422/projeto_lei_87_2018.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/423/projeto_lei_88_2018.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/425/projeto_lei_89_2018.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/426/projeto_lei_90_2018.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/430/projeto_lei_91_2018.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/432/projeto_lei_92_2018.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/435/projeto_lei_93_2018.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/441/projeto_lei_94_2018.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/443/projeto_lei_95_2018.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/444/projeto_lei_96_2018_XPPaK7K.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/445/projeto_lei_97_2018.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/446/projeto_lei_98_2018.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/447/projeto_lei_99_2018.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/449/projeto_lei_100_2018.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/450/projeto_lei_101_2018.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/451/projeto_lei_102_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/452/projeto_lei_103_2018.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/453/projeto_lei_104_2018.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/454/projeto_lei_105_2018.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/455/projeto_lei_106_2018.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/456/projeto_lei_107_2018.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/457/projeto_lei_108_2018.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/458/projeto_lei_109_2018.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/459/projeto_lei_110_2018.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/460/projeto_lei_111_2018.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/461/projeto_lei_112_2018.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/462/projeto_lei_113_2018.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/463/projeto_lei_114_2018.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/464/projeto_lei_115_2018.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/465/projeto_lei_116_2018.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/467/projeto_lei_117_2018.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/468/projeto_lei_118_2018.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/469/projeto_lei_119_2018.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/470/projeto_lei_120_2018.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/471/projeto_lei_121_2018.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/472/projeto_lei_122_2018.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/473/projeto_lei_123_2018.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/474/projeto_lei_124_2018.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/475/projeto_lei_125_2018.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/476/projeto_lei_126_2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/477/projeto_lei_127_2018.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/478/projeto_lei_128_2018.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/479/projeto_lei_129_2018.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/490/projeto_lei_130_2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/491/projeto_lei_131_2018.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/492/projeto_lei_132_2018.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/493/projeto_lei_133_2018.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/494/projeto_lei_134_2018.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/495/projeto_lei_135_2018.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/496/projeto_lei_136_2018.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/500/projeto_lei_ordinaria_137_2018.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/501/projeto_lei_ordinaria_138_2018.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/502/projeto_lei_ordinaria_139_2018.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/503/projeto_lei_ordinaria_140_2018.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/504/projeto_lei_ordinaria_141_2018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/505/projeto_lei_ordinaria_142_2018.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/506/projeto_lei_ordinaria_143_2018.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/508/projeto_lei_ordinaria_144_2018.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/509/projeto_lei_ordinaria_145_2018.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/510/projeto_lei_ordinaria_146_2018.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/511/projeto_lei_ordinaria_147_2018.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/512/projeto_lei_ordinaria_148_2018.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/513/projeto_lei_ordinaria_149_2018.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/514/projeto_lei_ordinaria_150_2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/515/projeto_lei_ordinaria_151_2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/516/projeto_lei_ordinaria_152_2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/517/projeto_lei_ordinaria_153_2018.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/518/projeto_lei_ordinaria_154_2018.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/519/projeto_lei_ordinaria_155_2018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/520/projeto_lei_ordinaria_156_2018.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/522/projeto_lei_ordinaria_157_2018.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/523/projeto_lei_ordinaria_158_2018.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/524/projeto_lei_ordinaria_159_2018.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/525/projeto_lei_ordinaria_160_2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/271/informacaonomeacaosecretariosaude.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/272/007vistoriasveiculos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/278/convocacaodeservidores.doc.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/307/requerimentocomissao.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/308/requerimentoantecipacaosessaoordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/309/requerimentoobrasescolatecnicaretomada_2.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/310/recapiamentoroviaes-379_irupi.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/311/asfaltamentoestradaiuna-munizfreire.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/313/sessao_solenediadaenfermagem.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/314/comandantepoliciamilitarproerd.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/315/comandantepoliciamilitarforcatatica.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/318/sessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/321/solicitacaoocorrenciasdefurtos.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/336/relacaoemprenhoscredores.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/337/relacaohorasextraspagasservidores.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/338/trocapontecimentopormanilhas.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/398/correiosentregarcorrespondencianoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/401/copiadeataaoprefeito.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/403/servicospostoguanabara.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/404/012faixapedestres.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/405/solicitaassessoramentojuridico.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/411/quebramolasemuberaba.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/412/sessaosolene160anosparoguian.s.maedoshomens.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/419/segurodeambulancias.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/420/aguaboasortesantaclara.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/424/016_solictacaodeputadomarcusvicente.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/427/relacaoemprenhoscredores.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/540/requerimentocomissao.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/541/requerimentoobrasescolatecnicaretomada.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/560/solicitacaodocumentossantacasaiuna.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/564/007quebramolasfrenteesocladepequia.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/566/aguaboasortesantaclara.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/580/mocaoaplausoescolapadreafonsobraz.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/583/segurodeambulancias.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/585/solicitacaoocorrenciasdefurtos.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/592/007quebramolasfrenteesocladepequia.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/596/011aguaboasortesantaclara.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/597/017segurodeambulancias.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/598/018solicitacaoconselhomunicdesaude.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/599/020solicitacaovistoriadorveiculos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/602/sessaosolene160anosparoguian.s.maedoshomens.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/605/sessaosolenediadaenfermagem.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/607/sessaosolenediadoevangelico.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/613/019votopesaradilsonlimasilveira.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/614/correiosentregarcorrespondencianoparqueindustrial.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/616/convocacaosecretariosaude.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/618/solictacaodocumentossantacasaiuna.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/623/informacaonomeacaosecretariosaude.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/625/038_-_planejamentoeconomico2020seceducacao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/634/019_-_convocacaodesecretario.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/636/021_-_gastoreformapostosaudedepequia.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/642/020_-_ambulantesnacidade.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/248/projeto030.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H473"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="202.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>