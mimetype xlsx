--- v0 (2025-11-17)
+++ v1 (2026-03-19)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Adriano Ornelas</t>
   </si>
   <si>
-    <t>https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/146/001pavimenta-aoruamilitinojoselima.pdf</t>
+    <t>http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/146/001pavimenta-aoruamilitinojoselima.pdf</t>
   </si>
   <si>
     <t>Que seja determinado ao Secretário de Obras, Infraestrutura e Serviços Urbanos da Municipalidade Senhor Leonardo da Costa Oliveira, a providenciar, com sua equipe de trabalho, com urgência, os serviços de pavimentação da Rua Militino José de Lima, Bairro Nossa Senhora da Penha, próximo ao Campo Bom de Bola, haja vista que água proveniente de chuva tem entrado nas residências causado transtornos aos moradores. O pedido é uma reivindicação antiga dos moradores domiciliados na referida via pública.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -405,68 +405,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/146/001pavimenta-aoruamilitinojoselima.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iuna.es.leg.br/media/sapl/public/materialegislativa/2018/146/001pavimenta-aoruamilitinojoselima.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>